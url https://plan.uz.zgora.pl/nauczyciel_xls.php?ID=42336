--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -38,132 +38,132 @@
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Śr</t>
+  </si>
+  <si>
+    <t>Seminaria, rady dyscypliny</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>106 A-29; 34 A-2</t>
+  </si>
+  <si>
     <t>So</t>
   </si>
   <si>
     <t>Rezerwacja</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>34 A-2</t>
   </si>
   <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Fizyka</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>11EN-NP/B</t>
+  </si>
+  <si>
+    <t>103 A-29</t>
+  </si>
+  <si>
     <t>Po</t>
   </si>
   <si>
     <t>Dydaktyka Fizyki w szkole ponadpodstawowej</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>11FIZ-SD</t>
   </si>
   <si>
     <t>06 A-2</t>
   </si>
   <si>
-    <t>Fizyka</t>
-[...4 lines deleted...]
-  <si>
     <t>11IB-SP</t>
   </si>
   <si>
     <t>103 A-29; 104 A-29</t>
   </si>
   <si>
     <t>11ZiIP-SP/A</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>15IS-SP</t>
   </si>
   <si>
     <t>201 A-12</t>
   </si>
   <si>
-    <t>Śr</t>
-[...10 lines deleted...]
-  <si>
     <t>010 A-2</t>
   </si>
   <si>
     <t>21MiBM-NP/A</t>
   </si>
   <si>
-    <t>103 A-29</t>
-[...1 lines deleted...]
-  <si>
     <t>21MiBM-NP/B</t>
   </si>
   <si>
     <t>11ZiIP-SP/B</t>
-  </si>
-[...4 lines deleted...]
-    <t>11EN-NP/B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -471,2444 +471,1202 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D98" sqref="D98"/>
+      <selection activeCell="D47" sqref="D47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45976.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.375</v>
+        <v>0.46875</v>
       </c>
       <c r="D2" s="2">
-        <v>0.5</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45978.0</v>
+        <v>46025.0</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2">
         <v>0.375</v>
       </c>
       <c r="D3" s="2">
-        <v>0.4375</v>
+        <v>0.5</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45978.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C4" s="2">
-        <v>0.45833333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="D4" s="2">
-        <v>0.52083333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="H4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45978.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C5" s="2">
-        <v>0.53125</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D5" s="2">
-        <v>0.59722222222222</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45978.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="2">
-        <v>0.67013888888889</v>
+        <v>0.375</v>
       </c>
       <c r="D6" s="2">
-        <v>0.78472222222222</v>
+        <v>0.5</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45979.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="C7" s="2">
-        <v>0.60069444444444</v>
+        <v>0.3125</v>
       </c>
       <c r="D7" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>45979.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="D8" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>23</v>
+      </c>
+      <c r="G8" t="s">
+        <v>24</v>
       </c>
       <c r="H8" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>45980.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C9" s="2">
-        <v>0.46875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D9" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
         <v>26</v>
       </c>
-      <c r="F9" t="s">
+      <c r="H9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>45980.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C10" s="2">
-        <v>0.66666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D10" s="2">
-        <v>0.78125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>28</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>45983.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C11" s="2">
-        <v>0.375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D11" s="2">
-        <v>0.5</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>45983.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C12" s="2">
-        <v>0.52777777777778</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="D12" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G12" t="s">
         <v>30</v>
       </c>
       <c r="H12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>45983.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C13" s="2">
-        <v>0.60069444444444</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D13" s="2">
-        <v>0.67013888888889</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>45985.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C14" s="2">
-        <v>0.375</v>
+        <v>0.46875</v>
       </c>
       <c r="D14" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H14" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>45985.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B15" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C15" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D15" s="2">
-        <v>0.52083333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E15" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>45985.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B16" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2">
-        <v>0.53125</v>
+        <v>0.375</v>
       </c>
       <c r="D16" s="2">
-        <v>0.59027777777778</v>
+        <v>0.5</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>45985.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B17" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="2">
-        <v>0.67013888888889</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="D17" s="2">
-        <v>0.78472222222222</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
       </c>
       <c r="H17" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>45986.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B18" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C18" s="2">
+        <v>0.60069444444444</v>
+      </c>
+      <c r="D18" s="2">
         <v>0.67013888888889</v>
       </c>
-      <c r="D18" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
       </c>
       <c r="H18" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>45987.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B19" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="D19" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E19" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" t="s">
         <v>25</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>45987.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B20" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C20" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D20" s="2">
-        <v>0.78125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>26</v>
       </c>
       <c r="H20" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>45990.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C21" s="2">
-        <v>0.375</v>
+        <v>0.53125</v>
       </c>
       <c r="D21" s="2">
-        <v>0.5</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
       </c>
       <c r="H21" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>45992.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B22" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C22" s="2">
-        <v>0.375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D22" s="2">
-        <v>0.4375</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>45992.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B23" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C23" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D23" s="2">
-        <v>0.52083333333333</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>45992.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B24" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C24" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="D24" s="2">
-        <v>0.59722222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E24" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="H24" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
-        <v>45992.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B25" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C25" s="2">
-        <v>0.67013888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D25" s="2">
-        <v>0.78472222222222</v>
+        <v>0.78125</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
-        <v>45993.0</v>
+        <v>46046.0</v>
       </c>
       <c r="B26" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C26" s="2">
-        <v>0.60069444444444</v>
+        <v>0.375</v>
       </c>
       <c r="D26" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E26" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
-      <c r="G26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H26" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
-        <v>45993.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C27" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="D27" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E27" t="s">
         <v>22</v>
       </c>
-      <c r="C27" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>23</v>
+      </c>
+      <c r="G27" t="s">
+        <v>24</v>
       </c>
       <c r="H27" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
-        <v>45994.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B28" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C28" s="2">
-        <v>0.46875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D28" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E28" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" t="s">
         <v>26</v>
       </c>
-      <c r="F28" t="s">
+      <c r="H28" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
-        <v>45994.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B29" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C29" s="2">
-        <v>0.66666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D29" s="2">
-        <v>0.78125</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
       </c>
       <c r="H29" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
-        <v>45997.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C30" s="2">
-        <v>0.375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D30" s="2">
-        <v>0.5</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
-        <v>45998.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B31" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C31" s="2">
-        <v>0.3125</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D31" s="2">
-        <v>0.44444444444444</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
-        <v>45999.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B32" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C32" s="2">
-        <v>0.375</v>
+        <v>0.46875</v>
       </c>
       <c r="D32" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E32" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F32" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H32" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
-        <v>45999.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B33" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C33" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D33" s="2">
-        <v>0.52083333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E33" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
-        <v>45999.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B34" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2">
-        <v>0.53125</v>
+        <v>0.375</v>
       </c>
       <c r="D34" s="2">
-        <v>0.59027777777778</v>
+        <v>0.5</v>
       </c>
       <c r="E34" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
-        <v>45999.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B35" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C35" s="2">
-        <v>0.67013888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="D35" s="2">
-        <v>0.78472222222222</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E35" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G35" t="s">
+        <v>19</v>
       </c>
       <c r="H35" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
-        <v>46000.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B36" t="s">
+        <v>21</v>
+      </c>
+      <c r="C36" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="D36" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E36" t="s">
         <v>22</v>
       </c>
-      <c r="C36" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>23</v>
+      </c>
+      <c r="G36" t="s">
+        <v>24</v>
       </c>
       <c r="H36" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
-        <v>46001.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B37" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C37" s="2">
-        <v>0.46875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D37" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E37" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" t="s">
         <v>26</v>
       </c>
-      <c r="F37" t="s">
+      <c r="H37" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
-        <v>46001.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B38" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C38" s="2">
-        <v>0.66666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D38" s="2">
-        <v>0.78125</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
       </c>
       <c r="H38" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
-        <v>46004.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B39" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C39" s="2">
-        <v>0.375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="D39" s="2">
-        <v>0.5</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="E39" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
-        <v>46004.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="2">
-        <v>0.52777777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="D40" s="2">
-        <v>0.59722222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E40" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F40" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H40" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
-        <v>46004.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C41" s="2">
-        <v>0.60069444444444</v>
+        <v>0.375</v>
       </c>
       <c r="D41" s="2">
-        <v>0.67013888888889</v>
+        <v>0.5</v>
       </c>
       <c r="E41" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
-        <v>46006.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B42" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C42" s="2">
-        <v>0.375</v>
+        <v>0.46875</v>
       </c>
       <c r="D42" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E42" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H42" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
-        <v>46006.0</v>
+        <v>46067.0</v>
       </c>
       <c r="B43" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2">
-        <v>0.45833333333333</v>
+        <v>0.375</v>
       </c>
       <c r="D43" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E43" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C44" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="D44" s="2">
-        <v>0.59722222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E44" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F44" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="H44" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
-        <v>46006.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B45" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2">
-        <v>0.67013888888889</v>
+        <v>0.375</v>
       </c>
       <c r="D45" s="2">
-        <v>0.78472222222222</v>
+        <v>0.5</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
-        <v>46007.0</v>
+        <v>46078.0</v>
       </c>
       <c r="B46" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C46" s="2">
-        <v>0.60069444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="D46" s="2">
-        <v>0.66666666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E46" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F46" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="H46" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
-        <v>46007.0</v>
+        <v>46081.0</v>
       </c>
       <c r="B47" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="C47" s="2">
-        <v>0.67013888888889</v>
+        <v>0.375</v>
       </c>
       <c r="D47" s="2">
-        <v>0.78472222222222</v>
+        <v>0.5</v>
       </c>
       <c r="E47" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F47" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>11</v>
-[...277 lines deleted...]
-      <c r="G59" t="s">
         <v>15</v>
-      </c>
-[...943 lines deleted...]
-        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>