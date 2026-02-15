--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -12,158 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>Rezerwacja</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>34 A-2</t>
+  </si>
+  <si>
+    <t>Wt</t>
+  </si>
+  <si>
+    <t>010 A-2</t>
+  </si>
+  <si>
     <t>Śr</t>
   </si>
   <si>
     <t>Seminaria, rady dyscypliny</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>106 A-29; 34 A-2</t>
   </si>
   <si>
     <t>So</t>
-  </si>
-[...67 lines deleted...]
-    <t>11ZiIP-SP/B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -471,1202 +420,346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D47" sqref="D47"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>46022.0</v>
+        <v>46069.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.46875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D2" s="2">
-        <v>0.58333333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>46025.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D3" s="2">
-        <v>0.5</v>
+        <v>0.78125</v>
       </c>
       <c r="E3" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="H3" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>46029.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C4" s="2">
-        <v>0.46875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D4" s="2">
-        <v>0.58333333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>46029.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C5" s="2">
-        <v>0.67013888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="D5" s="2">
-        <v>0.78472222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>46032.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C6" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D6" s="2">
-        <v>0.5</v>
+        <v>0.78125</v>
       </c>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>46033.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7" s="2">
-        <v>0.3125</v>
+        <v>0.375</v>
       </c>
       <c r="D7" s="2">
-        <v>0.44444444444444</v>
+        <v>0.5</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="H7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>46034.0</v>
+        <v>46076.0</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C8" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D8" s="2">
-        <v>0.4375</v>
+        <v>0.78125</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="H8" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>46034.0</v>
+        <v>46077.0</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C9" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D9" s="2">
-        <v>0.52083333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F9" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="H9" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>46034.0</v>
+        <v>46078.0</v>
       </c>
       <c r="B10" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C10" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="D10" s="2">
-        <v>0.59722222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>46034.0</v>
+        <v>46081.0</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C11" s="2">
-        <v>0.67013888888889</v>
+        <v>0.375</v>
       </c>
       <c r="D11" s="2">
-        <v>0.78472222222222</v>
+        <v>0.5</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>46035.0</v>
+        <v>46083.0</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="C12" s="2">
-        <v>0.60069444444444</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D12" s="2">
-        <v>0.66666666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H12" t="s">
-        <v>31</v>
-[...44 lines deleted...]
-      <c r="H14" t="s">
         <v>11</v>
-      </c>
-[...793 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>