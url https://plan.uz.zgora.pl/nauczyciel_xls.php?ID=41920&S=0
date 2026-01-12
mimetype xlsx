--- v0 (2025-11-20)
+++ v1 (2026-01-12)
@@ -869,50 +869,53 @@
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>46055.0</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2">
         <v>0.5</v>
       </c>
       <c r="D16" s="2">
         <v>0.65625</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
+      <c r="H16" t="s">
+        <v>18</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">