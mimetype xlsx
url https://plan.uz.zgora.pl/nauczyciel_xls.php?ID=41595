--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -12,95 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
   <si>
+    <t>Konsultacje</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>327 A-16</t>
+  </si>
+  <si>
     <t>Wprowadzenie do psychologii I</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>11PSYCH-JMS; 12PSYCH-JMS; 13PSYCH-JMS; 14PSYCH-JMS; 15PSYCH-JMS</t>
   </si>
   <si>
     <t>8 A-16</t>
   </si>
   <si>
     <t>Dyżur pracowniczy</t>
-  </si>
-[...1 lines deleted...]
-    <t>I</t>
   </si>
   <si>
     <t>Psychologia emocji i motywacji</t>
   </si>
   <si>
     <t>21PSYCH-JMS; 22PSYCH-JMS; 23PSYCH-JMS; 24PSYCH-JMS</t>
   </si>
   <si>
     <t>Podstawy pracy empirycznej (projekt ze studentami)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>32PSYCH-JMS/lab.4</t>
   </si>
   <si>
     <t>31 A-16</t>
   </si>
   <si>
     <t>Seminarium magisterskie I</t>
   </si>
   <si>
     <t>S</t>
   </si>
@@ -441,2193 +447,1477 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:I57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D85" sqref="D85"/>
+      <selection activeCell="D57" sqref="D57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="D2" s="2">
         <v>0.40625</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.46875</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="D3" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>14</v>
+      </c>
+      <c r="H3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D4" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
-      <c r="G4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D5" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>18</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="D6" s="2">
-        <v>0.76041666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>21</v>
       </c>
-      <c r="F6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45938.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D7" s="2">
-        <v>0.83333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>45945.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
-        <v>0.40625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D8" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>45945.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
-        <v>0.47916666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D9" s="2">
-        <v>0.54166666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="H9" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>45945.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="D10" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>45945.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="2">
-        <v>0.625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D11" s="2">
-        <v>0.6875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>45945.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D12" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H12" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>45945.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="2">
-        <v>0.77083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="D13" s="2">
-        <v>0.83333333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H13" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>45952.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D14" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H14" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>45952.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D15" s="2">
-        <v>0.54166666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E15" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>24</v>
+      </c>
+      <c r="G15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H15" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>45952.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
-        <v>0.55208333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="D16" s="2">
-        <v>0.61458333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>45952.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="D17" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>45952.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="2">
-        <v>0.69791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D18" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F18" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>45952.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="2">
-        <v>0.77083333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D19" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H19" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>45959.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="D20" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H20" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>45959.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D21" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F21" t="s">
-        <v>14</v>
+        <v>24</v>
+      </c>
+      <c r="G21" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>45959.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2">
-        <v>0.55208333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D22" s="2">
-        <v>0.61458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E22" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>45959.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
-        <v>0.625</v>
+        <v>0.34375</v>
       </c>
       <c r="D23" s="2">
-        <v>0.6875</v>
+        <v>0.40625</v>
       </c>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="H23" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>45959.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="D24" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E24" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
-        <v>45959.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="2">
-        <v>0.77083333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D25" s="2">
-        <v>0.83333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E25" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
-        <v>45966.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D26" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E26" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
-        <v>45966.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="2">
-        <v>0.47916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="D27" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E27" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>21</v>
+      </c>
+      <c r="H27" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
-        <v>45966.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D28" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E28" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H28" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
-        <v>45966.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="2">
-        <v>0.625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D29" s="2">
-        <v>0.6875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E29" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="H29" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
-        <v>45966.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="2">
-        <v>0.69791666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D30" s="2">
-        <v>0.76041666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E30" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="H30" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
-        <v>45966.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="D31" s="2">
-        <v>0.83333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E31" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
-        <v>45973.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D32" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
-      <c r="G32" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
-        <v>45973.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D33" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E33" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" t="s">
         <v>13</v>
       </c>
-      <c r="F33" t="s">
-        <v>14</v>
+      <c r="G33" t="s">
+        <v>18</v>
+      </c>
+      <c r="H33" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
-        <v>45973.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="D34" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E34" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
-        <v>45973.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D35" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E35" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G35" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="H35" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
-        <v>45973.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D36" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E36" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H36" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
-        <v>45973.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="2">
-        <v>0.77083333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="D37" s="2">
-        <v>0.83333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E37" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F37" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H37" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="2">
         <v>0.40625</v>
       </c>
       <c r="D38" s="2">
         <v>0.46875</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D39" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E39" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F39" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D40" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E40" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>18</v>
+      </c>
+      <c r="H40" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="2">
         <v>0.625</v>
       </c>
       <c r="D41" s="2">
         <v>0.6875</v>
       </c>
       <c r="E41" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H41" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="D42" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G42" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H42" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D43" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E43" t="s">
+        <v>26</v>
+      </c>
+      <c r="F43" t="s">
         <v>24</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H43" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="D44" s="2">
         <v>0.40625</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.46875</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="D45" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
         <v>13</v>
       </c>
-      <c r="F45" t="s">
+      <c r="G45" t="s">
         <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D46" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E46" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
-      <c r="G46" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D47" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E47" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>18</v>
       </c>
-      <c r="G47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H47" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="D48" s="2">
-        <v>0.76041666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E48" t="s">
+        <v>19</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>21</v>
       </c>
-      <c r="F48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H48" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D49" s="2">
-        <v>0.83333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E49" t="s">
+        <v>23</v>
+      </c>
+      <c r="F49" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>25</v>
       </c>
       <c r="H49" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
-        <v>45994.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="2">
-        <v>0.40625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D50" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E50" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="2">
-        <v>0.47916666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D51" s="2">
-        <v>0.54166666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E51" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F51" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="H51" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="D52" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="2">
-        <v>0.625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D53" s="2">
-        <v>0.6875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E53" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F53" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D54" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E54" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H54" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="2">
-        <v>0.77083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="D55" s="2">
-        <v>0.83333333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E55" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H55" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
-        <v>46001.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D56" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H56" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
-        <v>46001.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D57" s="2">
-        <v>0.54166666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E57" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F57" t="s">
-        <v>14</v>
-[...93 lines deleted...]
-      <c r="E61" t="s">
         <v>24</v>
       </c>
-      <c r="F61" t="s">
-[...606 lines deleted...]
-        <v>20</v>
+      <c r="G57" t="s">
+        <v>27</v>
+      </c>
+      <c r="H57" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>