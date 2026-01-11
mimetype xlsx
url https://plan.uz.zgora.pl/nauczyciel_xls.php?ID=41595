--- v1 (2025-11-19)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -96,50 +96,56 @@
     <t>Podstawy pracy empirycznej (projekt ze studentami)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>32PSYCH-JMS/lab.4</t>
   </si>
   <si>
     <t>31 A-16</t>
   </si>
   <si>
     <t>Seminarium magisterskie I</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>41PSYCH-JMS-PK/sem.5; 42PSYCH-JMS-PK/sem.5; 43PSYCH-JMS-PEW/sem.5; 44PSYCH-JMS-PEW/sem.5; 45PSYCH-JMS-PPOZ/sem.5</t>
   </si>
   <si>
     <t>Seminarium magisterskie III</t>
   </si>
   <si>
     <t>51PSYCH-JMS-PK/sem. 6; 52PSYCH-JMS-PK/sem. 6; 53PSYCH-JMS-PK/sem. 6; 54PSYCH-JMS-PEW/sem. 6; 55PSYCH-JMS-PPOZ/sem. 6</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>B A-16; C A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -447,1477 +453,664 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I57"/>
+  <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D57" sqref="D57"/>
+      <selection activeCell="D24" sqref="D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>0.34375</v>
       </c>
       <c r="D2" s="2">
         <v>0.40625</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>0.40625</v>
       </c>
       <c r="D3" s="2">
         <v>0.46875</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D4" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D5" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>18</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
         <v>0.625</v>
       </c>
       <c r="D6" s="2">
         <v>0.6875</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
       <c r="H6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="D7" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D8" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
         <v>0.34375</v>
       </c>
       <c r="D9" s="2">
         <v>0.40625</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
         <v>0.40625</v>
       </c>
       <c r="D10" s="2">
         <v>0.46875</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D11" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E11" t="s">
         <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D12" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="2">
         <v>0.625</v>
       </c>
       <c r="D13" s="2">
         <v>0.6875</v>
       </c>
       <c r="E13" t="s">
         <v>19</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>21</v>
       </c>
       <c r="H13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="D14" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>45987.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D15" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E15" t="s">
         <v>26</v>
       </c>
       <c r="F15" t="s">
         <v>24</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
         <v>0.34375</v>
       </c>
       <c r="D16" s="2">
         <v>0.40625</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="2">
         <v>0.40625</v>
       </c>
       <c r="D17" s="2">
         <v>0.46875</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D18" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E18" t="s">
         <v>16</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D19" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>18</v>
       </c>
       <c r="H19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="2">
         <v>0.625</v>
       </c>
       <c r="D20" s="2">
         <v>0.6875</v>
       </c>
       <c r="E20" t="s">
         <v>19</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>21</v>
       </c>
       <c r="H20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="D21" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E21" t="s">
         <v>23</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
         <v>25</v>
       </c>
       <c r="H21" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D22" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E22" t="s">
         <v>26</v>
       </c>
       <c r="F22" t="s">
         <v>24</v>
       </c>
       <c r="G22" t="s">
         <v>27</v>
       </c>
       <c r="H22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>46001.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
-        <v>0.34375</v>
+        <v>0.5</v>
       </c>
       <c r="D23" s="2">
-        <v>0.40625</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>28</v>
+      </c>
+      <c r="G23" t="s">
+        <v>18</v>
       </c>
       <c r="H23" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>46001.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="2">
-        <v>0.40625</v>
+        <v>0.5</v>
       </c>
       <c r="D24" s="2">
-        <v>0.46875</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H24" t="s">
-        <v>15</v>
-[...815 lines deleted...]
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>