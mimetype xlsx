--- v2 (2026-01-11)
+++ v3 (2026-02-28)
@@ -12,140 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
   <si>
-    <t>Konsultacje</t>
-[...8 lines deleted...]
-    <t>Wprowadzenie do psychologii I</t>
+    <t>Wprowadzenie do psychologii II</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>11PSYCH-JMS; 12PSYCH-JMS; 13PSYCH-JMS; 14PSYCH-JMS; 15PSYCH-JMS</t>
   </si>
   <si>
-    <t>8 A-16</t>
+    <t>C A-16</t>
   </si>
   <si>
     <t>Dyżur pracowniczy</t>
   </si>
   <si>
-    <t>Psychologia emocji i motywacji</t>
+    <t>I</t>
   </si>
   <si>
-    <t>21PSYCH-JMS; 22PSYCH-JMS; 23PSYCH-JMS; 24PSYCH-JMS</t>
+    <t>Proseminarium</t>
   </si>
   <si>
-    <t>Podstawy pracy empirycznej (projekt ze studentami)</t>
+    <t>Ć</t>
   </si>
   <si>
-    <t>L</t>
+    <t>32PSYCH-JMS</t>
   </si>
   <si>
-    <t>32PSYCH-JMS/lab.4</t>
+    <t>P103 A-16</t>
   </si>
   <si>
-    <t>31 A-16</t>
+    <t>33PSYCH-JMS</t>
   </si>
   <si>
-    <t>Seminarium magisterskie I</t>
+    <t>Seminarium magisterskie II</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>41PSYCH-JMS-PK/sem.5; 42PSYCH-JMS-PK/sem.5; 43PSYCH-JMS-PEW/sem.5; 44PSYCH-JMS-PEW/sem.5; 45PSYCH-JMS-PPOZ/sem.5</t>
   </si>
   <si>
-    <t>Seminarium magisterskie III</t>
+    <t>Seminarium magisterskie IV</t>
   </si>
   <si>
     <t>51PSYCH-JMS-PK/sem. 6; 52PSYCH-JMS-PK/sem. 6; 53PSYCH-JMS-PK/sem. 6; 54PSYCH-JMS-PEW/sem. 6; 55PSYCH-JMS-PPOZ/sem. 6</t>
-  </si>
-[...4 lines deleted...]
-    <t>B A-16; C A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -453,664 +438,2343 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D24" sqref="D24"/>
+      <selection activeCell="D91" sqref="D91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="137.966" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.34375</v>
+        <v>0.40625</v>
       </c>
       <c r="D2" s="2">
-        <v>0.40625</v>
+        <v>0.46875</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
+      <c r="G2" t="s">
+        <v>11</v>
+      </c>
       <c r="H2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D3" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="G3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D4" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="G4" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="D5" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D6" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>46036.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D7" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>24</v>
       </c>
-      <c r="G7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>46036.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="D8" s="2">
-        <v>0.83333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>46043.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
-        <v>0.34375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D9" s="2">
-        <v>0.40625</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F9" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>46043.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D10" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H10" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>46043.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="2">
-        <v>0.47916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="D11" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>19</v>
+      </c>
+      <c r="H11" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>46043.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D12" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>46043.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="2">
-        <v>0.625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D13" s="2">
-        <v>0.6875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H13" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>46043.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="D14" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H14" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>46043.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
-        <v>0.77083333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D15" s="2">
-        <v>0.83333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>46050.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
-        <v>0.34375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D16" s="2">
-        <v>0.40625</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F16" t="s">
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
       </c>
       <c r="H16" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
-        <v>46050.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="D17" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
-        <v>46050.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D18" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
-        <v>46050.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="2">
-        <v>0.55208333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D19" s="2">
-        <v>0.61458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
-        <v>46050.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="D20" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H20" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
-        <v>46050.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2">
-        <v>0.69791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D21" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F21" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
-        <v>46050.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2">
-        <v>0.77083333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="D22" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E22" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H22" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
-        <v>46057.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
-        <v>0.5</v>
+        <v>0.625</v>
       </c>
       <c r="D23" s="2">
-        <v>0.58333333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F23" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H23" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
-        <v>46071.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="2">
-        <v>0.5</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D24" s="2">
-        <v>0.58333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="1">
+        <v>46106.0</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D25" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E25" t="s">
+        <v>23</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D26" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E26" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" t="s">
+        <v>11</v>
+      </c>
+      <c r="H26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D27" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E27" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B28" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D28" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E28" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
         <v>17</v>
       </c>
-      <c r="F24" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="H28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B29" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D29" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>19</v>
+      </c>
+      <c r="H29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D30" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="1">
+        <v>46113.0</v>
+      </c>
+      <c r="B31" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D31" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E31" t="s">
+        <v>23</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>24</v>
+      </c>
+      <c r="H31" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B32" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D32" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E32" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>11</v>
+      </c>
+      <c r="H32" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B33" t="s">
+        <v>8</v>
+      </c>
+      <c r="C33" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D33" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E33" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B34" t="s">
+        <v>8</v>
+      </c>
+      <c r="C34" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D34" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E34" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B35" t="s">
+        <v>8</v>
+      </c>
+      <c r="C35" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D35" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E35" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>19</v>
+      </c>
+      <c r="H35" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B36" t="s">
+        <v>8</v>
+      </c>
+      <c r="C36" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D36" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="1">
+        <v>46120.0</v>
+      </c>
+      <c r="B37" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D37" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E37" t="s">
+        <v>23</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B38" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D38" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E38" t="s">
+        <v>9</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D39" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E39" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D40" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E40" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D41" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E41" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>19</v>
+      </c>
+      <c r="H41" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D42" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="1">
+        <v>46127.0</v>
+      </c>
+      <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D43" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E43" t="s">
+        <v>23</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D44" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E44" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" t="s">
+        <v>11</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D45" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E45" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D46" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E46" t="s">
+        <v>15</v>
+      </c>
+      <c r="F46" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D47" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E47" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>19</v>
+      </c>
+      <c r="H47" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B48" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D48" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="1">
+        <v>46134.0</v>
+      </c>
+      <c r="B49" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D49" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E49" t="s">
+        <v>23</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B50" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D50" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E50" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>11</v>
+      </c>
+      <c r="H50" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D51" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E51" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C52" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D52" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E52" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B53" t="s">
+        <v>8</v>
+      </c>
+      <c r="C53" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D53" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E53" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>19</v>
+      </c>
+      <c r="H53" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B54" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D54" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="1">
+        <v>46148.0</v>
+      </c>
+      <c r="B55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D55" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E55" t="s">
+        <v>23</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>24</v>
+      </c>
+      <c r="H55" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B56" t="s">
+        <v>8</v>
+      </c>
+      <c r="C56" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D56" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E56" t="s">
+        <v>9</v>
+      </c>
+      <c r="F56" t="s">
+        <v>10</v>
+      </c>
+      <c r="G56" t="s">
+        <v>11</v>
+      </c>
+      <c r="H56" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B57" t="s">
+        <v>8</v>
+      </c>
+      <c r="C57" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D57" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E57" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B58" t="s">
+        <v>8</v>
+      </c>
+      <c r="C58" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D58" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E58" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B59" t="s">
+        <v>8</v>
+      </c>
+      <c r="C59" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D59" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E59" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
+        <v>19</v>
+      </c>
+      <c r="H59" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B60" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D60" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="1">
+        <v>46155.0</v>
+      </c>
+      <c r="B61" t="s">
+        <v>8</v>
+      </c>
+      <c r="C61" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D61" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E61" t="s">
+        <v>23</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H61" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B62" t="s">
+        <v>8</v>
+      </c>
+      <c r="C62" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D62" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E62" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" t="s">
+        <v>11</v>
+      </c>
+      <c r="H62" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C63" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D63" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E63" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B64" t="s">
+        <v>8</v>
+      </c>
+      <c r="C64" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D64" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E64" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B65" t="s">
+        <v>8</v>
+      </c>
+      <c r="C65" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D65" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E65" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>19</v>
+      </c>
+      <c r="H65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B66" t="s">
+        <v>8</v>
+      </c>
+      <c r="C66" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D66" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="1">
+        <v>46162.0</v>
+      </c>
+      <c r="B67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C67" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D67" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E67" t="s">
+        <v>23</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>24</v>
+      </c>
+      <c r="H67" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B68" t="s">
+        <v>8</v>
+      </c>
+      <c r="C68" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D68" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E68" t="s">
+        <v>9</v>
+      </c>
+      <c r="F68" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" t="s">
+        <v>11</v>
+      </c>
+      <c r="H68" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B69" t="s">
+        <v>8</v>
+      </c>
+      <c r="C69" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D69" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E69" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B70" t="s">
+        <v>8</v>
+      </c>
+      <c r="C70" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D70" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E70" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G70" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B71" t="s">
+        <v>8</v>
+      </c>
+      <c r="C71" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D71" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E71" t="s">
+        <v>15</v>
+      </c>
+      <c r="F71" t="s">
+        <v>16</v>
+      </c>
+      <c r="G71" t="s">
+        <v>19</v>
+      </c>
+      <c r="H71" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B72" t="s">
+        <v>8</v>
+      </c>
+      <c r="C72" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D72" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="1">
+        <v>46169.0</v>
+      </c>
+      <c r="B73" t="s">
+        <v>8</v>
+      </c>
+      <c r="C73" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D73" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E73" t="s">
+        <v>23</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>24</v>
+      </c>
+      <c r="H73" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C74" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D74" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E74" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" t="s">
+        <v>10</v>
+      </c>
+      <c r="G74" t="s">
+        <v>11</v>
+      </c>
+      <c r="H74" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B75" t="s">
+        <v>8</v>
+      </c>
+      <c r="C75" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D75" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E75" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B76" t="s">
+        <v>8</v>
+      </c>
+      <c r="C76" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D76" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E76" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B77" t="s">
+        <v>8</v>
+      </c>
+      <c r="C77" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D77" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E77" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>19</v>
+      </c>
+      <c r="H77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B78" t="s">
+        <v>8</v>
+      </c>
+      <c r="C78" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D78" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="1">
+        <v>46176.0</v>
+      </c>
+      <c r="B79" t="s">
+        <v>8</v>
+      </c>
+      <c r="C79" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D79" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E79" t="s">
+        <v>23</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>24</v>
+      </c>
+      <c r="H79" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B80" t="s">
+        <v>8</v>
+      </c>
+      <c r="C80" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D80" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E80" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" t="s">
+        <v>10</v>
+      </c>
+      <c r="G80" t="s">
+        <v>11</v>
+      </c>
+      <c r="H80" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B81" t="s">
+        <v>8</v>
+      </c>
+      <c r="C81" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D81" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E81" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B82" t="s">
+        <v>8</v>
+      </c>
+      <c r="C82" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D82" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E82" t="s">
+        <v>15</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B83" t="s">
+        <v>8</v>
+      </c>
+      <c r="C83" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D83" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E83" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>19</v>
+      </c>
+      <c r="H83" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B84" t="s">
+        <v>8</v>
+      </c>
+      <c r="C84" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D84" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" s="1">
+        <v>46183.0</v>
+      </c>
+      <c r="B85" t="s">
+        <v>8</v>
+      </c>
+      <c r="C85" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D85" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E85" t="s">
+        <v>23</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>24</v>
+      </c>
+      <c r="H85" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B86" t="s">
+        <v>8</v>
+      </c>
+      <c r="C86" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="D86" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E86" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" t="s">
+        <v>10</v>
+      </c>
+      <c r="G86" t="s">
+        <v>11</v>
+      </c>
+      <c r="H86" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B87" t="s">
+        <v>8</v>
+      </c>
+      <c r="C87" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D87" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E87" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B88" t="s">
+        <v>8</v>
+      </c>
+      <c r="C88" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D88" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E88" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B89" t="s">
+        <v>8</v>
+      </c>
+      <c r="C89" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="D89" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E89" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" t="s">
+        <v>19</v>
+      </c>
+      <c r="H89" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B90" t="s">
+        <v>8</v>
+      </c>
+      <c r="C90" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="D90" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" s="1">
+        <v>46190.0</v>
+      </c>
+      <c r="B91" t="s">
+        <v>8</v>
+      </c>
+      <c r="C91" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="D91" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="E91" t="s">
+        <v>23</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>