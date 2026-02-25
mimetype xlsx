--- v0 (2025-11-05)
+++ v1 (2026-02-25)
@@ -38,63 +38,63 @@
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
-    <t>Cz</t>
+    <t>Wt</t>
   </si>
   <si>
     <t>Ginekologia i położnictwo</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
-    <t>5 LEK-JMN 20/21; 5 LEK-JMS 20/21</t>
-[...2 lines deleted...]
-    <t>Wt</t>
+    <t>4 LEK-JMN 22/23</t>
+  </si>
+  <si>
+    <t>4 LEK-JMS 22/23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -416,125 +416,125 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45736.0</v>
+        <v>45944.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D2" s="2">
-        <v>0.78125</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45741.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C3" s="2">
-        <v>0.70833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="D3" s="2">
-        <v>0.86458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>