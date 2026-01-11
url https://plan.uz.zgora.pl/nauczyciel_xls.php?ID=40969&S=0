--- v0 (2025-11-05)
+++ v1 (2026-01-11)
@@ -642,51 +642,51 @@
     <row r="9" spans="1:9">
       <c r="A9" s="1">
         <v>46034.0</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="2">
         <v>0.3125</v>
       </c>
       <c r="D9" s="2">
         <v>0.625</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>46050.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="D10" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
         <v>46052.0</v>
       </c>
       <c r="B11" t="s">