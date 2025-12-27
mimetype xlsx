--- v0 (2025-10-22)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -275,66 +275,78 @@
   <si>
     <t>22ZARZ-SRB-SD</t>
   </si>
   <si>
     <t>209 A-29</t>
   </si>
   <si>
     <t>03b A-0</t>
   </si>
   <si>
     <t>02b C-2</t>
   </si>
   <si>
     <t>Konsultacje</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>130 A-0</t>
   </si>
   <si>
     <t>21ZARZ-NP</t>
   </si>
   <si>
+    <t>115 A-29</t>
+  </si>
+  <si>
     <t>123 A-29</t>
   </si>
   <si>
     <t>222 A-29</t>
   </si>
   <si>
     <t>116 A-8</t>
   </si>
   <si>
+    <t>218 A-29</t>
+  </si>
+  <si>
     <t>11EN-NP</t>
   </si>
   <si>
     <t>105/106 A-8</t>
   </si>
   <si>
     <t>124 A-8</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>001 A-41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -642,54 +654,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I370"/>
+  <dimension ref="A1:I387"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D370" sqref="D370"/>
+      <selection activeCell="D387" sqref="D387"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3408,51 +3420,51 @@
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>45958.0</v>
       </c>
       <c r="B106" t="s">
         <v>59</v>
       </c>
       <c r="C106" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D106" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E106" t="s">
         <v>78</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106" t="s">
         <v>79</v>
       </c>
       <c r="H106" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>45958.0</v>
       </c>
       <c r="B107" t="s">
         <v>59</v>
       </c>
       <c r="C107" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D107" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E107" t="s">
         <v>78</v>
       </c>
       <c r="F107" t="s">
         <v>14</v>
       </c>
       <c r="G107" t="s">
         <v>79</v>
       </c>
       <c r="H107" t="s">
@@ -3642,51 +3654,51 @@
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>45959.0</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="D115" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="E115" t="s">
         <v>25</v>
       </c>
       <c r="F115" t="s">
         <v>14</v>
       </c>
       <c r="G115" t="s">
         <v>26</v>
       </c>
       <c r="H115" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
         <v>45959.0</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" s="2">
         <v>0.75</v>
       </c>
       <c r="D116" s="2">
         <v>0.8125</v>
       </c>
       <c r="E116" t="s">
         <v>21</v>
       </c>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116" t="s">
@@ -4494,51 +4506,51 @@
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>45975.0</v>
       </c>
       <c r="B148" t="s">
         <v>29</v>
       </c>
       <c r="C148" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D148" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E148" t="s">
         <v>78</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>79</v>
       </c>
       <c r="H148" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>45975.0</v>
       </c>
       <c r="B149" t="s">
         <v>29</v>
       </c>
       <c r="C149" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D149" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E149" t="s">
         <v>78</v>
       </c>
       <c r="F149" t="s">
         <v>14</v>
       </c>
       <c r="G149" t="s">
         <v>79</v>
       </c>
       <c r="H149" t="s">
@@ -4624,51 +4636,51 @@
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>45976.0</v>
       </c>
       <c r="B153" t="s">
         <v>37</v>
       </c>
       <c r="C153" s="2">
         <v>0.3125</v>
       </c>
       <c r="D153" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="E153" t="s">
         <v>70</v>
       </c>
       <c r="F153" t="s">
         <v>10</v>
       </c>
       <c r="G153" t="s">
         <v>48</v>
       </c>
       <c r="H153" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>45976.0</v>
       </c>
       <c r="B154" t="s">
         <v>37</v>
       </c>
       <c r="C154" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D154" s="2">
         <v>0.42361111111111</v>
       </c>
       <c r="E154" t="s">
         <v>83</v>
       </c>
       <c r="F154" t="s">
         <v>84</v>
       </c>
       <c r="H154" t="s">
         <v>85</v>
       </c>
     </row>
@@ -4855,77 +4867,77 @@
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>45977.0</v>
       </c>
       <c r="B162" t="s">
         <v>45</v>
       </c>
       <c r="C162" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D162" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E162" t="s">
         <v>30</v>
       </c>
       <c r="F162" t="s">
         <v>14</v>
       </c>
       <c r="G162" t="s">
         <v>49</v>
       </c>
       <c r="H162" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>45977.0</v>
       </c>
       <c r="B163" t="s">
         <v>45</v>
       </c>
       <c r="C163" s="2">
-        <v>0.75</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="D163" s="2">
-        <v>0.81944444444444</v>
+        <v>0.8125</v>
       </c>
       <c r="E163" t="s">
         <v>30</v>
       </c>
       <c r="F163" t="s">
         <v>10</v>
       </c>
       <c r="G163" t="s">
         <v>74</v>
       </c>
       <c r="H163" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
         <v>45977.0</v>
       </c>
       <c r="B164" t="s">
         <v>45</v>
       </c>
       <c r="C164" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="D164" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="E164" t="s">
         <v>30</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164" t="s">
         <v>51</v>
       </c>
       <c r="H164" t="s">
@@ -5372,152 +5384,152 @@
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
         <v>45982.0</v>
       </c>
       <c r="B182" t="s">
         <v>29</v>
       </c>
       <c r="C182" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D182" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E182" t="s">
         <v>34</v>
       </c>
       <c r="F182" t="s">
         <v>14</v>
       </c>
       <c r="G182" t="s">
         <v>35</v>
       </c>
       <c r="H182" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>45983.0</v>
       </c>
       <c r="B183" t="s">
         <v>37</v>
       </c>
       <c r="C183" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D183" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E183" t="s">
         <v>9</v>
       </c>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183" t="s">
         <v>86</v>
       </c>
       <c r="H183" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>45983.0</v>
       </c>
       <c r="B184" t="s">
         <v>37</v>
       </c>
       <c r="C184" s="2">
         <v>0.53125</v>
       </c>
       <c r="D184" s="2">
         <v>0.5625</v>
       </c>
       <c r="E184" t="s">
         <v>83</v>
       </c>
       <c r="F184" t="s">
         <v>84</v>
       </c>
       <c r="H184" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>45983.0</v>
       </c>
       <c r="B185" t="s">
         <v>37</v>
       </c>
       <c r="C185" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D185" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E185" t="s">
         <v>42</v>
       </c>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185" t="s">
         <v>43</v>
       </c>
       <c r="H185" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>45983.0</v>
       </c>
       <c r="B186" t="s">
         <v>37</v>
       </c>
       <c r="C186" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D186" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E186" t="s">
         <v>34</v>
       </c>
       <c r="F186" t="s">
         <v>14</v>
       </c>
       <c r="G186" t="s">
         <v>43</v>
       </c>
       <c r="H186" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>45984.0</v>
       </c>
       <c r="B187" t="s">
         <v>45</v>
       </c>
       <c r="C187" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D187" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E187" t="s">
         <v>21</v>
       </c>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187" t="s">
         <v>46</v>
       </c>
       <c r="H187" t="s">
@@ -5551,91 +5563,91 @@
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>45984.0</v>
       </c>
       <c r="B189" t="s">
         <v>45</v>
       </c>
       <c r="C189" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D189" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E189" t="s">
         <v>30</v>
       </c>
       <c r="F189" t="s">
         <v>14</v>
       </c>
       <c r="G189" t="s">
         <v>49</v>
       </c>
       <c r="H189" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>45984.0</v>
       </c>
       <c r="B190" t="s">
         <v>45</v>
       </c>
       <c r="C190" s="2">
         <v>0.75</v>
       </c>
       <c r="D190" s="2">
         <v>0.80555555555556</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" t="s">
         <v>10</v>
       </c>
       <c r="G190" t="s">
         <v>39</v>
       </c>
       <c r="H190" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>45984.0</v>
       </c>
       <c r="B191" t="s">
         <v>45</v>
       </c>
       <c r="C191" s="2">
-        <v>0.82291666666667</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="D191" s="2">
-        <v>0.88541666666667</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="E191" t="s">
         <v>30</v>
       </c>
       <c r="F191" t="s">
         <v>14</v>
       </c>
       <c r="G191" t="s">
         <v>51</v>
       </c>
       <c r="H191" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>45985.0</v>
       </c>
       <c r="B192" t="s">
         <v>52</v>
       </c>
       <c r="C192" s="2">
         <v>0.3125</v>
       </c>
       <c r="D192" s="2">
@@ -5756,51 +5768,51 @@
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>45986.0</v>
       </c>
       <c r="B197" t="s">
         <v>59</v>
       </c>
       <c r="C197" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D197" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E197" t="s">
         <v>78</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>79</v>
       </c>
       <c r="H197" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>45986.0</v>
       </c>
       <c r="B198" t="s">
         <v>59</v>
       </c>
       <c r="C198" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D198" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E198" t="s">
         <v>78</v>
       </c>
       <c r="F198" t="s">
         <v>14</v>
       </c>
       <c r="G198" t="s">
         <v>79</v>
       </c>
       <c r="H198" t="s">
@@ -6299,51 +6311,51 @@
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>45993.0</v>
       </c>
       <c r="B218" t="s">
         <v>59</v>
       </c>
       <c r="C218" s="2">
         <v>0.3125</v>
       </c>
       <c r="D218" s="2">
         <v>0.37847222222222</v>
       </c>
       <c r="E218" t="s">
         <v>9</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="H218" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>45993.0</v>
       </c>
       <c r="B219" t="s">
         <v>59</v>
       </c>
       <c r="C219" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D219" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E219" t="s">
         <v>25</v>
       </c>
       <c r="F219" t="s">
         <v>10</v>
       </c>
       <c r="G219" t="s">
         <v>62</v>
       </c>
       <c r="H219" t="s">
@@ -6637,51 +6649,51 @@
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1">
         <v>45997.0</v>
       </c>
       <c r="B231" t="s">
         <v>37</v>
       </c>
       <c r="C231" s="2">
         <v>0.3125</v>
       </c>
       <c r="D231" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="E231" t="s">
         <v>70</v>
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" t="s">
         <v>48</v>
       </c>
       <c r="H231" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1">
         <v>45997.0</v>
       </c>
       <c r="B232" t="s">
         <v>37</v>
       </c>
       <c r="C232" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D232" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E232" t="s">
         <v>83</v>
       </c>
       <c r="F232" t="s">
         <v>84</v>
       </c>
       <c r="H232" t="s">
         <v>85</v>
       </c>
     </row>
@@ -6816,77 +6828,77 @@
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>45998.0</v>
       </c>
       <c r="B238" t="s">
         <v>45</v>
       </c>
       <c r="C238" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D238" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E238" t="s">
         <v>30</v>
       </c>
       <c r="F238" t="s">
         <v>14</v>
       </c>
       <c r="G238" t="s">
         <v>49</v>
       </c>
       <c r="H238" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>45998.0</v>
       </c>
       <c r="B239" t="s">
         <v>45</v>
       </c>
       <c r="C239" s="2">
-        <v>0.75</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="D239" s="2">
-        <v>0.81944444444444</v>
+        <v>0.8125</v>
       </c>
       <c r="E239" t="s">
         <v>30</v>
       </c>
       <c r="F239" t="s">
         <v>10</v>
       </c>
       <c r="G239" t="s">
         <v>74</v>
       </c>
       <c r="H239" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>45998.0</v>
       </c>
       <c r="B240" t="s">
         <v>45</v>
       </c>
       <c r="C240" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="D240" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="E240" t="s">
         <v>30</v>
       </c>
       <c r="F240" t="s">
         <v>14</v>
       </c>
       <c r="G240" t="s">
         <v>51</v>
       </c>
       <c r="H240" t="s">
@@ -7021,51 +7033,51 @@
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>46000.0</v>
       </c>
       <c r="B246" t="s">
         <v>59</v>
       </c>
       <c r="C246" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D246" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E246" t="s">
         <v>78</v>
       </c>
       <c r="F246" t="s">
         <v>10</v>
       </c>
       <c r="G246" t="s">
         <v>79</v>
       </c>
       <c r="H246" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1">
         <v>46000.0</v>
       </c>
       <c r="B247" t="s">
         <v>59</v>
       </c>
       <c r="C247" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D247" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E247" t="s">
         <v>78</v>
       </c>
       <c r="F247" t="s">
         <v>14</v>
       </c>
       <c r="G247" t="s">
         <v>79</v>
       </c>
       <c r="H247" t="s">
@@ -7486,51 +7498,51 @@
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>46004.0</v>
       </c>
       <c r="B264" t="s">
         <v>37</v>
       </c>
       <c r="C264" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D264" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E264" t="s">
         <v>9</v>
       </c>
       <c r="F264" t="s">
         <v>10</v>
       </c>
       <c r="G264" t="s">
         <v>86</v>
       </c>
       <c r="H264" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>46004.0</v>
       </c>
       <c r="B265" t="s">
         <v>37</v>
       </c>
       <c r="C265" s="2">
         <v>0.53125</v>
       </c>
       <c r="D265" s="2">
         <v>0.59375</v>
       </c>
       <c r="E265" t="s">
         <v>42</v>
       </c>
       <c r="F265" t="s">
         <v>10</v>
       </c>
       <c r="G265" t="s">
         <v>43</v>
       </c>
       <c r="H265" t="s">
@@ -7561,54 +7573,54 @@
       </c>
       <c r="H266" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1">
         <v>46005.0</v>
       </c>
       <c r="B267" t="s">
         <v>45</v>
       </c>
       <c r="C267" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D267" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E267" t="s">
         <v>25</v>
       </c>
       <c r="F267" t="s">
         <v>10</v>
       </c>
       <c r="G267" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H267" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1">
         <v>46005.0</v>
       </c>
       <c r="B268" t="s">
         <v>45</v>
       </c>
       <c r="C268" s="2">
         <v>0.53125</v>
       </c>
       <c r="D268" s="2">
         <v>0.59375</v>
       </c>
       <c r="E268" t="s">
         <v>42</v>
       </c>
       <c r="F268" t="s">
         <v>14</v>
       </c>
       <c r="G268" t="s">
         <v>43</v>
       </c>
       <c r="H268" t="s">
@@ -7642,91 +7654,91 @@
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1">
         <v>46005.0</v>
       </c>
       <c r="B270" t="s">
         <v>45</v>
       </c>
       <c r="C270" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D270" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E270" t="s">
         <v>30</v>
       </c>
       <c r="F270" t="s">
         <v>14</v>
       </c>
       <c r="G270" t="s">
         <v>49</v>
       </c>
       <c r="H270" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>46005.0</v>
       </c>
       <c r="B271" t="s">
         <v>45</v>
       </c>
       <c r="C271" s="2">
         <v>0.75</v>
       </c>
       <c r="D271" s="2">
         <v>0.80555555555556</v>
       </c>
       <c r="E271" t="s">
         <v>9</v>
       </c>
       <c r="F271" t="s">
         <v>10</v>
       </c>
       <c r="G271" t="s">
         <v>39</v>
       </c>
       <c r="H271" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>46005.0</v>
       </c>
       <c r="B272" t="s">
         <v>45</v>
       </c>
       <c r="C272" s="2">
-        <v>0.82291666666667</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="D272" s="2">
-        <v>0.88541666666667</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="E272" t="s">
         <v>30</v>
       </c>
       <c r="F272" t="s">
         <v>14</v>
       </c>
       <c r="G272" t="s">
         <v>51</v>
       </c>
       <c r="H272" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>46006.0</v>
       </c>
       <c r="B273" t="s">
         <v>52</v>
       </c>
       <c r="C273" s="2">
         <v>0.3125</v>
       </c>
       <c r="D273" s="2">
@@ -8081,51 +8093,51 @@
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>46029.0</v>
       </c>
       <c r="B287" t="s">
         <v>8</v>
       </c>
       <c r="C287" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D287" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E287" t="s">
         <v>78</v>
       </c>
       <c r="F287" t="s">
         <v>10</v>
       </c>
       <c r="G287" t="s">
         <v>79</v>
       </c>
       <c r="H287" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>46029.0</v>
       </c>
       <c r="B288" t="s">
         <v>8</v>
       </c>
       <c r="C288" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D288" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E288" t="s">
         <v>78</v>
       </c>
       <c r="F288" t="s">
         <v>14</v>
       </c>
       <c r="G288" t="s">
         <v>79</v>
       </c>
       <c r="H288" t="s">
@@ -8390,54 +8402,54 @@
       </c>
       <c r="H298" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
         <v>46033.0</v>
       </c>
       <c r="B299" t="s">
         <v>45</v>
       </c>
       <c r="C299" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="D299" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="E299" t="s">
         <v>25</v>
       </c>
       <c r="F299" t="s">
         <v>14</v>
       </c>
       <c r="G299" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H299" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>46033.0</v>
       </c>
       <c r="B300" t="s">
         <v>45</v>
       </c>
       <c r="C300" s="2">
         <v>0.53125</v>
       </c>
       <c r="D300" s="2">
         <v>0.59375</v>
       </c>
       <c r="E300" t="s">
         <v>42</v>
       </c>
       <c r="F300" t="s">
         <v>14</v>
       </c>
       <c r="G300" t="s">
         <v>43</v>
       </c>
       <c r="H300" t="s">
@@ -8806,51 +8818,51 @@
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1">
         <v>46039.0</v>
       </c>
       <c r="B315" t="s">
         <v>37</v>
       </c>
       <c r="C315" s="2">
         <v>0.3125</v>
       </c>
       <c r="D315" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="E315" t="s">
         <v>70</v>
       </c>
       <c r="F315" t="s">
         <v>10</v>
       </c>
       <c r="G315" t="s">
         <v>48</v>
       </c>
       <c r="H315" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1">
         <v>46039.0</v>
       </c>
       <c r="B316" t="s">
         <v>37</v>
       </c>
       <c r="C316" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D316" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E316" t="s">
         <v>83</v>
       </c>
       <c r="F316" t="s">
         <v>84</v>
       </c>
       <c r="H316" t="s">
         <v>85</v>
       </c>
     </row>
@@ -8904,106 +8916,106 @@
       </c>
       <c r="H318" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1">
         <v>46040.0</v>
       </c>
       <c r="B319" t="s">
         <v>45</v>
       </c>
       <c r="C319" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D319" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E319" t="s">
         <v>25</v>
       </c>
       <c r="F319" t="s">
         <v>10</v>
       </c>
       <c r="G319" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H319" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="1">
         <v>46040.0</v>
       </c>
       <c r="B320" t="s">
         <v>45</v>
       </c>
       <c r="C320" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D320" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E320" t="s">
         <v>30</v>
       </c>
       <c r="F320" t="s">
         <v>14</v>
       </c>
       <c r="G320" t="s">
         <v>49</v>
       </c>
       <c r="H320" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="1">
         <v>46040.0</v>
       </c>
       <c r="B321" t="s">
         <v>45</v>
       </c>
       <c r="C321" s="2">
-        <v>0.75</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="D321" s="2">
-        <v>0.81944444444444</v>
+        <v>0.8125</v>
       </c>
       <c r="E321" t="s">
         <v>30</v>
       </c>
       <c r="F321" t="s">
         <v>10</v>
       </c>
       <c r="G321" t="s">
         <v>74</v>
       </c>
       <c r="H321" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="1">
         <v>46040.0</v>
       </c>
       <c r="B322" t="s">
         <v>45</v>
       </c>
       <c r="C322" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="D322" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="E322" t="s">
         <v>30</v>
       </c>
       <c r="F322" t="s">
         <v>14</v>
       </c>
       <c r="G322" t="s">
         <v>51</v>
       </c>
       <c r="H322" t="s">
@@ -9112,51 +9124,51 @@
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="1">
         <v>46042.0</v>
       </c>
       <c r="B327" t="s">
         <v>59</v>
       </c>
       <c r="C327" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D327" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E327" t="s">
         <v>78</v>
       </c>
       <c r="F327" t="s">
         <v>10</v>
       </c>
       <c r="G327" t="s">
         <v>79</v>
       </c>
       <c r="H327" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="1">
         <v>46042.0</v>
       </c>
       <c r="B328" t="s">
         <v>59</v>
       </c>
       <c r="C328" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D328" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E328" t="s">
         <v>78</v>
       </c>
       <c r="F328" t="s">
         <v>14</v>
       </c>
       <c r="G328" t="s">
         <v>79</v>
       </c>
       <c r="H328" t="s">
@@ -9603,51 +9615,51 @@
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="1">
         <v>46049.0</v>
       </c>
       <c r="B346" t="s">
         <v>59</v>
       </c>
       <c r="C346" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D346" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E346" t="s">
         <v>78</v>
       </c>
       <c r="F346" t="s">
         <v>10</v>
       </c>
       <c r="G346" t="s">
         <v>79</v>
       </c>
       <c r="H346" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="1">
         <v>46049.0</v>
       </c>
       <c r="B347" t="s">
         <v>59</v>
       </c>
       <c r="C347" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D347" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E347" t="s">
         <v>78</v>
       </c>
       <c r="F347" t="s">
         <v>14</v>
       </c>
       <c r="G347" t="s">
         <v>79</v>
       </c>
       <c r="H347" t="s">
@@ -9915,360 +9927,799 @@
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="1">
         <v>46053.0</v>
       </c>
       <c r="B358" t="s">
         <v>37</v>
       </c>
       <c r="C358" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D358" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E358" t="s">
         <v>9</v>
       </c>
       <c r="F358" t="s">
         <v>10</v>
       </c>
       <c r="G358" t="s">
         <v>86</v>
       </c>
       <c r="H358" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="1">
         <v>46053.0</v>
       </c>
       <c r="B359" t="s">
         <v>37</v>
       </c>
       <c r="C359" s="2">
         <v>0.53125</v>
       </c>
       <c r="D359" s="2">
         <v>0.59375</v>
       </c>
       <c r="E359" t="s">
         <v>42</v>
       </c>
       <c r="F359" t="s">
         <v>10</v>
       </c>
       <c r="G359" t="s">
         <v>43</v>
       </c>
       <c r="H359" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="1">
         <v>46053.0</v>
       </c>
       <c r="B360" t="s">
         <v>37</v>
       </c>
       <c r="C360" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D360" s="2">
-        <v>0.73958333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E360" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F360" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="H360" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B361" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C361" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D361" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E361" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F361" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G361" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="H361" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="1">
         <v>46054.0</v>
       </c>
       <c r="B362" t="s">
         <v>45</v>
       </c>
       <c r="C362" s="2">
-        <v>0.45138888888889</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D362" s="2">
-        <v>0.52430555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E362" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F362" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G362" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="H362" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="1">
         <v>46054.0</v>
       </c>
       <c r="B363" t="s">
         <v>45</v>
       </c>
       <c r="C363" s="2">
-        <v>0.53125</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="D363" s="2">
-        <v>0.59375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="E363" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="F363" t="s">
         <v>14</v>
       </c>
       <c r="G363" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="H363" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="1">
         <v>46054.0</v>
       </c>
       <c r="B364" t="s">
         <v>45</v>
       </c>
       <c r="C364" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D364" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E364" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F364" t="s">
         <v>14</v>
       </c>
       <c r="G364" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="H364" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="1">
         <v>46054.0</v>
       </c>
       <c r="B365" t="s">
         <v>45</v>
       </c>
       <c r="C365" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D365" s="2">
-        <v>0.80555555555556</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E365" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F365" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G365" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="H365" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="1">
         <v>46054.0</v>
       </c>
       <c r="B366" t="s">
         <v>45</v>
       </c>
       <c r="C366" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75</v>
       </c>
       <c r="D366" s="2">
-        <v>0.88541666666667</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="E366" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F366" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G366" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="H366" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B367" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C367" s="2">
-        <v>0.3125</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="D367" s="2">
-        <v>0.375</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="E367" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F367" t="s">
         <v>14</v>
       </c>
       <c r="G367" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="H367" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="1">
         <v>46055.0</v>
       </c>
       <c r="B368" t="s">
         <v>52</v>
       </c>
       <c r="C368" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D368" s="2">
-        <v>0.44444444444444</v>
+        <v>0.375</v>
       </c>
       <c r="E368" t="s">
         <v>32</v>
       </c>
       <c r="F368" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G368" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="H368" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="1">
         <v>46055.0</v>
       </c>
       <c r="B369" t="s">
         <v>52</v>
       </c>
       <c r="C369" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D369" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E369" t="s">
         <v>32</v>
       </c>
       <c r="F369" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G369" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="H369" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="1">
         <v>46055.0</v>
       </c>
       <c r="B370" t="s">
         <v>52</v>
       </c>
       <c r="C370" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D370" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E370" t="s">
+        <v>32</v>
+      </c>
+      <c r="F370" t="s">
+        <v>14</v>
+      </c>
+      <c r="G370" t="s">
+        <v>56</v>
+      </c>
+      <c r="H370" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
+      <c r="A371" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B371" t="s">
+        <v>52</v>
+      </c>
+      <c r="C371" s="2">
         <v>0.52430555555556</v>
       </c>
-      <c r="D370" s="2">
+      <c r="D371" s="2">
         <v>0.55555555555556</v>
       </c>
-      <c r="E370" t="s">
+      <c r="E371" t="s">
         <v>83</v>
       </c>
-      <c r="F370" t="s">
+      <c r="F371" t="s">
         <v>84</v>
       </c>
-      <c r="H370" t="s">
+      <c r="H371" t="s">
         <v>85</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9">
+      <c r="A372" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B372" t="s">
+        <v>59</v>
+      </c>
+      <c r="C372" s="2">
+        <v>0.3125</v>
+      </c>
+      <c r="D372" s="2">
+        <v>0.32638888888889</v>
+      </c>
+      <c r="E372" t="s">
+        <v>32</v>
+      </c>
+      <c r="F372" t="s">
+        <v>95</v>
+      </c>
+      <c r="G372" t="s">
+        <v>75</v>
+      </c>
+      <c r="H372" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
+      <c r="A373" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B373" t="s">
+        <v>59</v>
+      </c>
+      <c r="C373" s="2">
+        <v>0.32986111111111</v>
+      </c>
+      <c r="D373" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="E373" t="s">
+        <v>13</v>
+      </c>
+      <c r="F373" t="s">
+        <v>95</v>
+      </c>
+      <c r="G373" t="s">
+        <v>17</v>
+      </c>
+      <c r="H373" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9">
+      <c r="A374" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B374" t="s">
+        <v>59</v>
+      </c>
+      <c r="C374" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="D374" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E374" t="s">
+        <v>25</v>
+      </c>
+      <c r="F374" t="s">
+        <v>95</v>
+      </c>
+      <c r="G374" t="s">
+        <v>62</v>
+      </c>
+      <c r="H374" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9">
+      <c r="A375" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B375" t="s">
+        <v>59</v>
+      </c>
+      <c r="C375" s="2">
+        <v>0.37708333333333</v>
+      </c>
+      <c r="D375" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E375" t="s">
+        <v>42</v>
+      </c>
+      <c r="F375" t="s">
+        <v>95</v>
+      </c>
+      <c r="G375" t="s">
+        <v>35</v>
+      </c>
+      <c r="H375" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9">
+      <c r="A376" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B376" t="s">
+        <v>59</v>
+      </c>
+      <c r="C376" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="D376" s="2">
+        <v>0.40972222222222</v>
+      </c>
+      <c r="E376" t="s">
+        <v>21</v>
+      </c>
+      <c r="F376" t="s">
+        <v>95</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9">
+      <c r="A377" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B377" t="s">
+        <v>37</v>
+      </c>
+      <c r="C377" s="2">
+        <v>0.3125</v>
+      </c>
+      <c r="D377" s="2">
+        <v>0.32291666666667</v>
+      </c>
+      <c r="E377" t="s">
+        <v>70</v>
+      </c>
+      <c r="F377" t="s">
+        <v>95</v>
+      </c>
+      <c r="G377" t="s">
+        <v>48</v>
+      </c>
+      <c r="H377" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9">
+      <c r="A378" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B378" t="s">
+        <v>37</v>
+      </c>
+      <c r="C378" s="2">
+        <v>0.32638888888889</v>
+      </c>
+      <c r="D378" s="2">
+        <v>0.34027777777778</v>
+      </c>
+      <c r="E378" t="s">
+        <v>42</v>
+      </c>
+      <c r="F378" t="s">
+        <v>95</v>
+      </c>
+      <c r="G378" t="s">
+        <v>43</v>
+      </c>
+      <c r="H378" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9">
+      <c r="A379" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B379" t="s">
+        <v>37</v>
+      </c>
+      <c r="C379" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="D379" s="2">
+        <v>0.35416666666667</v>
+      </c>
+      <c r="E379" t="s">
+        <v>21</v>
+      </c>
+      <c r="F379" t="s">
+        <v>95</v>
+      </c>
+      <c r="G379" t="s">
+        <v>46</v>
+      </c>
+      <c r="H379" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9">
+      <c r="A380" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B380" t="s">
+        <v>29</v>
+      </c>
+      <c r="C380" s="2">
+        <v>0.3125</v>
+      </c>
+      <c r="D380" s="2">
+        <v>0.32638888888889</v>
+      </c>
+      <c r="E380" t="s">
+        <v>32</v>
+      </c>
+      <c r="F380" t="s">
+        <v>95</v>
+      </c>
+      <c r="G380" t="s">
+        <v>75</v>
+      </c>
+      <c r="H380" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9">
+      <c r="A381" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B381" t="s">
+        <v>29</v>
+      </c>
+      <c r="C381" s="2">
+        <v>0.32986111111111</v>
+      </c>
+      <c r="D381" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="E381" t="s">
+        <v>13</v>
+      </c>
+      <c r="F381" t="s">
+        <v>95</v>
+      </c>
+      <c r="G381" t="s">
+        <v>17</v>
+      </c>
+      <c r="H381" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9">
+      <c r="A382" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B382" t="s">
+        <v>29</v>
+      </c>
+      <c r="C382" s="2">
+        <v>0.34722222222222</v>
+      </c>
+      <c r="D382" s="2">
+        <v>0.36111111111111</v>
+      </c>
+      <c r="E382" t="s">
+        <v>21</v>
+      </c>
+      <c r="F382" t="s">
+        <v>95</v>
+      </c>
+      <c r="G382" t="s">
+        <v>22</v>
+      </c>
+      <c r="H382" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9">
+      <c r="A383" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B383" t="s">
+        <v>29</v>
+      </c>
+      <c r="C383" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="D383" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E383" t="s">
+        <v>25</v>
+      </c>
+      <c r="F383" t="s">
+        <v>95</v>
+      </c>
+      <c r="G383" t="s">
+        <v>62</v>
+      </c>
+      <c r="H383" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9">
+      <c r="A384" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B384" t="s">
+        <v>29</v>
+      </c>
+      <c r="C384" s="2">
+        <v>0.37708333333333</v>
+      </c>
+      <c r="D384" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E384" t="s">
+        <v>42</v>
+      </c>
+      <c r="F384" t="s">
+        <v>95</v>
+      </c>
+      <c r="G384" t="s">
+        <v>35</v>
+      </c>
+      <c r="H384" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9">
+      <c r="A385" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B385" t="s">
+        <v>29</v>
+      </c>
+      <c r="C385" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="D385" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="E385" t="s">
+        <v>70</v>
+      </c>
+      <c r="F385" t="s">
+        <v>95</v>
+      </c>
+      <c r="G385" t="s">
+        <v>48</v>
+      </c>
+      <c r="H385" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9">
+      <c r="A386" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B386" t="s">
+        <v>29</v>
+      </c>
+      <c r="C386" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="D386" s="2">
+        <v>0.73263888888889</v>
+      </c>
+      <c r="E386" t="s">
+        <v>42</v>
+      </c>
+      <c r="F386" t="s">
+        <v>95</v>
+      </c>
+      <c r="G386" t="s">
+        <v>43</v>
+      </c>
+      <c r="H386" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9">
+      <c r="A387" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B387" t="s">
+        <v>29</v>
+      </c>
+      <c r="C387" s="2">
+        <v>0.73611111111111</v>
+      </c>
+      <c r="D387" s="2">
+        <v>0.74652777777778</v>
+      </c>
+      <c r="E387" t="s">
+        <v>21</v>
+      </c>
+      <c r="F387" t="s">
+        <v>95</v>
+      </c>
+      <c r="G387" t="s">
+        <v>46</v>
+      </c>
+      <c r="H387" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>