--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -12,385 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...265 lines deleted...]
-    <t>001 A-41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -654,10072 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I387"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D387" sqref="D387"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...9977 lines deleted...]
-        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>