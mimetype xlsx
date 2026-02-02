--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -405,54 +405,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D17" sqref="D17"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -863,50 +863,154 @@
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>45997.0</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2">
         <v>0.65625</v>
       </c>
       <c r="D17" s="2">
         <v>0.71875</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
       <c r="H17" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="D18" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B19" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D19" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>11</v>
+      </c>
+      <c r="H19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="D20" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="E20" t="s">
+        <v>9</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" s="2">
+        <v>0.65625</v>
+      </c>
+      <c r="D21" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="E21" t="s">
+        <v>9</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>