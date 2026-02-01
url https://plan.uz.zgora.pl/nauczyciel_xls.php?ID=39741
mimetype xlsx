--- v0 (2025-12-04)
+++ v1 (2026-02-01)
@@ -38,51 +38,51 @@
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
-    <t>So</t>
+    <t>Ni</t>
   </si>
   <si>
     <t>Logopedia kliniczna i szkolna z przygotowaniem dydaktyczno-metodycznym II</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>POD-LOG 24/25</t>
   </si>
   <si>
     <t>117 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -449,129 +449,129 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45997.0</v>
+        <v>46075.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>0.375</v>
       </c>
       <c r="D2" s="2">
         <v>0.46875</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45997.0</v>
+        <v>46075.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D3" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>11</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45997.0</v>
+        <v>46075.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D4" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>11</v>
       </c>
       <c r="H4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45997.0</v>
+        <v>46075.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
         <v>0.65625</v>
       </c>
       <c r="D5" s="2">
         <v>0.71875</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>