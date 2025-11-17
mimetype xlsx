--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -864,158 +864,158 @@
       </c>
       <c r="D15" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>45939.0</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D16" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>19</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>45939.0</v>
       </c>
       <c r="B17" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D17" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>20</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
         <v>45942.0</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D18" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>29</v>
       </c>
       <c r="H18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
         <v>45942.0</v>
       </c>
       <c r="B19" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D19" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
         <v>30</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>45942.0</v>
       </c>
       <c r="B20" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D20" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E20" t="s">
         <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>45943.0</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="2">
         <v>0.3125</v>
       </c>
       <c r="D21" s="2">
@@ -1450,158 +1450,158 @@
       </c>
       <c r="D38" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
         <v>45953.0</v>
       </c>
       <c r="B39" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D39" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E39" t="s">
         <v>9</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>19</v>
       </c>
       <c r="H39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>45953.0</v>
       </c>
       <c r="B40" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D40" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>20</v>
       </c>
       <c r="H40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>45956.0</v>
       </c>
       <c r="B41" t="s">
         <v>28</v>
       </c>
       <c r="C41" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D41" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>29</v>
       </c>
       <c r="H41" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>45956.0</v>
       </c>
       <c r="B42" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D42" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>30</v>
       </c>
       <c r="H42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
         <v>45956.0</v>
       </c>
       <c r="B43" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D43" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>31</v>
       </c>
       <c r="H43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
         <v>45957.0</v>
       </c>
       <c r="B44" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="2">
         <v>0.3125</v>
       </c>
       <c r="D44" s="2">
@@ -2036,158 +2036,158 @@
       </c>
       <c r="D61" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>45967.0</v>
       </c>
       <c r="B62" t="s">
         <v>18</v>
       </c>
       <c r="C62" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D62" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>19</v>
       </c>
       <c r="H62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>45967.0</v>
       </c>
       <c r="B63" t="s">
         <v>18</v>
       </c>
       <c r="C63" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D63" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>20</v>
       </c>
       <c r="H63" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1">
         <v>45970.0</v>
       </c>
       <c r="B64" t="s">
         <v>28</v>
       </c>
       <c r="C64" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D64" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E64" t="s">
         <v>23</v>
       </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64" t="s">
         <v>29</v>
       </c>
       <c r="H64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1">
         <v>45970.0</v>
       </c>
       <c r="B65" t="s">
         <v>28</v>
       </c>
       <c r="C65" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D65" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E65" t="s">
         <v>9</v>
       </c>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65" t="s">
         <v>30</v>
       </c>
       <c r="H65" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
         <v>45970.0</v>
       </c>
       <c r="B66" t="s">
         <v>28</v>
       </c>
       <c r="C66" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D66" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E66" t="s">
         <v>9</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66" t="s">
         <v>31</v>
       </c>
       <c r="H66" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>45973.0</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D67" s="2">
@@ -2570,158 +2570,158 @@
       </c>
       <c r="D82" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>45981.0</v>
       </c>
       <c r="B83" t="s">
         <v>18</v>
       </c>
       <c r="C83" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D83" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E83" t="s">
         <v>9</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>19</v>
       </c>
       <c r="H83" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>45981.0</v>
       </c>
       <c r="B84" t="s">
         <v>18</v>
       </c>
       <c r="C84" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D84" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>20</v>
       </c>
       <c r="H84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>45984.0</v>
       </c>
       <c r="B85" t="s">
         <v>28</v>
       </c>
       <c r="C85" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D85" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E85" t="s">
         <v>23</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>29</v>
       </c>
       <c r="H85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>45984.0</v>
       </c>
       <c r="B86" t="s">
         <v>28</v>
       </c>
       <c r="C86" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D86" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>30</v>
       </c>
       <c r="H86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>45984.0</v>
       </c>
       <c r="B87" t="s">
         <v>28</v>
       </c>
       <c r="C87" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D87" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>31</v>
       </c>
       <c r="H87" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>45985.0</v>
       </c>
       <c r="B88" t="s">
         <v>21</v>
       </c>
       <c r="C88" s="2">
         <v>0.3125</v>
       </c>
       <c r="D88" s="2">
@@ -3156,158 +3156,158 @@
       </c>
       <c r="D105" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>45995.0</v>
       </c>
       <c r="B106" t="s">
         <v>18</v>
       </c>
       <c r="C106" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D106" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E106" t="s">
         <v>9</v>
       </c>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106" t="s">
         <v>19</v>
       </c>
       <c r="H106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>45995.0</v>
       </c>
       <c r="B107" t="s">
         <v>18</v>
       </c>
       <c r="C107" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D107" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E107" t="s">
         <v>9</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107" t="s">
         <v>20</v>
       </c>
       <c r="H107" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>45998.0</v>
       </c>
       <c r="B108" t="s">
         <v>28</v>
       </c>
       <c r="C108" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D108" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E108" t="s">
         <v>23</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>29</v>
       </c>
       <c r="H108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>45998.0</v>
       </c>
       <c r="B109" t="s">
         <v>28</v>
       </c>
       <c r="C109" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D109" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E109" t="s">
         <v>9</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
         <v>30</v>
       </c>
       <c r="H109" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>45998.0</v>
       </c>
       <c r="B110" t="s">
         <v>28</v>
       </c>
       <c r="C110" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D110" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110" t="s">
         <v>31</v>
       </c>
       <c r="H110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>45999.0</v>
       </c>
       <c r="B111" t="s">
         <v>21</v>
       </c>
       <c r="C111" s="2">
         <v>0.3125</v>
       </c>
       <c r="D111" s="2">
@@ -3540,106 +3540,106 @@
       </c>
       <c r="D120" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E120" t="s">
         <v>9</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
         <v>20</v>
       </c>
       <c r="H120" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>46005.0</v>
       </c>
       <c r="B121" t="s">
         <v>28</v>
       </c>
       <c r="C121" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D121" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E121" t="s">
         <v>23</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121" t="s">
         <v>29</v>
       </c>
       <c r="H121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>46005.0</v>
       </c>
       <c r="B122" t="s">
         <v>28</v>
       </c>
       <c r="C122" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D122" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E122" t="s">
         <v>9</v>
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="G122" t="s">
         <v>30</v>
       </c>
       <c r="H122" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>46005.0</v>
       </c>
       <c r="B123" t="s">
         <v>28</v>
       </c>
       <c r="C123" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D123" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E123" t="s">
         <v>9</v>
       </c>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="G123" t="s">
         <v>31</v>
       </c>
       <c r="H123" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>46006.0</v>
       </c>
       <c r="B124" t="s">
         <v>21</v>
       </c>
       <c r="C124" s="2">
         <v>0.3125</v>
       </c>
       <c r="D124" s="2">
@@ -3820,54 +3820,54 @@
       </c>
       <c r="D131" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>17</v>
       </c>
       <c r="H131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>46009.0</v>
       </c>
       <c r="B132" t="s">
         <v>18</v>
       </c>
       <c r="C132" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D132" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>46009.0</v>
       </c>
       <c r="B133" t="s">
         <v>18</v>
       </c>
       <c r="C133" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D133" s="2">
@@ -3924,106 +3924,106 @@
       </c>
       <c r="D135" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E135" t="s">
         <v>9</v>
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135" t="s">
         <v>20</v>
       </c>
       <c r="H135" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>46033.0</v>
       </c>
       <c r="B136" t="s">
         <v>28</v>
       </c>
       <c r="C136" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D136" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E136" t="s">
         <v>23</v>
       </c>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136" t="s">
         <v>29</v>
       </c>
       <c r="H136" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>46033.0</v>
       </c>
       <c r="B137" t="s">
         <v>28</v>
       </c>
       <c r="C137" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D137" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
         <v>30</v>
       </c>
       <c r="H137" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>46033.0</v>
       </c>
       <c r="B138" t="s">
         <v>28</v>
       </c>
       <c r="C138" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D138" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E138" t="s">
         <v>9</v>
       </c>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138" t="s">
         <v>31</v>
       </c>
       <c r="H138" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>46034.0</v>
       </c>
       <c r="B139" t="s">
         <v>21</v>
       </c>
       <c r="C139" s="2">
         <v>0.3125</v>
       </c>
       <c r="D139" s="2">
@@ -4204,158 +4204,158 @@
       </c>
       <c r="D146" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E146" t="s">
         <v>9</v>
       </c>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="H146" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>46037.0</v>
       </c>
       <c r="B147" t="s">
         <v>18</v>
       </c>
       <c r="C147" s="2">
-        <v>0.38194444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D147" s="2">
-        <v>0.44444444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>19</v>
       </c>
       <c r="H147" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>46037.0</v>
       </c>
       <c r="B148" t="s">
         <v>18</v>
       </c>
       <c r="C148" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D148" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>20</v>
       </c>
       <c r="H148" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>46040.0</v>
       </c>
       <c r="B149" t="s">
         <v>28</v>
       </c>
       <c r="C149" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D149" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E149" t="s">
         <v>23</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>29</v>
       </c>
       <c r="H149" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>46040.0</v>
       </c>
       <c r="B150" t="s">
         <v>28</v>
       </c>
       <c r="C150" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D150" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>30</v>
       </c>
       <c r="H150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>46040.0</v>
       </c>
       <c r="B151" t="s">
         <v>28</v>
       </c>
       <c r="C151" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D151" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
         <v>31</v>
       </c>
       <c r="H151" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>46041.0</v>
       </c>
       <c r="B152" t="s">
         <v>21</v>
       </c>
       <c r="C152" s="2">
         <v>0.3125</v>
       </c>
       <c r="D152" s="2">
@@ -4842,106 +4842,106 @@
       </c>
       <c r="D171" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>20</v>
       </c>
       <c r="H171" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>46054.0</v>
       </c>
       <c r="B172" t="s">
         <v>28</v>
       </c>
       <c r="C172" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D172" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E172" t="s">
         <v>23</v>
       </c>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172" t="s">
         <v>29</v>
       </c>
       <c r="H172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>46054.0</v>
       </c>
       <c r="B173" t="s">
         <v>28</v>
       </c>
       <c r="C173" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D173" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E173" t="s">
         <v>9</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>30</v>
       </c>
       <c r="H173" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
         <v>46054.0</v>
       </c>
       <c r="B174" t="s">
         <v>28</v>
       </c>
       <c r="C174" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D174" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E174" t="s">
         <v>9</v>
       </c>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174" t="s">
         <v>31</v>
       </c>
       <c r="H174" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
         <v>46055.0</v>
       </c>
       <c r="B175" t="s">
         <v>21</v>
       </c>
       <c r="C175" s="2">
         <v>0.3125</v>
       </c>
       <c r="D175" s="2">