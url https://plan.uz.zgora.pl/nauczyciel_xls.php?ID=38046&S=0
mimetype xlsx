--- v1 (2025-11-17)
+++ v2 (2026-02-19)
@@ -12,190 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...70 lines deleted...]
-    <t>31AiR-PSAiR-NP/A2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -459,4605 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I178"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D178" sqref="D178"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...4510 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>