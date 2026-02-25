--- v0 (2025-10-11)
+++ v1 (2026-02-25)
@@ -446,373 +446,373 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45932.0</v>
+        <v>46086.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D2" s="2">
         <v>0.5</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45939.0</v>
+        <v>46093.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D3" s="2">
         <v>0.5</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45946.0</v>
+        <v>46100.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D4" s="2">
         <v>0.5</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45953.0</v>
+        <v>46107.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D5" s="2">
         <v>0.5</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45960.0</v>
+        <v>46114.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D6" s="2">
         <v>0.5</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45967.0</v>
+        <v>46121.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D7" s="2">
         <v>0.5</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>45981.0</v>
+        <v>46128.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D8" s="2">
         <v>0.5</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>45988.0</v>
+        <v>46135.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D9" s="2">
         <v>0.5</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>45995.0</v>
+        <v>46142.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D10" s="2">
         <v>0.5</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>46002.0</v>
+        <v>46149.0</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D11" s="2">
         <v>0.5</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>46009.0</v>
+        <v>46156.0</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D12" s="2">
         <v>0.5</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>46030.0</v>
+        <v>46163.0</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D13" s="2">
         <v>0.5</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>46037.0</v>
+        <v>46170.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D14" s="2">
         <v>0.5</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>46044.0</v>
+        <v>46184.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D15" s="2">
         <v>0.5</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>46051.0</v>
+        <v>46191.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D16" s="2">
         <v>0.5</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="H16" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>