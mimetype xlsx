--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -65,57 +65,57 @@
   <si>
     <t>Demografia i epidemiologia</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>1 FIZ-JMS 25/26</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Zdrowie publiczne</t>
   </si>
   <si>
     <t>1 PIEL-SP 25/26</t>
   </si>
   <si>
     <t>2 A-29</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
+    <t>1 PIEL-SP 25/26/ćwB</t>
+  </si>
+  <si>
+    <t>117 A-29</t>
+  </si>
+  <si>
     <t>1 PIEL-SP 25/26/ćwC</t>
-  </si>
-[...4 lines deleted...]
-    <t>1 PIEL-SP 25/26/ćwB</t>
   </si>
   <si>
     <t>1 PIEL-SP 25/26/ćwA</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -580,74 +580,74 @@
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
         <v>45989.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
         <v>0.49305555555556</v>
       </c>
       <c r="D6" s="2">
-        <v>0.58333333333333</v>
+        <v>0.55555555555556</v>
       </c>
       <c r="E6" t="s">
         <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
         <v>45989.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
-        <v>0.58680555555556</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="D7" s="2">
         <v>0.64930555555556</v>
       </c>
       <c r="E7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>19</v>
       </c>
       <c r="H7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
         <v>45989.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
@@ -690,77 +690,77 @@
       </c>
       <c r="G9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
         <v>45995.0</v>
       </c>
       <c r="B10" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="2">
         <v>0.35416666666667</v>
       </c>
       <c r="D10" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E10" t="s">
         <v>13</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
         <v>45995.0</v>
       </c>
       <c r="B11" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="D11" s="2">
         <v>0.55555555555556</v>
       </c>
       <c r="E11" t="s">
         <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
         <v>45995.0</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="2">
         <v>0.5625</v>
       </c>
       <c r="D12" s="2">
         <v>0.6875</v>
       </c>
       <c r="E12" t="s">
         <v>13</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
@@ -794,77 +794,77 @@
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
         <v>45996.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
         <v>0.49305555555556</v>
       </c>
       <c r="D14" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E14" t="s">
         <v>13</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>45996.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
         <v>0.57638888888889</v>
       </c>
       <c r="D15" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="E15" t="s">
         <v>13</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>45996.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
         <v>0.64236111111111</v>
       </c>
       <c r="D16" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
@@ -886,89 +886,89 @@
       </c>
       <c r="D17" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>19</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
         <v>46009.0</v>
       </c>
       <c r="B18" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2">
-        <v>0.52083333333333</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="D18" s="2">
-        <v>0.67708333333333</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="H18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
         <v>46009.0</v>
       </c>
       <c r="B19" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2">
-        <v>0.6875</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="D19" s="2">
-        <v>0.84375</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>46010.0</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D20" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="E20" t="s">
         <v>13</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
@@ -976,77 +976,77 @@
       </c>
       <c r="H20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>46010.0</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2">
         <v>0.49305555555556</v>
       </c>
       <c r="D21" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E21" t="s">
         <v>13</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
         <v>46010.0</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2">
         <v>0.57638888888889</v>
       </c>
       <c r="D22" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>46010.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
         <v>0.64236111111111</v>
       </c>
       <c r="D23" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="E23" t="s">
         <v>13</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">