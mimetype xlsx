--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -872,181 +872,181 @@
       </c>
       <c r="H16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>46009.0</v>
       </c>
       <c r="B17" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="2">
         <v>0.35416666666667</v>
       </c>
       <c r="D17" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
         <v>46009.0</v>
       </c>
       <c r="B18" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="2">
-        <v>0.52777777777778</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="D18" s="2">
-        <v>0.68402777777778</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
         <v>46009.0</v>
       </c>
       <c r="B19" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2">
-        <v>0.69791666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="D19" s="2">
-        <v>0.85416666666667</v>
+        <v>0.84375</v>
       </c>
       <c r="E19" t="s">
         <v>13</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>46010.0</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D20" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="E20" t="s">
         <v>13</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>46010.0</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="2">
         <v>0.49305555555556</v>
       </c>
       <c r="D21" s="2">
-        <v>0.57291666666667</v>
+        <v>0.55555555555556</v>
       </c>
       <c r="E21" t="s">
         <v>13</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
         <v>46010.0</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2">
-        <v>0.57638888888889</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="D22" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="E22" t="s">
         <v>13</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>46010.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
         <v>0.64236111111111</v>
       </c>
       <c r="D23" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="E23" t="s">
         <v>13</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">