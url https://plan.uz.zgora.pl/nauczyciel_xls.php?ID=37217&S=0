--- v0 (2025-12-31)
+++ v1 (2026-02-25)
@@ -12,104 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
-    <t>Po</t>
+    <t>Wt</t>
+  </si>
+  <si>
+    <t>Przygotowanie do LEKu - Pediatria</t>
+  </si>
+  <si>
+    <t>Ć</t>
+  </si>
+  <si>
+    <t>5 LEK-JMS 21/22/LEK1</t>
+  </si>
+  <si>
+    <t>6 F</t>
+  </si>
+  <si>
+    <t>Śr</t>
   </si>
   <si>
     <t>Pediatria</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>3 LEK-JMS 23/24/sem4</t>
-[...17 lines deleted...]
-    <t>3 LEK-JMS 23/24/sem1</t>
+    <t>5 LEK-JMN 21/22/sem5</t>
+  </si>
+  <si>
+    <t>5 LEK-JMN 21/22/sem4</t>
+  </si>
+  <si>
+    <t>5 LEK-JMS 21/22/sem3</t>
+  </si>
+  <si>
+    <t>5 LEK-JMS 21/22/sem1</t>
+  </si>
+  <si>
+    <t>5 LEK-JMS 21/22/sem2</t>
+  </si>
+  <si>
+    <t>5 LEK-JMN 21/22/LEK5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -417,231 +429,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45936.0</v>
+        <v>46084.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.53125</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="D2" s="2">
-        <v>0.59375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
+      </c>
+      <c r="H2" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45938.0</v>
+        <v>46085.0</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D3" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45938.0</v>
+        <v>46092.0</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D4" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45943.0</v>
+        <v>46099.0</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D5" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45945.0</v>
+        <v>46105.0</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C6" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D6" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45957.0</v>
+        <v>46106.0</v>
       </c>
       <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="1">
+        <v>46112.0</v>
+      </c>
+      <c r="B8" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="2">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="C8" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D8" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E8" t="s">
         <v>9</v>
       </c>
-      <c r="F7" t="s">
+      <c r="F8" t="s">
         <v>10</v>
       </c>
-      <c r="G7" t="s">
-        <v>17</v>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>