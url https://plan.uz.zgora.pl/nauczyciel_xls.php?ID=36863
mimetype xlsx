--- v0 (2025-10-28)
+++ v1 (2026-02-20)
@@ -12,163 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...43 lines deleted...]
-    <t>Śr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -432,1191 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D46" sqref="D46"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...1096 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>