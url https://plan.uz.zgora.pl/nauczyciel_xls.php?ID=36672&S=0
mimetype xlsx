--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -99,50 +99,53 @@
     <t>Ć</t>
   </si>
   <si>
     <t>Kodeks Postępowania Administracyjnego</t>
   </si>
   <si>
     <t>21H-SP24/ZD</t>
   </si>
   <si>
     <t>244 A-16</t>
   </si>
   <si>
     <t>So</t>
   </si>
   <si>
     <t>21ADM-NP 24/25</t>
   </si>
   <si>
     <t>202 A-41</t>
   </si>
   <si>
     <t>001 A-41</t>
   </si>
   <si>
     <t>Wt</t>
+  </si>
+  <si>
+    <t>Po</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1271,274 +1274,274 @@
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D31" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E31" t="s">
         <v>21</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
-        <v>45967.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D32" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="E32" t="s">
         <v>13</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
-        <v>45967.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D33" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E33" t="s">
         <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>14</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
-        <v>45967.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B34" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2">
         <v>0.53125</v>
       </c>
       <c r="D34" s="2">
         <v>0.59375</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
         <v>14</v>
       </c>
       <c r="G34" t="s">
         <v>18</v>
       </c>
       <c r="H34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
-        <v>45967.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B35" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D35" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>18</v>
       </c>
       <c r="H35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
-        <v>45981.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B36" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C36" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D36" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H36" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
-        <v>45981.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B37" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C37" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D37" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E37" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H37" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
-        <v>45981.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B38" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="C38" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D38" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E38" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
-        <v>45981.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B39" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C39" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D39" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="E39" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B40" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="C40" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D40" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E40" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="G40" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>45988.0</v>
       </c>
       <c r="B41" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D41" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E41" t="s">
         <v>13</v>
       </c>
       <c r="F41" t="s">
         <v>14</v>
       </c>
       <c r="G41" t="s">
         <v>15</v>
       </c>
       <c r="H41" t="s">
@@ -1895,100 +1898,100 @@
       </c>
       <c r="D55" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E55" t="s">
         <v>21</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
         <v>46004.0</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D56" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>25</v>
       </c>
       <c r="H56" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
         <v>46004.0</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D57" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E57" t="s">
         <v>17</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
         <v>25</v>
       </c>
       <c r="H57" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
         <v>46005.0</v>
       </c>
       <c r="B58" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C58" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D58" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E58" t="s">
         <v>17</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>46007.0</v>
       </c>
       <c r="B59" t="s">