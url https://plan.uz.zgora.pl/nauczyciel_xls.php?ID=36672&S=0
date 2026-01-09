--- v1 (2025-11-18)
+++ v2 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -105,50 +105,59 @@
     <t>21H-SP24/ZD</t>
   </si>
   <si>
     <t>244 A-16</t>
   </si>
   <si>
     <t>So</t>
   </si>
   <si>
     <t>21ADM-NP 24/25</t>
   </si>
   <si>
     <t>202 A-41</t>
   </si>
   <si>
     <t>001 A-41</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>Ni</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>012 A-41</t>
+  </si>
+  <si>
+    <t>105 A-41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -456,54 +465,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D84" sqref="D84"/>
+      <selection activeCell="D90" sqref="D90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2632,50 +2641,206 @@
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>46053.0</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" s="2">
         <v>0.75</v>
       </c>
       <c r="D84" s="2">
         <v>0.8125</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
         <v>25</v>
       </c>
       <c r="H84" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B85" t="s">
+        <v>29</v>
+      </c>
+      <c r="C85" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="D85" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E85" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" t="s">
+        <v>31</v>
+      </c>
+      <c r="G85" t="s">
+        <v>18</v>
+      </c>
+      <c r="H85" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B86" t="s">
+        <v>28</v>
+      </c>
+      <c r="C86" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="D86" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E86" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" t="s">
+        <v>31</v>
+      </c>
+      <c r="G86" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" s="1">
+        <v>46068.0</v>
+      </c>
+      <c r="B87" t="s">
+        <v>30</v>
+      </c>
+      <c r="C87" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="D87" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E87" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" t="s">
+        <v>31</v>
+      </c>
+      <c r="G87" t="s">
+        <v>25</v>
+      </c>
+      <c r="H87" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B88" t="s">
+        <v>29</v>
+      </c>
+      <c r="C88" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="D88" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E88" t="s">
+        <v>17</v>
+      </c>
+      <c r="F88" t="s">
+        <v>31</v>
+      </c>
+      <c r="G88" t="s">
+        <v>18</v>
+      </c>
+      <c r="H88" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B89" t="s">
+        <v>29</v>
+      </c>
+      <c r="C89" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="D89" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E89" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" t="s">
+        <v>31</v>
+      </c>
+      <c r="G89" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B90" t="s">
+        <v>24</v>
+      </c>
+      <c r="C90" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="D90" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E90" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" t="s">
+        <v>31</v>
+      </c>
+      <c r="G90" t="s">
+        <v>25</v>
+      </c>
+      <c r="H90" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>