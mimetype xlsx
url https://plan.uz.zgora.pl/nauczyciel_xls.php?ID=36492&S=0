--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -96,50 +96,56 @@
     <t>Sieci komputerowe I</t>
   </si>
   <si>
     <t>21INF-SP/A</t>
   </si>
   <si>
     <t>212 A-2</t>
   </si>
   <si>
     <t>21INF-SP/B</t>
   </si>
   <si>
     <t>So</t>
   </si>
   <si>
     <t>Inteligentne metody sterowania</t>
   </si>
   <si>
     <t>11AiR-KSA-ND(L)</t>
   </si>
   <si>
     <t>128 A-2</t>
   </si>
   <si>
     <t>21INF-NP/B</t>
+  </si>
+  <si>
+    <t>Pi</t>
+  </si>
+  <si>
+    <t>Wt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1584,124 +1590,124 @@
     <row r="45" spans="1:9">
       <c r="A45" s="1">
         <v>45995.0</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="D45" s="2">
         <v>0.5</v>
       </c>
       <c r="E45" t="s">
         <v>16</v>
       </c>
       <c r="F45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C46" s="2">
-        <v>0.57291666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D46" s="2">
-        <v>0.63541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E46" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F46" t="s">
         <v>17</v>
       </c>
       <c r="G46" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
-        <v>45995.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C47" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D47" s="2">
-        <v>0.74305555555556</v>
+        <v>0.8125</v>
       </c>
       <c r="E47" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F47" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
-        <v>45997.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B48" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C48" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="D48" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="E48" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G48" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H48" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
         <v>46002.0</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="D49" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E49" t="s">
         <v>9</v>
       </c>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">