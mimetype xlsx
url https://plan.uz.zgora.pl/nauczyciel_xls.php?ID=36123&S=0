--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -105,50 +105,53 @@
     <t>G A-20</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>Ancient language: Latin/Język starożytny - łacina</t>
   </si>
   <si>
     <t>11EnglishStud SP25; 11F-ANG-SP25</t>
   </si>
   <si>
     <t>203 A-16</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Język starożytny I: łacina I</t>
   </si>
   <si>
     <t>11FILOZ-SP25; 11H-SP25</t>
   </si>
   <si>
     <t>107 A-20</t>
+  </si>
+  <si>
+    <t>9 A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -891,51 +894,51 @@
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>45945.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D16" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>45946.0</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D17" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
@@ -1073,51 +1076,51 @@
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>45952.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D23" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
         <v>45953.0</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D24" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E24" t="s">
         <v>9</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
@@ -1255,51 +1258,51 @@
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>45959.0</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D30" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>45960.0</v>
       </c>
       <c r="B31" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D31" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E31" t="s">
         <v>9</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>15</v>
       </c>
       <c r="H31" t="s">
@@ -1411,51 +1414,51 @@
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
         <v>45966.0</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D36" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E36" t="s">
         <v>9</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
         <v>45967.0</v>
       </c>
       <c r="B37" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D37" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E37" t="s">
         <v>9</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>15</v>
       </c>
       <c r="H37" t="s">
@@ -1515,85 +1518,85 @@
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>45973.0</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D40" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>45974.0</v>
       </c>
       <c r="B41" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D41" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="H41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>45975.0</v>
       </c>
       <c r="B42" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C42" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="D42" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="E42" t="s">
         <v>28</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>29</v>
       </c>
       <c r="H42" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
         <v>45976.0</v>
       </c>
       <c r="B43" t="s">
@@ -1697,51 +1700,51 @@
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>45980.0</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D47" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>13</v>
       </c>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>45981.0</v>
       </c>
       <c r="B48" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D48" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E48" t="s">
         <v>9</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
@@ -1879,51 +1882,51 @@
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
         <v>45987.0</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D54" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E54" t="s">
         <v>9</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
         <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>45988.0</v>
       </c>
       <c r="B55" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D55" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
@@ -2035,51 +2038,51 @@
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>45994.0</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D60" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>45995.0</v>
       </c>
       <c r="B61" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D61" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
@@ -2217,51 +2220,51 @@
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>46001.0</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D67" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E67" t="s">
         <v>9</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>46002.0</v>
       </c>
       <c r="B68" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D68" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E68" t="s">
         <v>9</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
@@ -2399,51 +2402,51 @@
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>46008.0</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D74" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74" t="s">
         <v>13</v>
       </c>
       <c r="H74" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>46009.0</v>
       </c>
       <c r="B75" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D75" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
@@ -2659,51 +2662,51 @@
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>46036.0</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D84" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E84" t="s">
         <v>9</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>13</v>
       </c>
       <c r="H84" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>46037.0</v>
       </c>
       <c r="B85" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D85" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E85" t="s">
         <v>9</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
@@ -2815,51 +2818,51 @@
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>46043.0</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D90" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E90" t="s">
         <v>9</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>13</v>
       </c>
       <c r="H90" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>46044.0</v>
       </c>
       <c r="B91" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D91" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E91" t="s">
         <v>9</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91" t="s">
         <v>15</v>
       </c>
       <c r="H91" t="s">
@@ -2997,51 +3000,51 @@
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>46050.0</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D97" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97" t="s">
         <v>13</v>
       </c>
       <c r="H97" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>46051.0</v>
       </c>
       <c r="B98" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D98" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">