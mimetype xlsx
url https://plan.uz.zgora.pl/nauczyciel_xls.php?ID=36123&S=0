--- v1 (2025-11-16)
+++ v2 (2026-02-19)
@@ -12,193 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...73 lines deleted...]
-    <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -462,2667 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I100"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D100" sqref="D100"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...2572 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>