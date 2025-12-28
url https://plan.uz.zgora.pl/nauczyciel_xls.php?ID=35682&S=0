--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -165,50 +165,53 @@
     <t>320 A-8</t>
   </si>
   <si>
     <t>11BUD-NP/B</t>
   </si>
   <si>
     <t>11BUD-NP/A</t>
   </si>
   <si>
     <t>Zastosowanie BIM w Budownictwie w1</t>
   </si>
   <si>
     <t>41BUD-NP/A</t>
   </si>
   <si>
     <t>315 A-8</t>
   </si>
   <si>
     <t>41BUD-NP/B</t>
   </si>
   <si>
     <t>Konsultacje</t>
   </si>
   <si>
     <t>407 A-8</t>
+  </si>
+  <si>
+    <t>215 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2601,375 +2604,375 @@
       </c>
       <c r="D81" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" t="s">
         <v>19</v>
       </c>
       <c r="G81" t="s">
         <v>13</v>
       </c>
       <c r="H81" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>45969.0</v>
       </c>
       <c r="B82" t="s">
         <v>30</v>
       </c>
       <c r="C82" s="2">
-        <v>0.3125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="D82" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E82" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F82" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="H82" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>45969.0</v>
       </c>
       <c r="B83" t="s">
         <v>30</v>
       </c>
       <c r="C83" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D83" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E83" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="G83" t="s">
+        <v>35</v>
       </c>
       <c r="H83" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>45969.0</v>
       </c>
       <c r="B84" t="s">
         <v>30</v>
       </c>
       <c r="C84" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D84" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E84" t="s">
         <v>31</v>
       </c>
       <c r="F84" t="s">
         <v>19</v>
       </c>
       <c r="G84" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H84" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>45969.0</v>
       </c>
       <c r="B85" t="s">
         <v>30</v>
       </c>
       <c r="C85" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D85" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E85" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G85" t="s">
         <v>37</v>
       </c>
       <c r="H85" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>45969.0</v>
       </c>
       <c r="B86" t="s">
         <v>30</v>
       </c>
       <c r="C86" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D86" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H86" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>45969.0</v>
       </c>
       <c r="B87" t="s">
         <v>30</v>
       </c>
       <c r="C87" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D87" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E87" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F87" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="G87" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H87" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>45969.0</v>
       </c>
       <c r="B88" t="s">
         <v>30</v>
       </c>
       <c r="C88" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D88" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" t="s">
         <v>19</v>
       </c>
       <c r="G88" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H88" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
-        <v>45969.0</v>
+        <v>45970.0</v>
       </c>
       <c r="B89" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C89" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D89" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E89" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="F89" t="s">
         <v>19</v>
       </c>
       <c r="G89" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H89" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>45970.0</v>
       </c>
       <c r="B90" t="s">
         <v>39</v>
       </c>
       <c r="C90" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D90" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E90" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="F90" t="s">
         <v>19</v>
       </c>
       <c r="G90" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H90" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>45970.0</v>
       </c>
       <c r="B91" t="s">
         <v>39</v>
       </c>
       <c r="C91" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D91" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F91" t="s">
         <v>19</v>
       </c>
       <c r="G91" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H91" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>45970.0</v>
       </c>
       <c r="B92" t="s">
         <v>39</v>
       </c>
       <c r="C92" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D92" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E92" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F92" t="s">
         <v>19</v>
       </c>
       <c r="G92" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H92" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>45970.0</v>
       </c>
       <c r="B93" t="s">
         <v>39</v>
       </c>
       <c r="C93" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D93" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E93" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F93" t="s">
         <v>19</v>
       </c>
       <c r="G93" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H93" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
         <v>45970.0</v>
       </c>
       <c r="B94" t="s">
         <v>39</v>
       </c>
       <c r="C94" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D94" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E94" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F94" t="s">
         <v>19</v>
       </c>
       <c r="G94" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="H94" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
         <v>45973.0</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D95" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E95" t="s">
         <v>9</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
         <v>45973.0</v>
@@ -4249,375 +4252,375 @@
       </c>
       <c r="D146" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" t="s">
         <v>19</v>
       </c>
       <c r="G146" t="s">
         <v>13</v>
       </c>
       <c r="H146" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>45997.0</v>
       </c>
       <c r="B147" t="s">
         <v>30</v>
       </c>
       <c r="C147" s="2">
-        <v>0.3125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="D147" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E147" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F147" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="H147" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>45997.0</v>
       </c>
       <c r="B148" t="s">
         <v>30</v>
       </c>
       <c r="C148" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D148" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E148" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="G148" t="s">
+        <v>35</v>
       </c>
       <c r="H148" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>45997.0</v>
       </c>
       <c r="B149" t="s">
         <v>30</v>
       </c>
       <c r="C149" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D149" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E149" t="s">
         <v>31</v>
       </c>
       <c r="F149" t="s">
         <v>19</v>
       </c>
       <c r="G149" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H149" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>45997.0</v>
       </c>
       <c r="B150" t="s">
         <v>30</v>
       </c>
       <c r="C150" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D150" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E150" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G150" t="s">
         <v>37</v>
       </c>
       <c r="H150" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>45997.0</v>
       </c>
       <c r="B151" t="s">
         <v>30</v>
       </c>
       <c r="C151" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D151" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H151" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>45997.0</v>
       </c>
       <c r="B152" t="s">
         <v>30</v>
       </c>
       <c r="C152" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D152" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E152" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F152" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="G152" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H152" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>45997.0</v>
       </c>
       <c r="B153" t="s">
         <v>30</v>
       </c>
       <c r="C153" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D153" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" t="s">
         <v>19</v>
       </c>
       <c r="G153" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H153" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
-        <v>45997.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B154" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C154" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D154" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E154" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="F154" t="s">
         <v>19</v>
       </c>
       <c r="G154" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H154" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>45998.0</v>
       </c>
       <c r="B155" t="s">
         <v>39</v>
       </c>
       <c r="C155" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D155" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E155" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="F155" t="s">
         <v>19</v>
       </c>
       <c r="G155" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H155" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>45998.0</v>
       </c>
       <c r="B156" t="s">
         <v>39</v>
       </c>
       <c r="C156" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D156" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E156" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F156" t="s">
         <v>19</v>
       </c>
       <c r="G156" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H156" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>45998.0</v>
       </c>
       <c r="B157" t="s">
         <v>39</v>
       </c>
       <c r="C157" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D157" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E157" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F157" t="s">
         <v>19</v>
       </c>
       <c r="G157" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H157" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
         <v>45998.0</v>
       </c>
       <c r="B158" t="s">
         <v>39</v>
       </c>
       <c r="C158" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D158" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E158" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F158" t="s">
         <v>19</v>
       </c>
       <c r="G158" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H158" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
         <v>45998.0</v>
       </c>
       <c r="B159" t="s">
         <v>39</v>
       </c>
       <c r="C159" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D159" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E159" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F159" t="s">
         <v>19</v>
       </c>
       <c r="G159" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="H159" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>45999.0</v>
       </c>
       <c r="B160" t="s">
         <v>23</v>
       </c>
       <c r="C160" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D160" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E160" t="s">
         <v>49</v>
       </c>
       <c r="F160" t="s">
         <v>10</v>
       </c>
       <c r="H160" t="s">
         <v>50</v>
       </c>
     </row>
@@ -5421,375 +5424,375 @@
       </c>
       <c r="D192" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E192" t="s">
         <v>18</v>
       </c>
       <c r="F192" t="s">
         <v>19</v>
       </c>
       <c r="G192" t="s">
         <v>20</v>
       </c>
       <c r="H192" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>46032.0</v>
       </c>
       <c r="B193" t="s">
         <v>30</v>
       </c>
       <c r="C193" s="2">
-        <v>0.3125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="D193" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E193" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F193" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="H193" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>46032.0</v>
       </c>
       <c r="B194" t="s">
         <v>30</v>
       </c>
       <c r="C194" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D194" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E194" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="F194" t="s">
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="G194" t="s">
+        <v>35</v>
       </c>
       <c r="H194" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>46032.0</v>
       </c>
       <c r="B195" t="s">
         <v>30</v>
       </c>
       <c r="C195" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D195" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E195" t="s">
         <v>31</v>
       </c>
       <c r="F195" t="s">
         <v>19</v>
       </c>
       <c r="G195" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H195" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>46032.0</v>
       </c>
       <c r="B196" t="s">
         <v>30</v>
       </c>
       <c r="C196" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D196" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E196" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F196" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="G196" t="s">
         <v>37</v>
       </c>
       <c r="H196" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>46032.0</v>
       </c>
       <c r="B197" t="s">
         <v>30</v>
       </c>
       <c r="C197" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D197" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H197" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>46032.0</v>
       </c>
       <c r="B198" t="s">
         <v>30</v>
       </c>
       <c r="C198" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D198" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E198" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F198" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="G198" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H198" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>46032.0</v>
       </c>
       <c r="B199" t="s">
         <v>30</v>
       </c>
       <c r="C199" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D199" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" t="s">
         <v>19</v>
       </c>
       <c r="G199" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H199" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
-        <v>46032.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B200" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C200" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D200" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E200" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="F200" t="s">
         <v>19</v>
       </c>
       <c r="G200" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H200" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
         <v>46033.0</v>
       </c>
       <c r="B201" t="s">
         <v>39</v>
       </c>
       <c r="C201" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D201" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E201" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="F201" t="s">
         <v>19</v>
       </c>
       <c r="G201" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H201" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>46033.0</v>
       </c>
       <c r="B202" t="s">
         <v>39</v>
       </c>
       <c r="C202" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D202" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E202" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F202" t="s">
         <v>19</v>
       </c>
       <c r="G202" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H202" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>46033.0</v>
       </c>
       <c r="B203" t="s">
         <v>39</v>
       </c>
       <c r="C203" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D203" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E203" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F203" t="s">
         <v>19</v>
       </c>
       <c r="G203" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H203" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>46033.0</v>
       </c>
       <c r="B204" t="s">
         <v>39</v>
       </c>
       <c r="C204" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D204" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="E204" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F204" t="s">
         <v>19</v>
       </c>
       <c r="G204" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H204" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>46033.0</v>
       </c>
       <c r="B205" t="s">
         <v>39</v>
       </c>
       <c r="C205" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D205" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E205" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F205" t="s">
         <v>19</v>
       </c>
       <c r="G205" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="H205" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>46034.0</v>
       </c>
       <c r="B206" t="s">
         <v>23</v>
       </c>
       <c r="C206" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D206" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E206" t="s">
         <v>49</v>
       </c>
       <c r="F206" t="s">
         <v>10</v>
       </c>
       <c r="H206" t="s">
         <v>50</v>
       </c>
     </row>