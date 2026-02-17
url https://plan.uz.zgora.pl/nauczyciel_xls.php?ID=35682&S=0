--- v1 (2025-12-28)
+++ v2 (2026-02-17)
@@ -12,250 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...130 lines deleted...]
-    <t>215 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -519,6622 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I258"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D258" sqref="D258"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...6527 lines deleted...]
-        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>