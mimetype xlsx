--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -126,50 +126,56 @@
     <t>215 A-8</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Zebranie Instytutu i Rada Dyscypliny</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>21ARCH-SJ/A</t>
   </si>
   <si>
     <t>21ARCH-SJ/B</t>
   </si>
   <si>
     <t>22ARCH-SJ/A</t>
   </si>
   <si>
     <t>22ARCH-SJ/B</t>
   </si>
   <si>
     <t>23ARCH-SJ/A</t>
+  </si>
+  <si>
+    <t>23 A-8</t>
+  </si>
+  <si>
+    <t>105/106 A-8</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1527,181 +1533,181 @@
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>45946.0</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D40" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E40" t="s">
         <v>9</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
       <c r="H40" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>45946.0</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D41" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>45946.0</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D42" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E42" t="s">
         <v>9</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
         <v>45946.0</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="2">
         <v>0.53125</v>
       </c>
       <c r="D43" s="2">
         <v>0.59375</v>
       </c>
       <c r="E43" t="s">
         <v>9</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
         <v>45946.0</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="2">
         <v>0.53125</v>
       </c>
       <c r="D44" s="2">
         <v>0.59375</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>16</v>
       </c>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
         <v>45946.0</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D45" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E45" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
         <v>18</v>
       </c>
       <c r="G45" t="s">
         <v>19</v>
       </c>
       <c r="H45" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
         <v>45950.0</v>
       </c>
       <c r="B46" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D46" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E46" t="s">
         <v>21</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46" t="s">
@@ -2015,669 +2021,669 @@
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>45953.0</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D59" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E59" t="s">
         <v>9</v>
       </c>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>45953.0</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D60" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>45953.0</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D61" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E61" t="s">
         <v>9</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>45953.0</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="2">
         <v>0.53125</v>
       </c>
       <c r="D62" s="2">
         <v>0.59375</v>
       </c>
       <c r="E62" t="s">
         <v>9</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>45953.0</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="2">
         <v>0.53125</v>
       </c>
       <c r="D63" s="2">
         <v>0.59375</v>
       </c>
       <c r="E63" t="s">
         <v>9</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>16</v>
       </c>
       <c r="H63" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1">
-        <v>45953.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C64" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="D64" s="2">
-        <v>0.66666666666667</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="E64" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F64" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G64" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H64" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1">
         <v>45957.0</v>
       </c>
       <c r="B65" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="2">
-        <v>0.33333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="D65" s="2">
-        <v>0.36458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E65" t="s">
         <v>21</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
         <v>45957.0</v>
       </c>
       <c r="B66" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="2">
         <v>0.375</v>
       </c>
       <c r="D66" s="2">
         <v>0.46875</v>
       </c>
       <c r="E66" t="s">
         <v>21</v>
       </c>
       <c r="F66" t="s">
         <v>25</v>
       </c>
       <c r="G66" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>45957.0</v>
       </c>
       <c r="B67" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="2">
         <v>0.375</v>
       </c>
       <c r="D67" s="2">
         <v>0.46875</v>
       </c>
       <c r="E67" t="s">
         <v>21</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H67" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>45957.0</v>
       </c>
       <c r="B68" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="D68" s="2">
-        <v>0.46875</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E68" t="s">
         <v>21</v>
       </c>
       <c r="F68" t="s">
         <v>25</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>45957.0</v>
       </c>
       <c r="B69" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D69" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E69" t="s">
         <v>21</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
       <c r="G69" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H69" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>45957.0</v>
       </c>
       <c r="B70" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="D70" s="2">
-        <v>0.57291666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E70" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F70" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G70" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H70" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
-        <v>45957.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B71" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C71" s="2">
-        <v>0.58333333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="D71" s="2">
-        <v>0.61458333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E71" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
         <v>45958.0</v>
       </c>
       <c r="B72" t="s">
         <v>30</v>
       </c>
       <c r="C72" s="2">
-        <v>0.41666666666667</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="D72" s="2">
-        <v>0.5</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E72" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F72" t="s">
-        <v>32</v>
+        <v>25</v>
+      </c>
+      <c r="G72" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>45958.0</v>
       </c>
       <c r="B73" t="s">
         <v>30</v>
       </c>
       <c r="C73" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D73" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
       <c r="G73" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>45958.0</v>
       </c>
       <c r="B74" t="s">
         <v>30</v>
       </c>
       <c r="C74" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D74" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="F74" t="s">
         <v>25</v>
       </c>
       <c r="G74" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>45958.0</v>
       </c>
       <c r="B75" t="s">
         <v>30</v>
       </c>
       <c r="C75" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D75" s="2">
-        <v>0.59722222222222</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="F75" t="s">
         <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H75" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>45958.0</v>
       </c>
       <c r="B76" t="s">
         <v>30</v>
       </c>
       <c r="C76" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D76" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76" t="s">
         <v>25</v>
       </c>
       <c r="G76" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H76" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
         <v>45958.0</v>
       </c>
       <c r="B77" t="s">
         <v>30</v>
       </c>
       <c r="C77" s="2">
-        <v>0.60416666666667</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="D77" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E77" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G77" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="H77" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1">
         <v>45960.0</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D78" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E78" t="s">
         <v>9</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>11</v>
       </c>
       <c r="H78" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
         <v>45960.0</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D79" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E79" t="s">
         <v>9</v>
       </c>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>13</v>
       </c>
       <c r="H79" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
         <v>45960.0</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D80" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E80" t="s">
         <v>9</v>
       </c>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>45960.0</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" s="2">
         <v>0.53125</v>
       </c>
       <c r="D81" s="2">
         <v>0.59375</v>
       </c>
       <c r="E81" t="s">
         <v>9</v>
       </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="G81" t="s">
         <v>15</v>
       </c>
       <c r="H81" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>45960.0</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="2">
         <v>0.53125</v>
       </c>
       <c r="D82" s="2">
         <v>0.59375</v>
       </c>
       <c r="E82" t="s">
         <v>9</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>45960.0</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D83" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E83" t="s">
         <v>17</v>
       </c>
       <c r="F83" t="s">
         <v>18</v>
       </c>
       <c r="G83" t="s">
         <v>19</v>
       </c>
       <c r="H83" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>45964.0</v>
       </c>
       <c r="B84" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D84" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E84" t="s">
         <v>21</v>
       </c>
       <c r="F84" t="s">
         <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>23</v>
       </c>
       <c r="H84" t="s">
@@ -2991,181 +2997,181 @@
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>45967.0</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D97" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E97" t="s">
         <v>9</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>45967.0</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D98" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E98" t="s">
         <v>9</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98" t="s">
         <v>13</v>
       </c>
       <c r="H98" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
         <v>45967.0</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D99" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E99" t="s">
         <v>9</v>
       </c>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
         <v>45967.0</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" s="2">
         <v>0.53125</v>
       </c>
       <c r="D100" s="2">
         <v>0.59375</v>
       </c>
       <c r="E100" t="s">
         <v>9</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>15</v>
       </c>
       <c r="H100" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>45967.0</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" s="2">
         <v>0.53125</v>
       </c>
       <c r="D101" s="2">
         <v>0.59375</v>
       </c>
       <c r="E101" t="s">
         <v>9</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1">
         <v>45967.0</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D102" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E102" t="s">
         <v>17</v>
       </c>
       <c r="F102" t="s">
         <v>18</v>
       </c>
       <c r="G102" t="s">
         <v>19</v>
       </c>
       <c r="H102" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
         <v>45974.0</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D103" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E103" t="s">
         <v>21</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>23</v>
       </c>
       <c r="H103" t="s">
@@ -3311,175 +3317,175 @@
       </c>
       <c r="C109" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="D109" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109" t="s">
         <v>22</v>
       </c>
       <c r="G109" t="s">
         <v>28</v>
       </c>
       <c r="H109" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>45975.0</v>
       </c>
       <c r="B110" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C110" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="D110" s="2">
         <v>0.5</v>
       </c>
       <c r="E110" t="s">
         <v>31</v>
       </c>
       <c r="F110" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>45975.0</v>
       </c>
       <c r="B111" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C111" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D111" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111" t="s">
         <v>25</v>
       </c>
       <c r="G111" t="s">
         <v>33</v>
       </c>
       <c r="H111" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>45975.0</v>
       </c>
       <c r="B112" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C112" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D112" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="F112" t="s">
         <v>25</v>
       </c>
       <c r="G112" t="s">
         <v>34</v>
       </c>
       <c r="H112" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>45975.0</v>
       </c>
       <c r="B113" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C113" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D113" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
         <v>35</v>
       </c>
       <c r="H113" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>45975.0</v>
       </c>
       <c r="B114" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C114" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D114" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="F114" t="s">
         <v>25</v>
       </c>
       <c r="G114" t="s">
         <v>36</v>
       </c>
       <c r="H114" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>45975.0</v>
       </c>
       <c r="B115" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C115" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D115" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
       <c r="G115" t="s">
         <v>37</v>
       </c>
       <c r="H115" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
         <v>45978.0</v>
       </c>
       <c r="B116" t="s">
@@ -3811,181 +3817,181 @@
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>45981.0</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D129" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E129" t="s">
         <v>9</v>
       </c>
       <c r="F129" t="s">
         <v>10</v>
       </c>
       <c r="G129" t="s">
         <v>11</v>
       </c>
       <c r="H129" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>45981.0</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D130" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E130" t="s">
         <v>9</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="G130" t="s">
         <v>13</v>
       </c>
       <c r="H130" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
         <v>45981.0</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D131" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E131" t="s">
         <v>9</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>45981.0</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" s="2">
         <v>0.53125</v>
       </c>
       <c r="D132" s="2">
         <v>0.59375</v>
       </c>
       <c r="E132" t="s">
         <v>9</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>15</v>
       </c>
       <c r="H132" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>45981.0</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" s="2">
         <v>0.53125</v>
       </c>
       <c r="D133" s="2">
         <v>0.59375</v>
       </c>
       <c r="E133" t="s">
         <v>9</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133" t="s">
         <v>16</v>
       </c>
       <c r="H133" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>45981.0</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D134" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
         <v>18</v>
       </c>
       <c r="G134" t="s">
         <v>19</v>
       </c>
       <c r="H134" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>45985.0</v>
       </c>
       <c r="B135" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D135" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E135" t="s">
         <v>21</v>
       </c>
       <c r="F135" t="s">
         <v>22</v>
       </c>
       <c r="G135" t="s">
         <v>23</v>
       </c>
       <c r="H135" t="s">
@@ -4299,181 +4305,181 @@
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>45988.0</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D148" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
       <c r="H148" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>45988.0</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D149" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E149" t="s">
         <v>9</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>13</v>
       </c>
       <c r="H149" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>45988.0</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D150" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E150" t="s">
         <v>9</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>45988.0</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" s="2">
         <v>0.53125</v>
       </c>
       <c r="D151" s="2">
         <v>0.59375</v>
       </c>
       <c r="E151" t="s">
         <v>9</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
         <v>15</v>
       </c>
       <c r="H151" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>45988.0</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" s="2">
         <v>0.53125</v>
       </c>
       <c r="D152" s="2">
         <v>0.59375</v>
       </c>
       <c r="E152" t="s">
         <v>9</v>
       </c>
       <c r="F152" t="s">
         <v>10</v>
       </c>
       <c r="G152" t="s">
         <v>16</v>
       </c>
       <c r="H152" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>45988.0</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D153" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
         <v>18</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>45992.0</v>
       </c>
       <c r="B154" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D154" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E154" t="s">
         <v>21</v>
       </c>
       <c r="F154" t="s">
         <v>22</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154" t="s">
@@ -4787,181 +4793,181 @@
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>45995.0</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D167" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E167" t="s">
         <v>9</v>
       </c>
       <c r="F167" t="s">
         <v>10</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
       <c r="H167" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>45995.0</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D168" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E168" t="s">
         <v>9</v>
       </c>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>13</v>
       </c>
       <c r="H168" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>45995.0</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D169" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E169" t="s">
         <v>9</v>
       </c>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>45995.0</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" s="2">
         <v>0.53125</v>
       </c>
       <c r="D170" s="2">
         <v>0.59375</v>
       </c>
       <c r="E170" t="s">
         <v>9</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>15</v>
       </c>
       <c r="H170" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>45995.0</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" s="2">
         <v>0.53125</v>
       </c>
       <c r="D171" s="2">
         <v>0.59375</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>16</v>
       </c>
       <c r="H171" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>45995.0</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D172" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
         <v>18</v>
       </c>
       <c r="G172" t="s">
         <v>19</v>
       </c>
       <c r="H172" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>45999.0</v>
       </c>
       <c r="B173" t="s">
         <v>20</v>
       </c>
       <c r="C173" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D173" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E173" t="s">
         <v>21</v>
       </c>
       <c r="F173" t="s">
         <v>22</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173" t="s">
@@ -5275,181 +5281,181 @@
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>46002.0</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D186" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E186" t="s">
         <v>9</v>
       </c>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
       <c r="H186" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>46002.0</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D187" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E187" t="s">
         <v>9</v>
       </c>
       <c r="F187" t="s">
         <v>10</v>
       </c>
       <c r="G187" t="s">
         <v>13</v>
       </c>
       <c r="H187" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>46002.0</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D188" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E188" t="s">
         <v>9</v>
       </c>
       <c r="F188" t="s">
         <v>10</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>46002.0</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" s="2">
         <v>0.53125</v>
       </c>
       <c r="D189" s="2">
         <v>0.59375</v>
       </c>
       <c r="E189" t="s">
         <v>9</v>
       </c>
       <c r="F189" t="s">
         <v>10</v>
       </c>
       <c r="G189" t="s">
         <v>15</v>
       </c>
       <c r="H189" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>46002.0</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" s="2">
         <v>0.53125</v>
       </c>
       <c r="D190" s="2">
         <v>0.59375</v>
       </c>
       <c r="E190" t="s">
         <v>9</v>
       </c>
       <c r="F190" t="s">
         <v>10</v>
       </c>
       <c r="G190" t="s">
         <v>16</v>
       </c>
       <c r="H190" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>46002.0</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D191" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
         <v>18</v>
       </c>
       <c r="G191" t="s">
         <v>19</v>
       </c>
       <c r="H191" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>46006.0</v>
       </c>
       <c r="B192" t="s">
         <v>20</v>
       </c>
       <c r="C192" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D192" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E192" t="s">
         <v>21</v>
       </c>
       <c r="F192" t="s">
         <v>22</v>
       </c>
       <c r="G192" t="s">
         <v>23</v>
       </c>
       <c r="H192" t="s">
@@ -5763,487 +5769,487 @@
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>46009.0</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D205" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E205" t="s">
         <v>9</v>
       </c>
       <c r="F205" t="s">
         <v>10</v>
       </c>
       <c r="G205" t="s">
         <v>11</v>
       </c>
       <c r="H205" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>46009.0</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D206" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E206" t="s">
         <v>9</v>
       </c>
       <c r="F206" t="s">
         <v>10</v>
       </c>
       <c r="G206" t="s">
         <v>13</v>
       </c>
       <c r="H206" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>46009.0</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D207" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E207" t="s">
         <v>9</v>
       </c>
       <c r="F207" t="s">
         <v>10</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
         <v>46009.0</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" s="2">
         <v>0.53125</v>
       </c>
       <c r="D208" s="2">
         <v>0.59375</v>
       </c>
       <c r="E208" t="s">
         <v>9</v>
       </c>
       <c r="F208" t="s">
         <v>10</v>
       </c>
       <c r="G208" t="s">
         <v>15</v>
       </c>
       <c r="H208" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>46009.0</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" s="2">
         <v>0.53125</v>
       </c>
       <c r="D209" s="2">
         <v>0.59375</v>
       </c>
       <c r="E209" t="s">
         <v>9</v>
       </c>
       <c r="F209" t="s">
         <v>10</v>
       </c>
       <c r="G209" t="s">
         <v>16</v>
       </c>
       <c r="H209" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>46009.0</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D210" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E210" t="s">
         <v>17</v>
       </c>
       <c r="F210" t="s">
         <v>18</v>
       </c>
       <c r="G210" t="s">
         <v>19</v>
       </c>
       <c r="H210" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>46029.0</v>
       </c>
       <c r="B211" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C211" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="D211" s="2">
         <v>0.5</v>
       </c>
       <c r="E211" t="s">
         <v>31</v>
       </c>
       <c r="F211" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>46029.0</v>
       </c>
       <c r="B212" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C212" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D212" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="F212" t="s">
         <v>25</v>
       </c>
       <c r="G212" t="s">
         <v>33</v>
       </c>
       <c r="H212" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>46029.0</v>
       </c>
       <c r="B213" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C213" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D213" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
       <c r="F213" t="s">
         <v>25</v>
       </c>
       <c r="G213" t="s">
         <v>34</v>
       </c>
       <c r="H213" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>46029.0</v>
       </c>
       <c r="B214" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C214" s="2">
         <v>0.50347222222222</v>
       </c>
       <c r="D214" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
       <c r="F214" t="s">
         <v>25</v>
       </c>
       <c r="G214" t="s">
         <v>35</v>
       </c>
       <c r="H214" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>46029.0</v>
       </c>
       <c r="B215" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C215" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D215" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
       <c r="F215" t="s">
         <v>25</v>
       </c>
       <c r="G215" t="s">
         <v>36</v>
       </c>
       <c r="H215" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
         <v>46029.0</v>
       </c>
       <c r="B216" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C216" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D216" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="F216" t="s">
         <v>25</v>
       </c>
       <c r="G216" t="s">
         <v>37</v>
       </c>
       <c r="H216" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>46030.0</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D217" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E217" t="s">
         <v>9</v>
       </c>
       <c r="F217" t="s">
         <v>10</v>
       </c>
       <c r="G217" t="s">
         <v>11</v>
       </c>
       <c r="H217" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>46030.0</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D218" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E218" t="s">
         <v>9</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" t="s">
         <v>13</v>
       </c>
       <c r="H218" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>46030.0</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D219" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E219" t="s">
         <v>9</v>
       </c>
       <c r="F219" t="s">
         <v>10</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>46030.0</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" s="2">
         <v>0.53125</v>
       </c>
       <c r="D220" s="2">
         <v>0.59375</v>
       </c>
       <c r="E220" t="s">
         <v>9</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" t="s">
         <v>15</v>
       </c>
       <c r="H220" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>46030.0</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" s="2">
         <v>0.53125</v>
       </c>
       <c r="D221" s="2">
         <v>0.59375</v>
       </c>
       <c r="E221" t="s">
         <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221" t="s">
         <v>16</v>
       </c>
       <c r="H221" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>46030.0</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D222" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
         <v>18</v>
       </c>
       <c r="G222" t="s">
         <v>19</v>
       </c>
       <c r="H222" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>46034.0</v>
       </c>
       <c r="B223" t="s">
         <v>20</v>
       </c>
       <c r="C223" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D223" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E223" t="s">
         <v>21</v>
       </c>
       <c r="F223" t="s">
         <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>23</v>
       </c>
       <c r="H223" t="s">
@@ -6557,181 +6563,181 @@
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1">
         <v>46037.0</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D236" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E236" t="s">
         <v>9</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" t="s">
         <v>11</v>
       </c>
       <c r="H236" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1">
         <v>46037.0</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D237" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E237" t="s">
         <v>9</v>
       </c>
       <c r="F237" t="s">
         <v>10</v>
       </c>
       <c r="G237" t="s">
         <v>13</v>
       </c>
       <c r="H237" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>46037.0</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D238" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E238" t="s">
         <v>9</v>
       </c>
       <c r="F238" t="s">
         <v>10</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>46037.0</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" s="2">
         <v>0.53125</v>
       </c>
       <c r="D239" s="2">
         <v>0.59375</v>
       </c>
       <c r="E239" t="s">
         <v>9</v>
       </c>
       <c r="F239" t="s">
         <v>10</v>
       </c>
       <c r="G239" t="s">
         <v>15</v>
       </c>
       <c r="H239" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>46037.0</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" s="2">
         <v>0.53125</v>
       </c>
       <c r="D240" s="2">
         <v>0.59375</v>
       </c>
       <c r="E240" t="s">
         <v>9</v>
       </c>
       <c r="F240" t="s">
         <v>10</v>
       </c>
       <c r="G240" t="s">
         <v>16</v>
       </c>
       <c r="H240" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>46037.0</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D241" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
         <v>18</v>
       </c>
       <c r="G241" t="s">
         <v>19</v>
       </c>
       <c r="H241" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>46041.0</v>
       </c>
       <c r="B242" t="s">
         <v>20</v>
       </c>
       <c r="C242" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D242" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E242" t="s">
         <v>21</v>
       </c>
       <c r="F242" t="s">
         <v>22</v>
       </c>
       <c r="G242" t="s">
         <v>23</v>
       </c>
       <c r="H242" t="s">
@@ -7045,181 +7051,181 @@
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1">
         <v>46044.0</v>
       </c>
       <c r="B255" t="s">
         <v>8</v>
       </c>
       <c r="C255" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D255" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E255" t="s">
         <v>9</v>
       </c>
       <c r="F255" t="s">
         <v>10</v>
       </c>
       <c r="G255" t="s">
         <v>11</v>
       </c>
       <c r="H255" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1">
         <v>46044.0</v>
       </c>
       <c r="B256" t="s">
         <v>8</v>
       </c>
       <c r="C256" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D256" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E256" t="s">
         <v>9</v>
       </c>
       <c r="F256" t="s">
         <v>10</v>
       </c>
       <c r="G256" t="s">
         <v>13</v>
       </c>
       <c r="H256" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>46044.0</v>
       </c>
       <c r="B257" t="s">
         <v>8</v>
       </c>
       <c r="C257" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D257" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E257" t="s">
         <v>9</v>
       </c>
       <c r="F257" t="s">
         <v>10</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>46044.0</v>
       </c>
       <c r="B258" t="s">
         <v>8</v>
       </c>
       <c r="C258" s="2">
         <v>0.53125</v>
       </c>
       <c r="D258" s="2">
         <v>0.59375</v>
       </c>
       <c r="E258" t="s">
         <v>9</v>
       </c>
       <c r="F258" t="s">
         <v>10</v>
       </c>
       <c r="G258" t="s">
         <v>15</v>
       </c>
       <c r="H258" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>46044.0</v>
       </c>
       <c r="B259" t="s">
         <v>8</v>
       </c>
       <c r="C259" s="2">
         <v>0.53125</v>
       </c>
       <c r="D259" s="2">
         <v>0.59375</v>
       </c>
       <c r="E259" t="s">
         <v>9</v>
       </c>
       <c r="F259" t="s">
         <v>10</v>
       </c>
       <c r="G259" t="s">
         <v>16</v>
       </c>
       <c r="H259" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1">
         <v>46044.0</v>
       </c>
       <c r="B260" t="s">
         <v>8</v>
       </c>
       <c r="C260" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D260" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E260" t="s">
         <v>17</v>
       </c>
       <c r="F260" t="s">
         <v>18</v>
       </c>
       <c r="G260" t="s">
         <v>19</v>
       </c>
       <c r="H260" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>46048.0</v>
       </c>
       <c r="B261" t="s">
         <v>20</v>
       </c>
       <c r="C261" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D261" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E261" t="s">
         <v>21</v>
       </c>
       <c r="F261" t="s">
         <v>22</v>
       </c>
       <c r="G261" t="s">
         <v>23</v>
       </c>
       <c r="H261" t="s">
@@ -7533,181 +7539,181 @@
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1">
         <v>46051.0</v>
       </c>
       <c r="B274" t="s">
         <v>8</v>
       </c>
       <c r="C274" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D274" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E274" t="s">
         <v>9</v>
       </c>
       <c r="F274" t="s">
         <v>10</v>
       </c>
       <c r="G274" t="s">
         <v>11</v>
       </c>
       <c r="H274" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>46051.0</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
       <c r="C275" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D275" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E275" t="s">
         <v>9</v>
       </c>
       <c r="F275" t="s">
         <v>10</v>
       </c>
       <c r="G275" t="s">
         <v>13</v>
       </c>
       <c r="H275" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>46051.0</v>
       </c>
       <c r="B276" t="s">
         <v>8</v>
       </c>
       <c r="C276" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D276" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E276" t="s">
         <v>9</v>
       </c>
       <c r="F276" t="s">
         <v>10</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>46051.0</v>
       </c>
       <c r="B277" t="s">
         <v>8</v>
       </c>
       <c r="C277" s="2">
         <v>0.53125</v>
       </c>
       <c r="D277" s="2">
         <v>0.59375</v>
       </c>
       <c r="E277" t="s">
         <v>9</v>
       </c>
       <c r="F277" t="s">
         <v>10</v>
       </c>
       <c r="G277" t="s">
         <v>15</v>
       </c>
       <c r="H277" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
         <v>46051.0</v>
       </c>
       <c r="B278" t="s">
         <v>8</v>
       </c>
       <c r="C278" s="2">
         <v>0.53125</v>
       </c>
       <c r="D278" s="2">
         <v>0.59375</v>
       </c>
       <c r="E278" t="s">
         <v>9</v>
       </c>
       <c r="F278" t="s">
         <v>10</v>
       </c>
       <c r="G278" t="s">
         <v>16</v>
       </c>
       <c r="H278" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>46051.0</v>
       </c>
       <c r="B279" t="s">
         <v>8</v>
       </c>
       <c r="C279" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D279" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E279" t="s">
         <v>17</v>
       </c>
       <c r="F279" t="s">
         <v>18</v>
       </c>
       <c r="G279" t="s">
         <v>19</v>
       </c>
       <c r="H279" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>46055.0</v>
       </c>
       <c r="B280" t="s">
         <v>20</v>
       </c>
       <c r="C280" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="D280" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="E280" t="s">
         <v>21</v>
       </c>
       <c r="F280" t="s">
         <v>22</v>
       </c>
       <c r="G280" t="s">
         <v>23</v>
       </c>
       <c r="H280" t="s">