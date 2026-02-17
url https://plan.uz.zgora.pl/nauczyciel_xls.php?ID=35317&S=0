--- v1 (2025-11-17)
+++ v2 (2026-02-17)
@@ -12,220 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...100 lines deleted...]
-    <t>Śr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -489,7413 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I286"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D286" sqref="D286"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...7318 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>