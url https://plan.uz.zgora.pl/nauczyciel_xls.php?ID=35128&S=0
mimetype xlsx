--- v0 (2025-11-18)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -153,50 +153,59 @@
     <t>31BN-NP</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>Seminarium dyplomowe 2</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>41LOG-ZLP-SP</t>
   </si>
   <si>
     <t>42LOG-TS-SP</t>
   </si>
   <si>
     <t>144 A-0</t>
   </si>
   <si>
     <t>F5 A-0</t>
+  </si>
+  <si>
+    <t>16i A-0</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Wt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -504,54 +513,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I165"/>
+  <dimension ref="A1:I173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D165" sqref="D165"/>
+      <selection activeCell="D173" sqref="D173"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3752,77 +3761,77 @@
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>46030.0</v>
       </c>
       <c r="B125" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="D125" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E125" t="s">
         <v>18</v>
       </c>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="G125" t="s">
         <v>21</v>
       </c>
       <c r="H125" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>46030.0</v>
       </c>
       <c r="B126" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="D126" s="2">
         <v>0.59375</v>
       </c>
       <c r="E126" t="s">
         <v>18</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>46031.0</v>
       </c>
       <c r="B127" t="s">
         <v>23</v>
       </c>
       <c r="C127" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="D127" s="2">
         <v>0.375</v>
       </c>
       <c r="E127" t="s">
         <v>24</v>
       </c>
       <c r="F127" t="s">
         <v>15</v>
       </c>
       <c r="G127" t="s">
         <v>25</v>
       </c>
       <c r="H127" t="s">
@@ -4038,77 +4047,77 @@
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>46043.0</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" s="2">
         <v>0.68055555555556</v>
       </c>
       <c r="D136" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E136" t="s">
         <v>9</v>
       </c>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136" t="s">
         <v>13</v>
       </c>
       <c r="H136" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>46043.0</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" s="2">
         <v>0.75</v>
       </c>
       <c r="D137" s="2">
         <v>0.80902777777778</v>
       </c>
       <c r="E137" t="s">
         <v>9</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
         <v>13</v>
       </c>
       <c r="H137" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>46044.0</v>
       </c>
       <c r="B138" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D138" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138" t="s">
         <v>15</v>
       </c>
       <c r="G138" t="s">
         <v>19</v>
       </c>
       <c r="H138" t="s">
@@ -4116,77 +4125,77 @@
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>46044.0</v>
       </c>
       <c r="B139" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="D139" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E139" t="s">
         <v>18</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
         <v>21</v>
       </c>
       <c r="H139" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>46044.0</v>
       </c>
       <c r="B140" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="D140" s="2">
         <v>0.59375</v>
       </c>
       <c r="E140" t="s">
         <v>18</v>
       </c>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>46045.0</v>
       </c>
       <c r="B141" t="s">
         <v>23</v>
       </c>
       <c r="C141" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="D141" s="2">
         <v>0.375</v>
       </c>
       <c r="E141" t="s">
         <v>24</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
         <v>25</v>
       </c>
       <c r="H141" t="s">
@@ -4324,77 +4333,77 @@
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>46050.0</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" s="2">
         <v>0.68055555555556</v>
       </c>
       <c r="D147" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>13</v>
       </c>
       <c r="H147" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>46050.0</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" s="2">
         <v>0.75</v>
       </c>
       <c r="D148" s="2">
         <v>0.80902777777778</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>13</v>
       </c>
       <c r="H148" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>46051.0</v>
       </c>
       <c r="B149" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="D149" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E149" t="s">
         <v>18</v>
       </c>
       <c r="F149" t="s">
         <v>15</v>
       </c>
       <c r="G149" t="s">
         <v>19</v>
       </c>
       <c r="H149" t="s">
@@ -4402,77 +4411,77 @@
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>46051.0</v>
       </c>
       <c r="B150" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="D150" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E150" t="s">
         <v>18</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>21</v>
       </c>
       <c r="H150" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>46051.0</v>
       </c>
       <c r="B151" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="D151" s="2">
         <v>0.59375</v>
       </c>
       <c r="E151" t="s">
         <v>18</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>46052.0</v>
       </c>
       <c r="B152" t="s">
         <v>23</v>
       </c>
       <c r="C152" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="D152" s="2">
         <v>0.375</v>
       </c>
       <c r="E152" t="s">
         <v>24</v>
       </c>
       <c r="F152" t="s">
         <v>15</v>
       </c>
       <c r="G152" t="s">
         <v>25</v>
       </c>
       <c r="H152" t="s">
@@ -4558,51 +4567,51 @@
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>46053.0</v>
       </c>
       <c r="B156" t="s">
         <v>29</v>
       </c>
       <c r="C156" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D156" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E156" t="s">
         <v>18</v>
       </c>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156" t="s">
         <v>30</v>
       </c>
       <c r="H156" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>46053.0</v>
       </c>
       <c r="B157" t="s">
         <v>29</v>
       </c>
       <c r="C157" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D157" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E157" t="s">
         <v>32</v>
       </c>
       <c r="F157" t="s">
         <v>15</v>
       </c>
       <c r="G157" t="s">
         <v>33</v>
       </c>
       <c r="H157" t="s">
@@ -4688,77 +4697,77 @@
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>46053.0</v>
       </c>
       <c r="B161" t="s">
         <v>29</v>
       </c>
       <c r="C161" s="2">
         <v>0.75</v>
       </c>
       <c r="D161" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="E161" t="s">
         <v>9</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>38</v>
       </c>
       <c r="H161" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>46054.0</v>
       </c>
       <c r="B162" t="s">
         <v>39</v>
       </c>
       <c r="C162" s="2">
         <v>0.3125</v>
       </c>
       <c r="D162" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="E162" t="s">
         <v>9</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
         <v>38</v>
       </c>
       <c r="H162" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>46055.0</v>
       </c>
       <c r="B163" t="s">
         <v>40</v>
       </c>
       <c r="C163" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D163" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E163" t="s">
         <v>41</v>
       </c>
       <c r="F163" t="s">
         <v>42</v>
       </c>
       <c r="G163" t="s">
         <v>25</v>
       </c>
       <c r="H163" t="s">
@@ -4793,50 +4802,258 @@
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
         <v>46055.0</v>
       </c>
       <c r="B165" t="s">
         <v>40</v>
       </c>
       <c r="C165" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D165" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E165" t="s">
         <v>41</v>
       </c>
       <c r="F165" t="s">
         <v>42</v>
       </c>
       <c r="G165" t="s">
         <v>44</v>
       </c>
       <c r="H165" t="s">
         <v>45</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
+      <c r="A166" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B166" t="s">
+        <v>8</v>
+      </c>
+      <c r="C166" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D166" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="E166" t="s">
+        <v>18</v>
+      </c>
+      <c r="F166" t="s">
+        <v>48</v>
+      </c>
+      <c r="G166" t="s">
+        <v>19</v>
+      </c>
+      <c r="H166" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
+      <c r="A167" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B167" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D167" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E167" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" t="s">
+        <v>48</v>
+      </c>
+      <c r="G167" t="s">
+        <v>16</v>
+      </c>
+      <c r="H167" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
+      <c r="A168" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B168" t="s">
+        <v>39</v>
+      </c>
+      <c r="C168" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D168" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="E168" t="s">
+        <v>18</v>
+      </c>
+      <c r="F168" t="s">
+        <v>48</v>
+      </c>
+      <c r="G168" t="s">
+        <v>30</v>
+      </c>
+      <c r="H168" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
+      <c r="A169" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B169" t="s">
+        <v>39</v>
+      </c>
+      <c r="C169" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="D169" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="E169" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" t="s">
+        <v>48</v>
+      </c>
+      <c r="G169" t="s">
+        <v>38</v>
+      </c>
+      <c r="H169" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
+      <c r="A170" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B170" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D170" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E170" t="s">
+        <v>9</v>
+      </c>
+      <c r="F170" t="s">
+        <v>48</v>
+      </c>
+      <c r="G170" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
+      <c r="A171" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B171" t="s">
+        <v>29</v>
+      </c>
+      <c r="C171" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D171" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="E171" t="s">
+        <v>9</v>
+      </c>
+      <c r="F171" t="s">
+        <v>48</v>
+      </c>
+      <c r="G171" t="s">
+        <v>38</v>
+      </c>
+      <c r="H171" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9">
+      <c r="A172" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B172" t="s">
+        <v>29</v>
+      </c>
+      <c r="C172" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D172" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="E172" t="s">
+        <v>18</v>
+      </c>
+      <c r="F172" t="s">
+        <v>48</v>
+      </c>
+      <c r="G172" t="s">
+        <v>30</v>
+      </c>
+      <c r="H172" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9">
+      <c r="A173" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B173" t="s">
+        <v>49</v>
+      </c>
+      <c r="C173" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D173" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="E173" t="s">
+        <v>18</v>
+      </c>
+      <c r="F173" t="s">
+        <v>48</v>
+      </c>
+      <c r="G173" t="s">
+        <v>19</v>
+      </c>
+      <c r="H173" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>