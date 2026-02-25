--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -38,51 +38,51 @@
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
-    <t>Wt</t>
+    <t>Po</t>
   </si>
   <si>
     <t>Rezerwacja</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>115 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -446,60 +446,60 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45979.0</v>
+        <v>46083.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
-        <v>0.54166666666667</v>
+        <v>0.5</v>
       </c>
       <c r="D2" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">