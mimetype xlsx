--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1239,77 +1239,77 @@
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>45939.0</v>
       </c>
       <c r="B28" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D28" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E28" t="s">
         <v>22</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>23</v>
       </c>
       <c r="H28" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>45939.0</v>
       </c>
       <c r="B29" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D29" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E29" t="s">
         <v>22</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>23</v>
       </c>
       <c r="H29" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>45939.0</v>
       </c>
       <c r="B30" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D30" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E30" t="s">
         <v>25</v>
       </c>
       <c r="F30" t="s">
         <v>26</v>
       </c>
       <c r="G30" t="s">
         <v>27</v>
       </c>
       <c r="H30" t="s">
@@ -1727,233 +1727,233 @@
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>45946.0</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D47" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>23</v>
       </c>
       <c r="H47" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>45946.0</v>
       </c>
       <c r="B48" t="s">
         <v>21</v>
       </c>
       <c r="C48" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D48" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
         <v>45946.0</v>
       </c>
       <c r="B49" t="s">
         <v>21</v>
       </c>
       <c r="C49" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D49" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E49" t="s">
         <v>25</v>
       </c>
       <c r="F49" t="s">
         <v>26</v>
       </c>
       <c r="G49" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H49" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
         <v>45946.0</v>
       </c>
       <c r="B50" t="s">
         <v>21</v>
       </c>
       <c r="C50" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D50" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E50" t="s">
         <v>25</v>
       </c>
       <c r="F50" t="s">
         <v>26</v>
       </c>
       <c r="G50" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H50" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
         <v>45946.0</v>
       </c>
       <c r="B51" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D51" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E51" t="s">
         <v>25</v>
       </c>
       <c r="F51" t="s">
         <v>26</v>
       </c>
       <c r="G51" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1">
-        <v>45947.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B52" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C52" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D52" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E52" t="s">
         <v>25</v>
       </c>
       <c r="F52" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G52" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H52" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1">
-        <v>45947.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B53" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C53" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D53" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E53" t="s">
         <v>25</v>
       </c>
       <c r="F53" t="s">
         <v>26</v>
       </c>
       <c r="G53" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
         <v>45947.0</v>
       </c>
       <c r="B54" t="s">
         <v>31</v>
       </c>
       <c r="C54" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D54" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E54" t="s">
         <v>25</v>
       </c>
       <c r="F54" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G54" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H54" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>45950.0</v>
       </c>
       <c r="B55" t="s">
         <v>36</v>
       </c>
       <c r="C55" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D55" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E55" t="s">
         <v>9</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>37</v>
       </c>
       <c r="H55" t="s">
@@ -2215,233 +2215,233 @@
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
         <v>45953.0</v>
       </c>
       <c r="B66" t="s">
         <v>21</v>
       </c>
       <c r="C66" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D66" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E66" t="s">
         <v>22</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>23</v>
       </c>
       <c r="H66" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>45953.0</v>
       </c>
       <c r="B67" t="s">
         <v>21</v>
       </c>
       <c r="C67" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D67" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E67" t="s">
         <v>22</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67" t="s">
         <v>23</v>
       </c>
       <c r="H67" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>45953.0</v>
       </c>
       <c r="B68" t="s">
         <v>21</v>
       </c>
       <c r="C68" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D68" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E68" t="s">
         <v>25</v>
       </c>
       <c r="F68" t="s">
         <v>26</v>
       </c>
       <c r="G68" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>45953.0</v>
       </c>
       <c r="B69" t="s">
         <v>21</v>
       </c>
       <c r="C69" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D69" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E69" t="s">
         <v>25</v>
       </c>
       <c r="F69" t="s">
         <v>26</v>
       </c>
       <c r="G69" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>45953.0</v>
       </c>
       <c r="B70" t="s">
         <v>21</v>
       </c>
       <c r="C70" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D70" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E70" t="s">
         <v>25</v>
       </c>
       <c r="F70" t="s">
         <v>26</v>
       </c>
       <c r="G70" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
-        <v>45954.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B71" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C71" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D71" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E71" t="s">
         <v>25</v>
       </c>
       <c r="F71" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G71" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H71" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
-        <v>45954.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B72" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C72" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D72" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E72" t="s">
         <v>25</v>
       </c>
       <c r="F72" t="s">
         <v>26</v>
       </c>
       <c r="G72" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>45954.0</v>
       </c>
       <c r="B73" t="s">
         <v>31</v>
       </c>
       <c r="C73" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D73" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E73" t="s">
         <v>25</v>
       </c>
       <c r="F73" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H73" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>45957.0</v>
       </c>
       <c r="B74" t="s">
         <v>36</v>
       </c>
       <c r="C74" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D74" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>37</v>
       </c>
       <c r="H74" t="s">
@@ -2703,233 +2703,233 @@
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>45960.0</v>
       </c>
       <c r="B85" t="s">
         <v>21</v>
       </c>
       <c r="C85" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D85" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E85" t="s">
         <v>22</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>23</v>
       </c>
       <c r="H85" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>45960.0</v>
       </c>
       <c r="B86" t="s">
         <v>21</v>
       </c>
       <c r="C86" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D86" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E86" t="s">
         <v>22</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>23</v>
       </c>
       <c r="H86" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>45960.0</v>
       </c>
       <c r="B87" t="s">
         <v>21</v>
       </c>
       <c r="C87" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D87" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E87" t="s">
         <v>25</v>
       </c>
       <c r="F87" t="s">
         <v>26</v>
       </c>
       <c r="G87" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H87" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>45960.0</v>
       </c>
       <c r="B88" t="s">
         <v>21</v>
       </c>
       <c r="C88" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D88" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E88" t="s">
         <v>25</v>
       </c>
       <c r="F88" t="s">
         <v>26</v>
       </c>
       <c r="G88" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H88" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>45960.0</v>
       </c>
       <c r="B89" t="s">
         <v>21</v>
       </c>
       <c r="C89" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D89" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E89" t="s">
         <v>25</v>
       </c>
       <c r="F89" t="s">
         <v>26</v>
       </c>
       <c r="G89" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
-        <v>45961.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B90" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C90" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D90" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E90" t="s">
         <v>25</v>
       </c>
       <c r="F90" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G90" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H90" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
-        <v>45961.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B91" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C91" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D91" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E91" t="s">
         <v>25</v>
       </c>
       <c r="F91" t="s">
         <v>26</v>
       </c>
       <c r="G91" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>45961.0</v>
       </c>
       <c r="B92" t="s">
         <v>31</v>
       </c>
       <c r="C92" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D92" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E92" t="s">
         <v>25</v>
       </c>
       <c r="F92" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G92" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H92" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>45964.0</v>
       </c>
       <c r="B93" t="s">
         <v>36</v>
       </c>
       <c r="C93" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D93" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E93" t="s">
         <v>9</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>37</v>
       </c>
       <c r="H93" t="s">
@@ -3191,233 +3191,233 @@
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>45967.0</v>
       </c>
       <c r="B104" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D104" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E104" t="s">
         <v>22</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>45967.0</v>
       </c>
       <c r="B105" t="s">
         <v>21</v>
       </c>
       <c r="C105" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D105" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E105" t="s">
         <v>22</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>45967.0</v>
       </c>
       <c r="B106" t="s">
         <v>21</v>
       </c>
       <c r="C106" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D106" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E106" t="s">
         <v>25</v>
       </c>
       <c r="F106" t="s">
         <v>26</v>
       </c>
       <c r="G106" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>45967.0</v>
       </c>
       <c r="B107" t="s">
         <v>21</v>
       </c>
       <c r="C107" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D107" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E107" t="s">
         <v>25</v>
       </c>
       <c r="F107" t="s">
         <v>26</v>
       </c>
       <c r="G107" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H107" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>45967.0</v>
       </c>
       <c r="B108" t="s">
         <v>21</v>
       </c>
       <c r="C108" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D108" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E108" t="s">
         <v>25</v>
       </c>
       <c r="F108" t="s">
         <v>26</v>
       </c>
       <c r="G108" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H108" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
-        <v>45968.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B109" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C109" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D109" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E109" t="s">
         <v>25</v>
       </c>
       <c r="F109" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G109" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H109" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
-        <v>45968.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B110" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C110" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D110" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E110" t="s">
         <v>25</v>
       </c>
       <c r="F110" t="s">
         <v>26</v>
       </c>
       <c r="G110" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>45968.0</v>
       </c>
       <c r="B111" t="s">
         <v>31</v>
       </c>
       <c r="C111" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D111" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E111" t="s">
         <v>25</v>
       </c>
       <c r="F111" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H111" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>45973.0</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" s="2">
         <v>0.67013888888889</v>
       </c>
       <c r="D112" s="2">
         <v>0.73263888888889</v>
       </c>
       <c r="E112" t="s">
         <v>9</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
@@ -3959,233 +3959,233 @@
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>45981.0</v>
       </c>
       <c r="B134" t="s">
         <v>21</v>
       </c>
       <c r="C134" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D134" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E134" t="s">
         <v>22</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>23</v>
       </c>
       <c r="H134" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>45981.0</v>
       </c>
       <c r="B135" t="s">
         <v>21</v>
       </c>
       <c r="C135" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D135" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E135" t="s">
         <v>22</v>
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135" t="s">
         <v>23</v>
       </c>
       <c r="H135" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>45981.0</v>
       </c>
       <c r="B136" t="s">
         <v>21</v>
       </c>
       <c r="C136" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D136" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E136" t="s">
         <v>25</v>
       </c>
       <c r="F136" t="s">
         <v>26</v>
       </c>
       <c r="G136" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H136" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>45981.0</v>
       </c>
       <c r="B137" t="s">
         <v>21</v>
       </c>
       <c r="C137" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D137" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E137" t="s">
         <v>25</v>
       </c>
       <c r="F137" t="s">
         <v>26</v>
       </c>
       <c r="G137" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H137" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>45981.0</v>
       </c>
       <c r="B138" t="s">
         <v>21</v>
       </c>
       <c r="C138" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D138" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E138" t="s">
         <v>25</v>
       </c>
       <c r="F138" t="s">
         <v>26</v>
       </c>
       <c r="G138" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B139" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C139" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D139" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E139" t="s">
         <v>25</v>
       </c>
       <c r="F139" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G139" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H139" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B140" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C140" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D140" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E140" t="s">
         <v>25</v>
       </c>
       <c r="F140" t="s">
         <v>26</v>
       </c>
       <c r="G140" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>45982.0</v>
       </c>
       <c r="B141" t="s">
         <v>31</v>
       </c>
       <c r="C141" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D141" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E141" t="s">
         <v>25</v>
       </c>
       <c r="F141" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G141" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H141" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>45985.0</v>
       </c>
       <c r="B142" t="s">
         <v>36</v>
       </c>
       <c r="C142" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D142" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E142" t="s">
         <v>9</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
         <v>37</v>
       </c>
       <c r="H142" t="s">
@@ -4447,233 +4447,233 @@
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>45988.0</v>
       </c>
       <c r="B153" t="s">
         <v>21</v>
       </c>
       <c r="C153" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D153" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E153" t="s">
         <v>22</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>45988.0</v>
       </c>
       <c r="B154" t="s">
         <v>21</v>
       </c>
       <c r="C154" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D154" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E154" t="s">
         <v>22</v>
       </c>
       <c r="F154" t="s">
         <v>10</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>45988.0</v>
       </c>
       <c r="B155" t="s">
         <v>21</v>
       </c>
       <c r="C155" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D155" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E155" t="s">
         <v>25</v>
       </c>
       <c r="F155" t="s">
         <v>26</v>
       </c>
       <c r="G155" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H155" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>45988.0</v>
       </c>
       <c r="B156" t="s">
         <v>21</v>
       </c>
       <c r="C156" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D156" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E156" t="s">
         <v>25</v>
       </c>
       <c r="F156" t="s">
         <v>26</v>
       </c>
       <c r="G156" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>45988.0</v>
       </c>
       <c r="B157" t="s">
         <v>21</v>
       </c>
       <c r="C157" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D157" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E157" t="s">
         <v>25</v>
       </c>
       <c r="F157" t="s">
         <v>26</v>
       </c>
       <c r="G157" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H157" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
-        <v>45989.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B158" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C158" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D158" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E158" t="s">
         <v>25</v>
       </c>
       <c r="F158" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G158" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H158" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
-        <v>45989.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B159" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C159" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D159" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E159" t="s">
         <v>25</v>
       </c>
       <c r="F159" t="s">
         <v>26</v>
       </c>
       <c r="G159" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H159" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>45989.0</v>
       </c>
       <c r="B160" t="s">
         <v>31</v>
       </c>
       <c r="C160" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D160" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E160" t="s">
         <v>25</v>
       </c>
       <c r="F160" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G160" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H160" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>45992.0</v>
       </c>
       <c r="B161" t="s">
         <v>36</v>
       </c>
       <c r="C161" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D161" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E161" t="s">
         <v>9</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>37</v>
       </c>
       <c r="H161" t="s">
@@ -4935,233 +4935,233 @@
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>45995.0</v>
       </c>
       <c r="B172" t="s">
         <v>21</v>
       </c>
       <c r="C172" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D172" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E172" t="s">
         <v>22</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>23</v>
       </c>
       <c r="H172" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>45995.0</v>
       </c>
       <c r="B173" t="s">
         <v>21</v>
       </c>
       <c r="C173" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D173" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E173" t="s">
         <v>22</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
         <v>45995.0</v>
       </c>
       <c r="B174" t="s">
         <v>21</v>
       </c>
       <c r="C174" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D174" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E174" t="s">
         <v>25</v>
       </c>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H174" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
         <v>45995.0</v>
       </c>
       <c r="B175" t="s">
         <v>21</v>
       </c>
       <c r="C175" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D175" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E175" t="s">
         <v>25</v>
       </c>
       <c r="F175" t="s">
         <v>26</v>
       </c>
       <c r="G175" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H175" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>45995.0</v>
       </c>
       <c r="B176" t="s">
         <v>21</v>
       </c>
       <c r="C176" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D176" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E176" t="s">
         <v>25</v>
       </c>
       <c r="F176" t="s">
         <v>26</v>
       </c>
       <c r="G176" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H176" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
-        <v>45996.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B177" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C177" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D177" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E177" t="s">
         <v>25</v>
       </c>
       <c r="F177" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G177" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H177" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
-        <v>45996.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B178" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C178" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D178" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E178" t="s">
         <v>25</v>
       </c>
       <c r="F178" t="s">
         <v>26</v>
       </c>
       <c r="G178" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>45996.0</v>
       </c>
       <c r="B179" t="s">
         <v>31</v>
       </c>
       <c r="C179" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D179" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E179" t="s">
         <v>25</v>
       </c>
       <c r="F179" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G179" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H179" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>45999.0</v>
       </c>
       <c r="B180" t="s">
         <v>36</v>
       </c>
       <c r="C180" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D180" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E180" t="s">
         <v>9</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
         <v>37</v>
       </c>
       <c r="H180" t="s">
@@ -5423,233 +5423,233 @@
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>46002.0</v>
       </c>
       <c r="B191" t="s">
         <v>21</v>
       </c>
       <c r="C191" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D191" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E191" t="s">
         <v>22</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>23</v>
       </c>
       <c r="H191" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>46002.0</v>
       </c>
       <c r="B192" t="s">
         <v>21</v>
       </c>
       <c r="C192" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D192" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E192" t="s">
         <v>22</v>
       </c>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192" t="s">
         <v>23</v>
       </c>
       <c r="H192" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>46002.0</v>
       </c>
       <c r="B193" t="s">
         <v>21</v>
       </c>
       <c r="C193" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D193" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E193" t="s">
         <v>25</v>
       </c>
       <c r="F193" t="s">
         <v>26</v>
       </c>
       <c r="G193" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>46002.0</v>
       </c>
       <c r="B194" t="s">
         <v>21</v>
       </c>
       <c r="C194" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D194" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E194" t="s">
         <v>25</v>
       </c>
       <c r="F194" t="s">
         <v>26</v>
       </c>
       <c r="G194" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>46002.0</v>
       </c>
       <c r="B195" t="s">
         <v>21</v>
       </c>
       <c r="C195" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D195" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E195" t="s">
         <v>25</v>
       </c>
       <c r="F195" t="s">
         <v>26</v>
       </c>
       <c r="G195" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H195" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
-        <v>46003.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B196" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C196" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D196" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E196" t="s">
         <v>25</v>
       </c>
       <c r="F196" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G196" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H196" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
-        <v>46003.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B197" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C197" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D197" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E197" t="s">
         <v>25</v>
       </c>
       <c r="F197" t="s">
         <v>26</v>
       </c>
       <c r="G197" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H197" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>46003.0</v>
       </c>
       <c r="B198" t="s">
         <v>31</v>
       </c>
       <c r="C198" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D198" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E198" t="s">
         <v>25</v>
       </c>
       <c r="F198" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G198" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H198" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>46006.0</v>
       </c>
       <c r="B199" t="s">
         <v>36</v>
       </c>
       <c r="C199" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D199" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E199" t="s">
         <v>9</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>37</v>
       </c>
       <c r="H199" t="s">
@@ -5911,461 +5911,461 @@
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>46009.0</v>
       </c>
       <c r="B210" t="s">
         <v>21</v>
       </c>
       <c r="C210" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D210" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E210" t="s">
         <v>22</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
         <v>23</v>
       </c>
       <c r="H210" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>46009.0</v>
       </c>
       <c r="B211" t="s">
         <v>21</v>
       </c>
       <c r="C211" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D211" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E211" t="s">
         <v>22</v>
       </c>
       <c r="F211" t="s">
         <v>10</v>
       </c>
       <c r="G211" t="s">
         <v>23</v>
       </c>
       <c r="H211" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>46009.0</v>
       </c>
       <c r="B212" t="s">
         <v>21</v>
       </c>
       <c r="C212" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D212" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E212" t="s">
         <v>25</v>
       </c>
       <c r="F212" t="s">
         <v>26</v>
       </c>
       <c r="G212" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H212" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>46009.0</v>
       </c>
       <c r="B213" t="s">
         <v>21</v>
       </c>
       <c r="C213" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D213" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E213" t="s">
         <v>25</v>
       </c>
       <c r="F213" t="s">
         <v>26</v>
       </c>
       <c r="G213" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H213" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>46009.0</v>
       </c>
       <c r="B214" t="s">
         <v>21</v>
       </c>
       <c r="C214" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D214" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E214" t="s">
         <v>25</v>
       </c>
       <c r="F214" t="s">
         <v>26</v>
       </c>
       <c r="G214" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H214" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
-        <v>46010.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B215" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C215" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D215" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E215" t="s">
         <v>25</v>
       </c>
       <c r="F215" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G215" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H215" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
-        <v>46010.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B216" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C216" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D216" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E216" t="s">
         <v>25</v>
       </c>
       <c r="F216" t="s">
         <v>26</v>
       </c>
       <c r="G216" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>46010.0</v>
       </c>
       <c r="B217" t="s">
         <v>31</v>
       </c>
       <c r="C217" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D217" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E217" t="s">
         <v>25</v>
       </c>
       <c r="F217" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G217" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H217" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>46029.0</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="D218" s="2">
         <v>0.5</v>
       </c>
       <c r="E218" t="s">
         <v>44</v>
       </c>
       <c r="F218" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>46030.0</v>
       </c>
       <c r="B219" t="s">
         <v>21</v>
       </c>
       <c r="C219" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D219" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E219" t="s">
         <v>22</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
         <v>23</v>
       </c>
       <c r="H219" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>46030.0</v>
       </c>
       <c r="B220" t="s">
         <v>21</v>
       </c>
       <c r="C220" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D220" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E220" t="s">
         <v>22</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" t="s">
         <v>23</v>
       </c>
       <c r="H220" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>46030.0</v>
       </c>
       <c r="B221" t="s">
         <v>21</v>
       </c>
       <c r="C221" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D221" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E221" t="s">
         <v>25</v>
       </c>
       <c r="F221" t="s">
         <v>26</v>
       </c>
       <c r="G221" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>46030.0</v>
       </c>
       <c r="B222" t="s">
         <v>21</v>
       </c>
       <c r="C222" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D222" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E222" t="s">
         <v>25</v>
       </c>
       <c r="F222" t="s">
         <v>26</v>
       </c>
       <c r="G222" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>46030.0</v>
       </c>
       <c r="B223" t="s">
         <v>21</v>
       </c>
       <c r="C223" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D223" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E223" t="s">
         <v>25</v>
       </c>
       <c r="F223" t="s">
         <v>26</v>
       </c>
       <c r="G223" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B224" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C224" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D224" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E224" t="s">
         <v>25</v>
       </c>
       <c r="F224" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G224" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H224" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B225" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C225" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D225" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E225" t="s">
         <v>25</v>
       </c>
       <c r="F225" t="s">
         <v>26</v>
       </c>
       <c r="G225" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1">
         <v>46031.0</v>
       </c>
       <c r="B226" t="s">
         <v>31</v>
       </c>
       <c r="C226" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D226" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E226" t="s">
         <v>25</v>
       </c>
       <c r="F226" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G226" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H226" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1">
         <v>46034.0</v>
       </c>
       <c r="B227" t="s">
         <v>36</v>
       </c>
       <c r="C227" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D227" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E227" t="s">
         <v>9</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>37</v>
       </c>
       <c r="H227" t="s">
@@ -6627,233 +6627,233 @@
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>46037.0</v>
       </c>
       <c r="B238" t="s">
         <v>21</v>
       </c>
       <c r="C238" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D238" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E238" t="s">
         <v>22</v>
       </c>
       <c r="F238" t="s">
         <v>16</v>
       </c>
       <c r="G238" t="s">
         <v>23</v>
       </c>
       <c r="H238" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>46037.0</v>
       </c>
       <c r="B239" t="s">
         <v>21</v>
       </c>
       <c r="C239" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D239" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E239" t="s">
         <v>22</v>
       </c>
       <c r="F239" t="s">
         <v>10</v>
       </c>
       <c r="G239" t="s">
         <v>23</v>
       </c>
       <c r="H239" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>46037.0</v>
       </c>
       <c r="B240" t="s">
         <v>21</v>
       </c>
       <c r="C240" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D240" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E240" t="s">
         <v>25</v>
       </c>
       <c r="F240" t="s">
         <v>26</v>
       </c>
       <c r="G240" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H240" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>46037.0</v>
       </c>
       <c r="B241" t="s">
         <v>21</v>
       </c>
       <c r="C241" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D241" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E241" t="s">
         <v>25</v>
       </c>
       <c r="F241" t="s">
         <v>26</v>
       </c>
       <c r="G241" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H241" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>46037.0</v>
       </c>
       <c r="B242" t="s">
         <v>21</v>
       </c>
       <c r="C242" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D242" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E242" t="s">
         <v>25</v>
       </c>
       <c r="F242" t="s">
         <v>26</v>
       </c>
       <c r="G242" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H242" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B243" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C243" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D243" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E243" t="s">
         <v>25</v>
       </c>
       <c r="F243" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G243" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H243" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B244" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C244" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D244" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E244" t="s">
         <v>25</v>
       </c>
       <c r="F244" t="s">
         <v>26</v>
       </c>
       <c r="G244" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H244" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1">
         <v>46038.0</v>
       </c>
       <c r="B245" t="s">
         <v>31</v>
       </c>
       <c r="C245" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D245" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E245" t="s">
         <v>25</v>
       </c>
       <c r="F245" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G245" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H245" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>46041.0</v>
       </c>
       <c r="B246" t="s">
         <v>36</v>
       </c>
       <c r="C246" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D246" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E246" t="s">
         <v>9</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>37</v>
       </c>
       <c r="H246" t="s">
@@ -7115,233 +7115,233 @@
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>46044.0</v>
       </c>
       <c r="B257" t="s">
         <v>21</v>
       </c>
       <c r="C257" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D257" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E257" t="s">
         <v>22</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
         <v>23</v>
       </c>
       <c r="H257" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>46044.0</v>
       </c>
       <c r="B258" t="s">
         <v>21</v>
       </c>
       <c r="C258" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D258" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E258" t="s">
         <v>22</v>
       </c>
       <c r="F258" t="s">
         <v>10</v>
       </c>
       <c r="G258" t="s">
         <v>23</v>
       </c>
       <c r="H258" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>46044.0</v>
       </c>
       <c r="B259" t="s">
         <v>21</v>
       </c>
       <c r="C259" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D259" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E259" t="s">
         <v>25</v>
       </c>
       <c r="F259" t="s">
         <v>26</v>
       </c>
       <c r="G259" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H259" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1">
         <v>46044.0</v>
       </c>
       <c r="B260" t="s">
         <v>21</v>
       </c>
       <c r="C260" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D260" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E260" t="s">
         <v>25</v>
       </c>
       <c r="F260" t="s">
         <v>26</v>
       </c>
       <c r="G260" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H260" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>46044.0</v>
       </c>
       <c r="B261" t="s">
         <v>21</v>
       </c>
       <c r="C261" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D261" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E261" t="s">
         <v>25</v>
       </c>
       <c r="F261" t="s">
         <v>26</v>
       </c>
       <c r="G261" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H261" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B262" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C262" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D262" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E262" t="s">
         <v>25</v>
       </c>
       <c r="F262" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G262" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H262" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B263" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C263" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D263" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E263" t="s">
         <v>25</v>
       </c>
       <c r="F263" t="s">
         <v>26</v>
       </c>
       <c r="G263" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H263" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>46045.0</v>
       </c>
       <c r="B264" t="s">
         <v>31</v>
       </c>
       <c r="C264" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D264" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E264" t="s">
         <v>25</v>
       </c>
       <c r="F264" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G264" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H264" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>46048.0</v>
       </c>
       <c r="B265" t="s">
         <v>36</v>
       </c>
       <c r="C265" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D265" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E265" t="s">
         <v>9</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>37</v>
       </c>
       <c r="H265" t="s">
@@ -7603,233 +7603,233 @@
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>46051.0</v>
       </c>
       <c r="B276" t="s">
         <v>21</v>
       </c>
       <c r="C276" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D276" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E276" t="s">
         <v>22</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>23</v>
       </c>
       <c r="H276" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>46051.0</v>
       </c>
       <c r="B277" t="s">
         <v>21</v>
       </c>
       <c r="C277" s="2">
         <v>0.70138888888889</v>
       </c>
       <c r="D277" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="E277" t="s">
         <v>22</v>
       </c>
       <c r="F277" t="s">
         <v>10</v>
       </c>
       <c r="G277" t="s">
         <v>23</v>
       </c>
       <c r="H277" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
         <v>46051.0</v>
       </c>
       <c r="B278" t="s">
         <v>21</v>
       </c>
       <c r="C278" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D278" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E278" t="s">
         <v>25</v>
       </c>
       <c r="F278" t="s">
         <v>26</v>
       </c>
       <c r="G278" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H278" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>46051.0</v>
       </c>
       <c r="B279" t="s">
         <v>21</v>
       </c>
       <c r="C279" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D279" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E279" t="s">
         <v>25</v>
       </c>
       <c r="F279" t="s">
         <v>26</v>
       </c>
       <c r="G279" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H279" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>46051.0</v>
       </c>
       <c r="B280" t="s">
         <v>21</v>
       </c>
       <c r="C280" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="D280" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E280" t="s">
         <v>25</v>
       </c>
       <c r="F280" t="s">
         <v>26</v>
       </c>
       <c r="G280" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H280" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B281" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C281" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D281" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E281" t="s">
         <v>25</v>
       </c>
       <c r="F281" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G281" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H281" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B282" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="C282" s="2">
-        <v>0.70138888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="D282" s="2">
-        <v>0.76388888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E282" t="s">
         <v>25</v>
       </c>
       <c r="F282" t="s">
         <v>26</v>
       </c>
       <c r="G282" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1">
         <v>46052.0</v>
       </c>
       <c r="B283" t="s">
         <v>31</v>
       </c>
       <c r="C283" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="D283" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E283" t="s">
         <v>25</v>
       </c>
       <c r="F283" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G283" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="H283" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1">
         <v>46055.0</v>
       </c>
       <c r="B284" t="s">
         <v>36</v>
       </c>
       <c r="C284" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="D284" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E284" t="s">
         <v>9</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
         <v>37</v>
       </c>
       <c r="H284" t="s">