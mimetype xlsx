--- v1 (2025-11-17)
+++ v2 (2026-02-17)
@@ -12,232 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...112 lines deleted...]
-    <t>I</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -501,7413 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I286"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D286" sqref="D286"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...7318 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>