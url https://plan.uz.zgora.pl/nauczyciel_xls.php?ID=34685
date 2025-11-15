--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -399,598 +399,437 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D23" sqref="D23"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45931.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>0.46875</v>
       </c>
       <c r="D2" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45938.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>0.46875</v>
       </c>
       <c r="D3" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45945.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>0.46875</v>
       </c>
       <c r="D4" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>45952.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
         <v>0.46875</v>
       </c>
       <c r="D5" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>45959.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
         <v>0.46875</v>
       </c>
       <c r="D6" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>45966.0</v>
+        <v>46015.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
         <v>0.46875</v>
       </c>
       <c r="D7" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>45973.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
         <v>0.46875</v>
       </c>
       <c r="D8" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>45980.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
         <v>0.46875</v>
       </c>
       <c r="D9" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>45987.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
         <v>0.46875</v>
       </c>
       <c r="D10" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
-        <v>45994.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="2">
         <v>0.46875</v>
       </c>
       <c r="D11" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="H11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
-        <v>46001.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="2">
         <v>0.46875</v>
       </c>
       <c r="D12" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="H12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
-        <v>46008.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="2">
         <v>0.46875</v>
       </c>
       <c r="D13" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="H13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
-        <v>46015.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="2">
         <v>0.46875</v>
       </c>
       <c r="D14" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="H14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
-        <v>46022.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="2">
         <v>0.46875</v>
       </c>
       <c r="D15" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="H15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
-        <v>46029.0</v>
+        <v>46078.0</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2">
         <v>0.46875</v>
       </c>
       <c r="D16" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="H16" t="s">
-        <v>11</v>
-[...159 lines deleted...]
-      <c r="H23" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>