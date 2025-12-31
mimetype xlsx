--- v1 (2025-11-15)
+++ v2 (2025-12-31)
@@ -399,437 +399,299 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="1">
-        <v>45980.0</v>
+        <v>46022.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>0.46875</v>
       </c>
       <c r="D2" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="H2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="1">
-        <v>45987.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="2">
         <v>0.46875</v>
       </c>
       <c r="D3" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="H3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="1">
-        <v>45994.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="2">
         <v>0.46875</v>
       </c>
       <c r="D4" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="H4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
-        <v>46001.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="2">
         <v>0.46875</v>
       </c>
       <c r="D5" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="H5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
-        <v>46008.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="2">
         <v>0.46875</v>
       </c>
       <c r="D6" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="H6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
-        <v>46015.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="2">
         <v>0.46875</v>
       </c>
       <c r="D7" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="H7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
-        <v>46022.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="2">
         <v>0.46875</v>
       </c>
       <c r="D8" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="H8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
-        <v>46029.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="2">
         <v>0.46875</v>
       </c>
       <c r="D9" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="H9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
-        <v>46036.0</v>
+        <v>46078.0</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2">
         <v>0.46875</v>
       </c>
       <c r="D10" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="H10" t="s">
-        <v>11</v>
-[...136 lines deleted...]
-      <c r="H16" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>