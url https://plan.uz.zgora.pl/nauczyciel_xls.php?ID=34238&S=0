--- v0 (2025-10-20)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -105,50 +105,53 @@
     <t>Przedmiot do wyboru: Podstawy teatrologii a dramat amerykański</t>
   </si>
   <si>
     <t>21F-ANG-ND24</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Praca z tekstem (pisanie i czytanie)</t>
   </si>
   <si>
     <t>11F-ANG-SD25/K1</t>
   </si>
   <si>
     <t>105 A-20</t>
   </si>
   <si>
     <t>11F-ANG-SD25</t>
   </si>
   <si>
     <t>Seminarium magisterskie III</t>
   </si>
   <si>
     <t>S</t>
+  </si>
+  <si>
+    <t>9 A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>112 A-20</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Aula I A-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -1215,51 +1218,51 @@
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>45951.0</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="2">
         <v>0.40625</v>
       </c>
       <c r="D28" s="2">
         <v>0.46875</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>26</v>
       </c>
       <c r="H28" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>45951.0</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D29" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>28</v>
       </c>
       <c r="H29" t="s">
@@ -1501,51 +1504,51 @@
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
         <v>45958.0</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="2">
         <v>0.40625</v>
       </c>
       <c r="D39" s="2">
         <v>0.46875</v>
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>26</v>
       </c>
       <c r="H39" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>45958.0</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D40" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>14</v>
       </c>
       <c r="G40" t="s">
         <v>28</v>
       </c>
       <c r="H40" t="s">
@@ -1709,51 +1712,51 @@
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>45965.0</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" s="2">
         <v>0.40625</v>
       </c>
       <c r="D47" s="2">
         <v>0.46875</v>
       </c>
       <c r="E47" t="s">
         <v>25</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>26</v>
       </c>
       <c r="H47" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>45965.0</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D48" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>28</v>
       </c>
       <c r="H48" t="s">
@@ -1899,147 +1902,147 @@
       </c>
       <c r="C54" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D54" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E54" t="s">
         <v>16</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>18</v>
       </c>
       <c r="H54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>45975.0</v>
       </c>
       <c r="B55" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C55" s="2">
         <v>0.40625</v>
       </c>
       <c r="D55" s="2">
         <v>0.46875</v>
       </c>
       <c r="E55" t="s">
         <v>25</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>26</v>
       </c>
       <c r="H55" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
         <v>45975.0</v>
       </c>
       <c r="B56" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C56" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D56" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56" t="s">
         <v>28</v>
       </c>
       <c r="H56" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
         <v>45975.0</v>
       </c>
       <c r="B57" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C57" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D57" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E57" t="s">
         <v>22</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57" t="s">
         <v>15</v>
       </c>
       <c r="H57" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
         <v>45975.0</v>
       </c>
       <c r="B58" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C58" s="2">
         <v>0.625</v>
       </c>
       <c r="D58" s="2">
         <v>0.6875</v>
       </c>
       <c r="E58" t="s">
         <v>29</v>
       </c>
       <c r="F58" t="s">
         <v>30</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>45976.0</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="2">
         <v>0.40625</v>
       </c>
       <c r="D59" s="2">
         <v>0.46875</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59" t="s">
         <v>21</v>
       </c>
       <c r="H59" t="s">
@@ -2099,51 +2102,51 @@
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>45979.0</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" s="2">
         <v>0.40625</v>
       </c>
       <c r="D62" s="2">
         <v>0.46875</v>
       </c>
       <c r="E62" t="s">
         <v>25</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>26</v>
       </c>
       <c r="H62" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>45979.0</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D63" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>28</v>
       </c>
       <c r="H63" t="s">
@@ -2385,51 +2388,51 @@
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>45986.0</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" s="2">
         <v>0.40625</v>
       </c>
       <c r="D73" s="2">
         <v>0.46875</v>
       </c>
       <c r="E73" t="s">
         <v>25</v>
       </c>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="G73" t="s">
         <v>26</v>
       </c>
       <c r="H73" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>45986.0</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D74" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74" t="s">
         <v>28</v>
       </c>
       <c r="H74" t="s">
@@ -2593,51 +2596,51 @@
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>45993.0</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" s="2">
         <v>0.40625</v>
       </c>
       <c r="D81" s="2">
         <v>0.46875</v>
       </c>
       <c r="E81" t="s">
         <v>25</v>
       </c>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="G81" t="s">
         <v>26</v>
       </c>
       <c r="H81" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>45993.0</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D82" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82" t="s">
         <v>28</v>
       </c>
       <c r="H82" t="s">
@@ -2879,51 +2882,51 @@
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>46000.0</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" s="2">
         <v>0.40625</v>
       </c>
       <c r="D92" s="2">
         <v>0.46875</v>
       </c>
       <c r="E92" t="s">
         <v>25</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
         <v>26</v>
       </c>
       <c r="H92" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>46000.0</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D93" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>14</v>
       </c>
       <c r="G93" t="s">
         <v>28</v>
       </c>
       <c r="H93" t="s">
@@ -3165,51 +3168,51 @@
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
         <v>46007.0</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" s="2">
         <v>0.40625</v>
       </c>
       <c r="D103" s="2">
         <v>0.46875</v>
       </c>
       <c r="E103" t="s">
         <v>25</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103" t="s">
         <v>26</v>
       </c>
       <c r="H103" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>46007.0</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D104" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>14</v>
       </c>
       <c r="G104" t="s">
         <v>28</v>
       </c>
       <c r="H104" t="s">
@@ -3355,129 +3358,129 @@
       </c>
       <c r="C110" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D110" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E110" t="s">
         <v>16</v>
       </c>
       <c r="F110" t="s">
         <v>14</v>
       </c>
       <c r="G110" t="s">
         <v>18</v>
       </c>
       <c r="H110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>46029.0</v>
       </c>
       <c r="B111" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C111" s="2">
         <v>0.40625</v>
       </c>
       <c r="D111" s="2">
         <v>0.46875</v>
       </c>
       <c r="E111" t="s">
         <v>25</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111" t="s">
         <v>26</v>
       </c>
       <c r="H111" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>46029.0</v>
       </c>
       <c r="B112" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C112" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D112" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>14</v>
       </c>
       <c r="G112" t="s">
         <v>28</v>
       </c>
       <c r="H112" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>46029.0</v>
       </c>
       <c r="B113" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C113" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D113" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E113" t="s">
         <v>22</v>
       </c>
       <c r="F113" t="s">
         <v>14</v>
       </c>
       <c r="G113" t="s">
         <v>15</v>
       </c>
       <c r="H113" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>46029.0</v>
       </c>
       <c r="B114" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C114" s="2">
         <v>0.625</v>
       </c>
       <c r="D114" s="2">
         <v>0.6875</v>
       </c>
       <c r="E114" t="s">
         <v>29</v>
       </c>
       <c r="F114" t="s">
         <v>30</v>
       </c>
       <c r="G114" t="s">
         <v>15</v>
       </c>
       <c r="H114" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>46030.0</v>
       </c>
       <c r="B115" t="s">
@@ -3659,51 +3662,51 @@
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>46035.0</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" s="2">
         <v>0.40625</v>
       </c>
       <c r="D122" s="2">
         <v>0.46875</v>
       </c>
       <c r="E122" t="s">
         <v>25</v>
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="G122" t="s">
         <v>26</v>
       </c>
       <c r="H122" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>46035.0</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D123" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>14</v>
       </c>
       <c r="G123" t="s">
         <v>28</v>
       </c>
       <c r="H123" t="s">
@@ -3867,51 +3870,51 @@
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>46042.0</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" s="2">
         <v>0.40625</v>
       </c>
       <c r="D130" s="2">
         <v>0.46875</v>
       </c>
       <c r="E130" t="s">
         <v>25</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="G130" t="s">
         <v>26</v>
       </c>
       <c r="H130" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
         <v>46042.0</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D131" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>14</v>
       </c>
       <c r="G131" t="s">
         <v>28</v>
       </c>
       <c r="H131" t="s">
@@ -4153,51 +4156,51 @@
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>46049.0</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" s="2">
         <v>0.40625</v>
       </c>
       <c r="D141" s="2">
         <v>0.46875</v>
       </c>
       <c r="E141" t="s">
         <v>25</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
         <v>26</v>
       </c>
       <c r="H141" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>46049.0</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D142" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>14</v>
       </c>
       <c r="G142" t="s">
         <v>28</v>
       </c>
       <c r="H142" t="s">
@@ -4343,147 +4346,147 @@
       </c>
       <c r="C148" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="D148" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E148" t="s">
         <v>16</v>
       </c>
       <c r="F148" t="s">
         <v>14</v>
       </c>
       <c r="G148" t="s">
         <v>18</v>
       </c>
       <c r="H148" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>46057.0</v>
       </c>
       <c r="B149" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C149" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D149" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E149" t="s">
         <v>16</v>
       </c>
       <c r="F149" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G149" t="s">
         <v>17</v>
       </c>
       <c r="H149" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>46057.0</v>
       </c>
       <c r="B150" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C150" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D150" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E150" t="s">
         <v>16</v>
       </c>
       <c r="F150" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G150" t="s">
         <v>18</v>
       </c>
       <c r="H150" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>46080.0</v>
       </c>
       <c r="B151" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C151" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D151" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E151" t="s">
         <v>16</v>
       </c>
       <c r="F151" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G151" t="s">
         <v>17</v>
       </c>
       <c r="H151" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>46080.0</v>
       </c>
       <c r="B152" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C152" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D152" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E152" t="s">
         <v>16</v>
       </c>
       <c r="F152" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G152" t="s">
         <v>18</v>
       </c>
       <c r="H152" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>