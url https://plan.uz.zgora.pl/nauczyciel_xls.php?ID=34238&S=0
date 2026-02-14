--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -12,205 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...85 lines deleted...]
-    <t>Aula I A-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,4019 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I152"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D152" sqref="D152"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...3924 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>