--- v0 (2025-10-03)
+++ v1 (2026-01-05)
@@ -12,95 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Podstawy nagrań i montażu dźwięku</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>21EAwZSM-SD</t>
   </si>
   <si>
     <t>05 A-15; 05a A-15</t>
   </si>
   <si>
     <t>Praca w studio nagrań</t>
   </si>
   <si>
     <t>11EAwZSM-SD; 21EAwZSM-SD</t>
+  </si>
+  <si>
+    <t>05a A-15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1022,649 +1025,649 @@
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>45988.0</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2">
         <v>0.40625</v>
       </c>
       <c r="D23" s="2">
         <v>0.4375</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
         <v>45988.0</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D24" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E24" t="s">
         <v>13</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
         <v>45988.0</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D25" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E25" t="s">
         <v>13</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
         <v>45995.0</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="2">
         <v>0.40625</v>
       </c>
       <c r="D26" s="2">
         <v>0.4375</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
         <v>45995.0</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D27" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E27" t="s">
         <v>13</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>45995.0</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D28" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E28" t="s">
         <v>13</v>
       </c>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>46002.0</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="2">
         <v>0.40625</v>
       </c>
       <c r="D29" s="2">
         <v>0.4375</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>46002.0</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D30" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E30" t="s">
         <v>13</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>46002.0</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D31" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E31" t="s">
         <v>13</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
         <v>46009.0</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="2">
         <v>0.40625</v>
       </c>
       <c r="D32" s="2">
         <v>0.4375</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
         <v>46009.0</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D33" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E33" t="s">
         <v>13</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
         <v>46009.0</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D34" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E34" t="s">
         <v>13</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
         <v>46030.0</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="2">
         <v>0.40625</v>
       </c>
       <c r="D35" s="2">
         <v>0.4375</v>
       </c>
       <c r="E35" t="s">
         <v>9</v>
       </c>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35" t="s">
         <v>11</v>
       </c>
       <c r="H35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
         <v>46030.0</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D36" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E36" t="s">
         <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
         <v>46030.0</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D37" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E37" t="s">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
         <v>46037.0</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="2">
         <v>0.40625</v>
       </c>
       <c r="D38" s="2">
         <v>0.4375</v>
       </c>
       <c r="E38" t="s">
         <v>9</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
       <c r="H38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
         <v>46037.0</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D39" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E39" t="s">
         <v>13</v>
       </c>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>46037.0</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D40" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E40" t="s">
         <v>13</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>46044.0</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="2">
         <v>0.40625</v>
       </c>
       <c r="D41" s="2">
         <v>0.4375</v>
       </c>
       <c r="E41" t="s">
         <v>9</v>
       </c>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>46044.0</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D42" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E42" t="s">
         <v>13</v>
       </c>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
         <v>46044.0</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D43" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E43" t="s">
         <v>13</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
         <v>46051.0</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="2">
         <v>0.40625</v>
       </c>
       <c r="D44" s="2">
         <v>0.4375</v>
       </c>
       <c r="E44" t="s">
         <v>9</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
         <v>46051.0</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="D45" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="E45" t="s">
         <v>13</v>
       </c>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
         <v>46051.0</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="D46" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E46" t="s">
         <v>13</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>