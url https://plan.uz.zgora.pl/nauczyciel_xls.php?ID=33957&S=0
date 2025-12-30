--- v0 (2025-10-17)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>21IiE-SP</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Algorithmical Methods/Metody algorytmiczne</t>
   </si>
   <si>
     <t>21IiE-SD</t>
   </si>
   <si>
     <t>112 A-29</t>
   </si>
   <si>
     <t>203 A-29</t>
   </si>
   <si>
     <t>209 A-29</t>
   </si>
   <si>
     <t>Konsultacje</t>
   </si>
   <si>
     <t>509 A-29</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -504,54 +507,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I244"/>
+  <dimension ref="A1:I252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D244" sqref="D244"/>
+      <selection activeCell="D252" sqref="D252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3552,868 +3555,868 @@
       </c>
       <c r="D120" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E120" t="s">
         <v>37</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
         <v>38</v>
       </c>
       <c r="H120" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>45986.0</v>
       </c>
       <c r="B121" t="s">
         <v>39</v>
       </c>
       <c r="C121" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D121" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E121" t="s">
         <v>40</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
         <v>41</v>
       </c>
       <c r="H121" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>45986.0</v>
       </c>
       <c r="B122" t="s">
         <v>39</v>
       </c>
       <c r="C122" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D122" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E122" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="H122" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B123" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="C123" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D123" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E123" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F123" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H123" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>45987.0</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D124" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E124" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F124" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G124" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>45987.0</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D125" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E125" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F125" t="s">
-        <v>18</v>
+        <v>14</v>
+      </c>
+      <c r="G125" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>45987.0</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" s="2">
-        <v>0.68402777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="D126" s="2">
-        <v>0.74652777777778</v>
+        <v>0.59375</v>
       </c>
       <c r="E126" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F126" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>45987.0</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" s="2">
-        <v>0.82291666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="D127" s="2">
-        <v>0.88541666666667</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E127" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H127" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1">
-        <v>45988.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B128" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C128" s="2">
-        <v>0.38541666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D128" s="2">
-        <v>0.44791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E128" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F128" t="s">
-        <v>18</v>
+        <v>24</v>
+      </c>
+      <c r="G128" t="s">
+        <v>25</v>
       </c>
       <c r="H128" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>45988.0</v>
       </c>
       <c r="B129" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D129" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E129" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F129" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H129" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>45988.0</v>
       </c>
       <c r="B130" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="2">
-        <v>0.52430555555556</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D130" s="2">
-        <v>0.56597222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E130" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="F130" t="s">
-        <v>18</v>
+        <v>10</v>
+      </c>
+      <c r="G130" t="s">
+        <v>29</v>
       </c>
       <c r="H130" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
-        <v>45989.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B131" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="C131" s="2">
-        <v>0.36111111111111</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="D131" s="2">
-        <v>0.38194444444444</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="E131" t="s">
         <v>45</v>
       </c>
       <c r="F131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>45989.0</v>
       </c>
       <c r="B132" t="s">
         <v>31</v>
       </c>
       <c r="C132" s="2">
-        <v>0.38541666666667</v>
+        <v>0.36111111111111</v>
       </c>
       <c r="D132" s="2">
-        <v>0.44791666666667</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E132" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="F132" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="H132" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>45989.0</v>
       </c>
       <c r="B133" t="s">
         <v>31</v>
       </c>
       <c r="C133" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D133" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E133" t="s">
         <v>19</v>
       </c>
       <c r="F133" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G133" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H133" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>45989.0</v>
       </c>
       <c r="B134" t="s">
         <v>31</v>
       </c>
       <c r="C134" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D134" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E134" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="H134" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
-        <v>45992.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B135" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C135" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D135" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E135" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="H135" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>45992.0</v>
       </c>
       <c r="B136" t="s">
         <v>36</v>
       </c>
       <c r="C136" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D136" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E136" t="s">
         <v>37</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G136" t="s">
         <v>38</v>
       </c>
       <c r="H136" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B137" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C137" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D137" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E137" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H137" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>45993.0</v>
       </c>
       <c r="B138" t="s">
         <v>39</v>
       </c>
       <c r="C138" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="D138" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E138" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="H138" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B139" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="C139" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D139" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E139" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F139" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G139" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>45994.0</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D140" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E140" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F140" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G140" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H140" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>45994.0</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D141" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E141" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F141" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>45994.0</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="2">
-        <v>0.53125</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="D142" s="2">
-        <v>0.59375</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E142" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F142" t="s">
-        <v>18</v>
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>21</v>
+      </c>
+      <c r="H142" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>45994.0</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" s="2">
-        <v>0.68402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D143" s="2">
-        <v>0.74652777777778</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E143" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F143" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G143" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H143" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B144" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C144" s="2">
-        <v>0.82291666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D144" s="2">
-        <v>0.88541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E144" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F144" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H144" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>45995.0</v>
       </c>
       <c r="B145" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D145" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E145" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F145" t="s">
-        <v>18</v>
+        <v>10</v>
+      </c>
+      <c r="G145" t="s">
+        <v>29</v>
       </c>
       <c r="H145" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>45995.0</v>
       </c>
       <c r="B146" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="2">
-        <v>0.45833333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="D146" s="2">
-        <v>0.52083333333333</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="E146" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="H146" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B147" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C147" s="2">
-        <v>0.52430555555556</v>
+        <v>0.36111111111111</v>
       </c>
       <c r="D147" s="2">
-        <v>0.56597222222222</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E147" t="s">
         <v>45</v>
       </c>
       <c r="F147" t="s">
         <v>18</v>
       </c>
       <c r="H147" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>45996.0</v>
       </c>
       <c r="B148" t="s">
         <v>31</v>
       </c>
       <c r="C148" s="2">
-        <v>0.36111111111111</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D148" s="2">
-        <v>0.38194444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E148" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="F148" t="s">
-        <v>18</v>
+        <v>10</v>
+      </c>
+      <c r="G148" t="s">
+        <v>32</v>
       </c>
       <c r="H148" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>45996.0</v>
       </c>
       <c r="B149" t="s">
         <v>31</v>
       </c>
       <c r="C149" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D149" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E149" t="s">
         <v>19</v>
       </c>
       <c r="F149" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H149" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>45996.0</v>
       </c>
       <c r="B150" t="s">
         <v>31</v>
       </c>
       <c r="C150" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D150" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E150" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="H150" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B151" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C151" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D151" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E151" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H151" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>45999.0</v>
       </c>
       <c r="B152" t="s">
         <v>36</v>
       </c>
       <c r="C152" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D152" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E152" t="s">
         <v>37</v>
       </c>
       <c r="F152" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G152" t="s">
         <v>38</v>
       </c>
       <c r="H152" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B153" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C153" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D153" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E153" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F153" t="s">
         <v>10</v>
       </c>
       <c r="G153" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H153" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>46000.0</v>
       </c>
       <c r="B154" t="s">
         <v>39</v>
       </c>
       <c r="C154" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D154" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E154" t="s">
         <v>40</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
         <v>41</v>
       </c>
       <c r="H154" t="s">
@@ -6652,50 +6655,258 @@
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
         <v>46055.0</v>
       </c>
       <c r="B244" t="s">
         <v>36</v>
       </c>
       <c r="C244" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D244" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E244" t="s">
         <v>37</v>
       </c>
       <c r="F244" t="s">
         <v>10</v>
       </c>
       <c r="G244" t="s">
         <v>38</v>
       </c>
       <c r="H244" t="s">
         <v>12</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B245" t="s">
+        <v>39</v>
+      </c>
+      <c r="C245" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D245" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E245" t="s">
+        <v>19</v>
+      </c>
+      <c r="F245" t="s">
+        <v>47</v>
+      </c>
+      <c r="G245" t="s">
+        <v>32</v>
+      </c>
+      <c r="H245" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B246" t="s">
+        <v>36</v>
+      </c>
+      <c r="C246" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D246" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E246" t="s">
+        <v>37</v>
+      </c>
+      <c r="F246" t="s">
+        <v>47</v>
+      </c>
+      <c r="G246" t="s">
+        <v>38</v>
+      </c>
+      <c r="H246" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B247" t="s">
+        <v>39</v>
+      </c>
+      <c r="C247" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D247" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E247" t="s">
+        <v>40</v>
+      </c>
+      <c r="F247" t="s">
+        <v>47</v>
+      </c>
+      <c r="G247" t="s">
+        <v>41</v>
+      </c>
+      <c r="H247" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B248" t="s">
+        <v>39</v>
+      </c>
+      <c r="C248" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D248" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E248" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" t="s">
+        <v>47</v>
+      </c>
+      <c r="G248" t="s">
+        <v>11</v>
+      </c>
+      <c r="H248" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
+      <c r="A249" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B249" t="s">
+        <v>39</v>
+      </c>
+      <c r="C249" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D249" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E249" t="s">
+        <v>19</v>
+      </c>
+      <c r="F249" t="s">
+        <v>47</v>
+      </c>
+      <c r="G249" t="s">
+        <v>32</v>
+      </c>
+      <c r="H249" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
+      <c r="A250" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B250" t="s">
+        <v>8</v>
+      </c>
+      <c r="C250" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D250" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E250" t="s">
+        <v>37</v>
+      </c>
+      <c r="F250" t="s">
+        <v>47</v>
+      </c>
+      <c r="G250" t="s">
+        <v>38</v>
+      </c>
+      <c r="H250" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
+      <c r="A251" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B251" t="s">
+        <v>26</v>
+      </c>
+      <c r="C251" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D251" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E251" t="s">
+        <v>40</v>
+      </c>
+      <c r="F251" t="s">
+        <v>47</v>
+      </c>
+      <c r="G251" t="s">
+        <v>41</v>
+      </c>
+      <c r="H251" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
+      <c r="A252" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B252" t="s">
+        <v>26</v>
+      </c>
+      <c r="C252" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D252" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E252" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" t="s">
+        <v>47</v>
+      </c>
+      <c r="G252" t="s">
+        <v>11</v>
+      </c>
+      <c r="H252" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>