--- v1 (2025-12-30)
+++ v2 (2026-02-15)
@@ -12,238 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...118 lines deleted...]
-    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -507,6406 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I252"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D252" sqref="D252"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...6311 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>