--- v0 (2025-10-20)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -138,50 +138,68 @@
     <t>Wt</t>
   </si>
   <si>
     <t>3 A-29</t>
   </si>
   <si>
     <t>Wstęp do rachunku prawdopodobieństwa</t>
   </si>
   <si>
     <t>21ID-SP</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>21ID-SP/B</t>
   </si>
   <si>
     <t>205 A-29</t>
   </si>
   <si>
     <t>21ID-SP/A</t>
   </si>
   <si>
     <t>Konsultacje</t>
+  </si>
+  <si>
+    <t>2 A-29</t>
+  </si>
+  <si>
+    <t>Rezerwacja</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>207 A-29</t>
+  </si>
+  <si>
+    <t>202 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -489,54 +507,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I222"/>
+  <dimension ref="A1:I229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D222" sqref="D222"/>
+      <selection activeCell="D229" sqref="D229"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3527,103 +3545,103 @@
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>45993.0</v>
       </c>
       <c r="B122" t="s">
         <v>33</v>
       </c>
       <c r="C122" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D122" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E122" t="s">
         <v>23</v>
       </c>
       <c r="F122" t="s">
         <v>30</v>
       </c>
       <c r="G122" t="s">
         <v>24</v>
       </c>
       <c r="H122" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>45993.0</v>
       </c>
       <c r="B123" t="s">
         <v>33</v>
       </c>
       <c r="C123" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D123" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E123" t="s">
         <v>35</v>
       </c>
       <c r="F123" t="s">
         <v>30</v>
       </c>
       <c r="G123" t="s">
         <v>36</v>
       </c>
       <c r="H123" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>45993.0</v>
       </c>
       <c r="B124" t="s">
         <v>33</v>
       </c>
       <c r="C124" s="2">
         <v>0.53125</v>
       </c>
       <c r="D124" s="2">
         <v>0.59375</v>
       </c>
       <c r="E124" t="s">
         <v>35</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124" t="s">
         <v>36</v>
       </c>
       <c r="H124" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>45993.0</v>
       </c>
       <c r="B125" t="s">
         <v>33</v>
       </c>
       <c r="C125" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D125" s="2">
         <v>0.67361111111111</v>
       </c>
       <c r="E125" t="s">
         <v>35</v>
       </c>
       <c r="F125" t="s">
         <v>37</v>
       </c>
       <c r="G125" t="s">
         <v>38</v>
       </c>
       <c r="H125" t="s">
@@ -4634,103 +4652,103 @@
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>46029.0</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D167" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E167" t="s">
         <v>23</v>
       </c>
       <c r="F167" t="s">
         <v>30</v>
       </c>
       <c r="G167" t="s">
         <v>24</v>
       </c>
       <c r="H167" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>46029.0</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D168" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E168" t="s">
         <v>35</v>
       </c>
       <c r="F168" t="s">
         <v>30</v>
       </c>
       <c r="G168" t="s">
         <v>36</v>
       </c>
       <c r="H168" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>46029.0</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" s="2">
         <v>0.53125</v>
       </c>
       <c r="D169" s="2">
         <v>0.59375</v>
       </c>
       <c r="E169" t="s">
         <v>35</v>
       </c>
       <c r="F169" t="s">
         <v>10</v>
       </c>
       <c r="G169" t="s">
         <v>36</v>
       </c>
       <c r="H169" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>46029.0</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D170" s="2">
         <v>0.67361111111111</v>
       </c>
       <c r="E170" t="s">
         <v>35</v>
       </c>
       <c r="F170" t="s">
         <v>37</v>
       </c>
       <c r="G170" t="s">
         <v>40</v>
       </c>
       <c r="H170" t="s">
@@ -4812,1225 +4830,1404 @@
       </c>
       <c r="B174" t="s">
         <v>20</v>
       </c>
       <c r="C174" s="2">
         <v>0.53125</v>
       </c>
       <c r="D174" s="2">
         <v>0.59375</v>
       </c>
       <c r="E174" t="s">
         <v>25</v>
       </c>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174" t="s">
         <v>27</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B175" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C175" s="2">
-        <v>0.34375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D175" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E175" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F175" t="s">
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="H175" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>46031.0</v>
       </c>
       <c r="B176" t="s">
         <v>28</v>
       </c>
       <c r="C176" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D176" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E176" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F176" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
         <v>46031.0</v>
       </c>
       <c r="B177" t="s">
         <v>28</v>
       </c>
       <c r="C177" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D177" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E177" t="s">
         <v>29</v>
       </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G177" t="s">
         <v>31</v>
       </c>
       <c r="H177" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
-        <v>46035.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B178" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C178" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D178" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E178" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F178" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G178" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H178" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>46035.0</v>
       </c>
       <c r="B179" t="s">
         <v>33</v>
       </c>
       <c r="C179" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D179" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E179" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F179" t="s">
         <v>30</v>
       </c>
       <c r="G179" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H179" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>46035.0</v>
       </c>
       <c r="B180" t="s">
         <v>33</v>
       </c>
       <c r="C180" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D180" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E180" t="s">
         <v>35</v>
       </c>
       <c r="F180" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G180" t="s">
         <v>36</v>
       </c>
       <c r="H180" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>46035.0</v>
       </c>
       <c r="B181" t="s">
         <v>33</v>
       </c>
       <c r="C181" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D181" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="E181" t="s">
         <v>35</v>
       </c>
       <c r="F181" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G181" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H181" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B182" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C182" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D182" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E182" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F182" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G182" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H182" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>46036.0</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D183" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E183" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F183" t="s">
         <v>10</v>
       </c>
       <c r="G183" t="s">
         <v>11</v>
       </c>
       <c r="H183" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>46036.0</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D184" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E184" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F184" t="s">
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="G184" t="s">
+        <v>11</v>
+      </c>
+      <c r="H184" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>46036.0</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" s="2">
-        <v>0.82291666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D185" s="2">
-        <v>0.88541666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E185" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F185" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B186" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C186" s="2">
-        <v>0.34375</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D186" s="2">
-        <v>0.375</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E186" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F186" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="G186" t="s">
+        <v>18</v>
+      </c>
+      <c r="H186" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>46037.0</v>
       </c>
       <c r="B187" t="s">
         <v>20</v>
       </c>
       <c r="C187" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D187" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E187" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F187" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>46037.0</v>
       </c>
       <c r="B188" t="s">
         <v>20</v>
       </c>
       <c r="C188" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D188" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E188" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F188" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H188" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>46037.0</v>
       </c>
       <c r="B189" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D189" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E189" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F189" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G189" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B190" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C190" s="2">
-        <v>0.34375</v>
+        <v>0.53125</v>
       </c>
       <c r="D190" s="2">
-        <v>0.375</v>
+        <v>0.59375</v>
       </c>
       <c r="E190" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="F190" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="G190" t="s">
+        <v>27</v>
+      </c>
+      <c r="H190" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>46038.0</v>
       </c>
       <c r="B191" t="s">
         <v>28</v>
       </c>
       <c r="C191" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D191" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E191" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F191" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>46038.0</v>
       </c>
       <c r="B192" t="s">
         <v>28</v>
       </c>
       <c r="C192" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D192" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E192" t="s">
         <v>29</v>
       </c>
       <c r="F192" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G192" t="s">
         <v>31</v>
       </c>
       <c r="H192" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
-        <v>46042.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B193" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C193" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D193" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E193" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F193" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G193" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H193" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>46042.0</v>
       </c>
       <c r="B194" t="s">
         <v>33</v>
       </c>
       <c r="C194" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D194" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E194" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F194" t="s">
         <v>30</v>
       </c>
       <c r="G194" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H194" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>46042.0</v>
       </c>
       <c r="B195" t="s">
         <v>33</v>
       </c>
       <c r="C195" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D195" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E195" t="s">
         <v>35</v>
       </c>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G195" t="s">
         <v>36</v>
       </c>
       <c r="H195" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>46042.0</v>
       </c>
       <c r="B196" t="s">
         <v>33</v>
       </c>
       <c r="C196" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D196" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="E196" t="s">
         <v>35</v>
       </c>
       <c r="F196" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G196" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H196" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B197" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C197" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D197" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E197" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G197" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="H197" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>46043.0</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D198" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E198" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F198" t="s">
         <v>10</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>46043.0</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D199" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E199" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F199" t="s">
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="G199" t="s">
+        <v>11</v>
+      </c>
+      <c r="H199" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
         <v>46043.0</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" s="2">
-        <v>0.82291666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D200" s="2">
-        <v>0.88541666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E200" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F200" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B201" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C201" s="2">
-        <v>0.34375</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D201" s="2">
-        <v>0.375</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E201" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F201" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="G201" t="s">
+        <v>18</v>
+      </c>
+      <c r="H201" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>46044.0</v>
       </c>
       <c r="B202" t="s">
         <v>20</v>
       </c>
       <c r="C202" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D202" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E202" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F202" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>46044.0</v>
       </c>
       <c r="B203" t="s">
         <v>20</v>
       </c>
       <c r="C203" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D203" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E203" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F203" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H203" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>46044.0</v>
       </c>
       <c r="B204" t="s">
         <v>20</v>
       </c>
       <c r="C204" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D204" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E204" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F204" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G204" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B205" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C205" s="2">
-        <v>0.34375</v>
+        <v>0.53125</v>
       </c>
       <c r="D205" s="2">
-        <v>0.375</v>
+        <v>0.59375</v>
       </c>
       <c r="E205" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="F205" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="G205" t="s">
+        <v>27</v>
+      </c>
+      <c r="H205" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>46045.0</v>
       </c>
       <c r="B206" t="s">
         <v>28</v>
       </c>
       <c r="C206" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D206" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E206" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F206" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>46045.0</v>
       </c>
       <c r="B207" t="s">
         <v>28</v>
       </c>
       <c r="C207" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D207" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E207" t="s">
         <v>29</v>
       </c>
       <c r="F207" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G207" t="s">
         <v>31</v>
       </c>
       <c r="H207" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B208" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C208" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D208" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E208" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F208" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G208" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H208" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>46049.0</v>
       </c>
       <c r="B209" t="s">
         <v>33</v>
       </c>
       <c r="C209" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D209" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E209" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="F209" t="s">
         <v>30</v>
       </c>
       <c r="G209" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H209" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>46049.0</v>
       </c>
       <c r="B210" t="s">
         <v>33</v>
       </c>
       <c r="C210" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D210" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E210" t="s">
         <v>35</v>
       </c>
       <c r="F210" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G210" t="s">
         <v>36</v>
       </c>
       <c r="H210" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>46049.0</v>
       </c>
       <c r="B211" t="s">
         <v>33</v>
       </c>
       <c r="C211" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D211" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="E211" t="s">
         <v>35</v>
       </c>
       <c r="F211" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G211" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H211" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B212" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C212" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D212" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E212" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F212" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G212" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="H212" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>46050.0</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D213" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E213" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>46050.0</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D214" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E214" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F214" t="s">
-        <v>15</v>
+        <v>10</v>
+      </c>
+      <c r="G214" t="s">
+        <v>11</v>
+      </c>
+      <c r="H214" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>46050.0</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" s="2">
-        <v>0.82291666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D215" s="2">
-        <v>0.88541666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E215" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F215" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B216" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C216" s="2">
-        <v>0.34375</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="D216" s="2">
-        <v>0.375</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E216" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F216" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="G216" t="s">
+        <v>18</v>
+      </c>
+      <c r="H216" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>46051.0</v>
       </c>
       <c r="B217" t="s">
         <v>20</v>
       </c>
       <c r="C217" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D217" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E217" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F217" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>46051.0</v>
       </c>
       <c r="B218" t="s">
         <v>20</v>
       </c>
       <c r="C218" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D218" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E218" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F218" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H218" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>46051.0</v>
       </c>
       <c r="B219" t="s">
         <v>20</v>
       </c>
       <c r="C219" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D219" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E219" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F219" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G219" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H219" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B220" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C220" s="2">
-        <v>0.34375</v>
+        <v>0.53125</v>
       </c>
       <c r="D220" s="2">
-        <v>0.375</v>
+        <v>0.59375</v>
       </c>
       <c r="E220" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="F220" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="G220" t="s">
+        <v>27</v>
+      </c>
+      <c r="H220" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>46052.0</v>
       </c>
       <c r="B221" t="s">
         <v>28</v>
       </c>
       <c r="C221" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="D221" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E221" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F221" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>46052.0</v>
       </c>
       <c r="B222" t="s">
         <v>28</v>
       </c>
       <c r="C222" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D222" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E222" t="s">
         <v>29</v>
       </c>
       <c r="F222" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G222" t="s">
         <v>31</v>
       </c>
       <c r="H222" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9">
+      <c r="A223" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B223" t="s">
+        <v>28</v>
+      </c>
+      <c r="C223" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D223" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E223" t="s">
+        <v>29</v>
+      </c>
+      <c r="F223" t="s">
+        <v>10</v>
+      </c>
+      <c r="G223" t="s">
+        <v>31</v>
+      </c>
+      <c r="H223" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9">
+      <c r="A224" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B224" t="s">
+        <v>28</v>
+      </c>
+      <c r="C224" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D224" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E224" t="s">
+        <v>23</v>
+      </c>
+      <c r="F224" t="s">
+        <v>45</v>
+      </c>
+      <c r="G224" t="s">
+        <v>24</v>
+      </c>
+      <c r="H224" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9">
+      <c r="A225" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B225" t="s">
+        <v>28</v>
+      </c>
+      <c r="C225" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D225" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E225" t="s">
+        <v>29</v>
+      </c>
+      <c r="F225" t="s">
+        <v>45</v>
+      </c>
+      <c r="G225" t="s">
+        <v>31</v>
+      </c>
+      <c r="H225" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9">
+      <c r="A226" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B226" t="s">
+        <v>28</v>
+      </c>
+      <c r="C226" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D226" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E226" t="s">
+        <v>35</v>
+      </c>
+      <c r="F226" t="s">
+        <v>45</v>
+      </c>
+      <c r="G226" t="s">
+        <v>36</v>
+      </c>
+      <c r="H226" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9">
+      <c r="A227" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B227" t="s">
+        <v>28</v>
+      </c>
+      <c r="C227" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D227" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E227" t="s">
+        <v>23</v>
+      </c>
+      <c r="F227" t="s">
+        <v>45</v>
+      </c>
+      <c r="G227" t="s">
+        <v>24</v>
+      </c>
+      <c r="H227" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9">
+      <c r="A228" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B228" t="s">
+        <v>28</v>
+      </c>
+      <c r="C228" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D228" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E228" t="s">
+        <v>29</v>
+      </c>
+      <c r="F228" t="s">
+        <v>45</v>
+      </c>
+      <c r="G228" t="s">
+        <v>31</v>
+      </c>
+      <c r="H228" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9">
+      <c r="A229" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B229" t="s">
+        <v>28</v>
+      </c>
+      <c r="C229" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D229" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E229" t="s">
+        <v>35</v>
+      </c>
+      <c r="F229" t="s">
+        <v>45</v>
+      </c>
+      <c r="G229" t="s">
+        <v>36</v>
+      </c>
+      <c r="H229" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>