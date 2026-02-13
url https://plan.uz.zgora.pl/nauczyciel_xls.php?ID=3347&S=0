--- v1 (2025-12-27)
+++ v2 (2026-02-13)
@@ -12,238 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...118 lines deleted...]
-    <t>202 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -507,5727 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I229"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D229" sqref="D229"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...5632 lines deleted...]
-        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>