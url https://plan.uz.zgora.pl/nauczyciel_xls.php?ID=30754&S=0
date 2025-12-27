--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -249,50 +249,74 @@
     <t>11LOG-SP/A</t>
   </si>
   <si>
     <t>12LOG-SP</t>
   </si>
   <si>
     <t>13LOG-SP</t>
   </si>
   <si>
     <t>11LOG-SP</t>
   </si>
   <si>
     <t>13LOG-SP/A</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Rezerwacja</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>110/111 A-2</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>2 A-29</t>
+  </si>
+  <si>
+    <t>12 A-0</t>
+  </si>
+  <si>
+    <t>Konsulacje</t>
+  </si>
+  <si>
+    <t>16d A-0</t>
+  </si>
+  <si>
+    <t>159 A-0</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>32LOG-TS-NP/1; 33LOG-TS-NP/1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -600,54 +624,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I387"/>
+  <dimension ref="A1:I410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D387" sqref="D387"/>
+      <selection activeCell="D410" sqref="D410"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -6405,51 +6429,51 @@
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>45992.0</v>
       </c>
       <c r="B223" t="s">
         <v>45</v>
       </c>
       <c r="C223" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D223" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
         <v>10</v>
       </c>
       <c r="G223" t="s">
         <v>11</v>
       </c>
       <c r="H223" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
         <v>45992.0</v>
       </c>
       <c r="B224" t="s">
         <v>45</v>
       </c>
       <c r="C224" s="2">
         <v>0.53125</v>
       </c>
       <c r="D224" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="E224" t="s">
         <v>17</v>
       </c>
       <c r="F224" t="s">
         <v>10</v>
       </c>
       <c r="G224" t="s">
         <v>49</v>
       </c>
       <c r="H224" t="s">
@@ -7393,51 +7417,51 @@
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>46000.0</v>
       </c>
       <c r="B261" t="s">
         <v>52</v>
       </c>
       <c r="C261" s="2">
         <v>0.53125</v>
       </c>
       <c r="D261" s="2">
         <v>0.59027777777778</v>
       </c>
       <c r="E261" t="s">
         <v>66</v>
       </c>
       <c r="F261" t="s">
         <v>10</v>
       </c>
       <c r="G261" t="s">
         <v>58</v>
       </c>
       <c r="H261" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
         <v>46000.0</v>
       </c>
       <c r="B262" t="s">
         <v>52</v>
       </c>
       <c r="C262" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D262" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E262" t="s">
         <v>21</v>
       </c>
       <c r="F262" t="s">
         <v>28</v>
       </c>
       <c r="G262" t="s">
         <v>58</v>
       </c>
       <c r="H262" t="s">
@@ -7638,3082 +7662,3659 @@
       </c>
       <c r="D270" s="2">
         <v>0.38194444444444</v>
       </c>
       <c r="E270" t="s">
         <v>66</v>
       </c>
       <c r="F270" t="s">
         <v>10</v>
       </c>
       <c r="G270" t="s">
         <v>29</v>
       </c>
       <c r="H270" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>46004.0</v>
       </c>
       <c r="B271" t="s">
         <v>27</v>
       </c>
       <c r="C271" s="2">
-        <v>0.38541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="D271" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E271" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="F271" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="H271" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>46004.0</v>
       </c>
       <c r="B272" t="s">
         <v>27</v>
       </c>
       <c r="C272" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D272" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E272" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F272" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G272" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="H272" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>46004.0</v>
       </c>
       <c r="B273" t="s">
         <v>27</v>
       </c>
       <c r="C273" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D273" s="2">
-        <v>0.58680555555556</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E273" t="s">
         <v>31</v>
       </c>
       <c r="F273" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G273" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H273" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1">
         <v>46004.0</v>
       </c>
       <c r="B274" t="s">
         <v>27</v>
       </c>
       <c r="C274" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D274" s="2">
-        <v>0.65972222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E274" t="s">
         <v>31</v>
       </c>
       <c r="F274" t="s">
         <v>13</v>
       </c>
       <c r="G274" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="H274" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>46004.0</v>
       </c>
       <c r="B275" t="s">
         <v>27</v>
       </c>
       <c r="C275" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D275" s="2">
-        <v>0.73263888888889</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E275" t="s">
         <v>31</v>
       </c>
       <c r="F275" t="s">
         <v>13</v>
       </c>
       <c r="G275" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H275" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>46004.0</v>
       </c>
       <c r="B276" t="s">
         <v>27</v>
       </c>
       <c r="C276" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D276" s="2">
-        <v>0.8125</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E276" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F276" t="s">
         <v>13</v>
       </c>
       <c r="G276" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H276" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>46004.0</v>
       </c>
       <c r="B277" t="s">
         <v>27</v>
       </c>
       <c r="C277" s="2">
-        <v>0.81597222222222</v>
+        <v>0.75</v>
       </c>
       <c r="D277" s="2">
-        <v>0.87152777777778</v>
+        <v>0.8125</v>
       </c>
       <c r="E277" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F277" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G277" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H277" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
-        <v>46005.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B278" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C278" s="2">
-        <v>0.31944444444444</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="D278" s="2">
-        <v>0.375</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="E278" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F278" t="s">
         <v>10</v>
       </c>
       <c r="G278" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H278" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>46005.0</v>
       </c>
       <c r="B279" t="s">
         <v>40</v>
       </c>
       <c r="C279" s="2">
-        <v>0.39236111111111</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="D279" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E279" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F279" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G279" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H279" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>46005.0</v>
       </c>
       <c r="B280" t="s">
         <v>40</v>
       </c>
       <c r="C280" s="2">
-        <v>0.45833333333333</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="D280" s="2">
-        <v>0.52777777777778</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E280" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="F280" t="s">
         <v>18</v>
       </c>
       <c r="G280" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="H280" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
         <v>46005.0</v>
       </c>
       <c r="B281" t="s">
         <v>40</v>
       </c>
       <c r="C281" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D281" s="2">
-        <v>0.58680555555556</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E281" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="F281" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G281" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="H281" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1">
         <v>46005.0</v>
       </c>
       <c r="B282" t="s">
         <v>40</v>
       </c>
       <c r="C282" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D282" s="2">
-        <v>0.66666666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E282" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G282" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H282" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1">
         <v>46005.0</v>
       </c>
       <c r="B283" t="s">
         <v>40</v>
       </c>
       <c r="C283" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D283" s="2">
-        <v>0.73958333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E283" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="H283" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1">
         <v>46005.0</v>
       </c>
       <c r="B284" t="s">
         <v>40</v>
       </c>
       <c r="C284" s="2">
-        <v>0.75</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D284" s="2">
-        <v>0.8125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E284" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F284" t="s">
         <v>13</v>
       </c>
       <c r="G284" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H284" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1">
-        <v>46006.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B285" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C285" s="2">
-        <v>0.3125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D285" s="2">
-        <v>0.37847222222222</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E285" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F285" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G285" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="H285" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1">
-        <v>46006.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B286" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C286" s="2">
-        <v>0.45833333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D286" s="2">
-        <v>0.52430555555556</v>
+        <v>0.8125</v>
       </c>
       <c r="E286" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F286" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G286" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="H286" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>46006.0</v>
       </c>
       <c r="B287" t="s">
         <v>45</v>
       </c>
       <c r="C287" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="D287" s="2">
-        <v>0.59722222222222</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E287" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F287" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G287" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="H287" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>46006.0</v>
       </c>
       <c r="B288" t="s">
         <v>45</v>
       </c>
       <c r="C288" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D288" s="2">
-        <v>0.67013888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E288" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="F288" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="H288" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1">
         <v>46006.0</v>
       </c>
       <c r="B289" t="s">
         <v>45</v>
       </c>
       <c r="C289" s="2">
-        <v>0.73958333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D289" s="2">
-        <v>0.80208333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="E289" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G289" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="H289" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1">
         <v>46006.0</v>
       </c>
       <c r="B290" t="s">
         <v>45</v>
       </c>
       <c r="C290" s="2">
-        <v>0.80555555555556</v>
+        <v>0.53125</v>
       </c>
       <c r="D290" s="2">
-        <v>0.88194444444444</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E290" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G290" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="H290" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B291" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C291" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D291" s="2">
-        <v>0.37847222222222</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="E291" t="s">
         <v>31</v>
       </c>
       <c r="F291" t="s">
         <v>18</v>
       </c>
       <c r="G291" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="H291" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B292" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C292" s="2">
-        <v>0.38541666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="D292" s="2">
-        <v>0.44791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E292" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F292" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G292" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="H292" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B293" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C293" s="2">
-        <v>0.45833333333333</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="D293" s="2">
-        <v>0.52083333333333</v>
+        <v>0.88194444444444</v>
       </c>
       <c r="E293" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F293" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G293" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="H293" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1">
         <v>46007.0</v>
       </c>
       <c r="B294" t="s">
         <v>52</v>
       </c>
       <c r="C294" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="D294" s="2">
-        <v>0.59722222222222</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E294" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="F294" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G294" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H294" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1">
         <v>46007.0</v>
       </c>
       <c r="B295" t="s">
         <v>52</v>
       </c>
       <c r="C295" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D295" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E295" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F295" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G295" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H295" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1">
         <v>46007.0</v>
       </c>
       <c r="B296" t="s">
         <v>52</v>
       </c>
       <c r="C296" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D296" s="2">
-        <v>0.74305555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E296" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="F296" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G296" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="H296" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B297" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C297" s="2">
-        <v>0.3125</v>
+        <v>0.53125</v>
       </c>
       <c r="D297" s="2">
-        <v>0.37847222222222</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E297" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="F297" t="s">
         <v>10</v>
       </c>
       <c r="G297" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="H297" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B298" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C298" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D298" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E298" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G298" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="H298" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B299" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C299" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D299" s="2">
-        <v>0.52083333333333</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="E299" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="F299" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G299" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="H299" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>46008.0</v>
       </c>
       <c r="B300" t="s">
         <v>8</v>
       </c>
       <c r="C300" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="D300" s="2">
-        <v>0.59375</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E300" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F300" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G300" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="H300" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1">
-        <v>46029.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B301" t="s">
         <v>8</v>
       </c>
       <c r="C301" s="2">
-        <v>0.31597222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D301" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E301" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F301" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G301" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="H301" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1">
-        <v>46029.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B302" t="s">
         <v>8</v>
       </c>
       <c r="C302" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D302" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E302" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F302" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G302" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="H302" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1">
-        <v>46029.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D303" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E303" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F303" t="s">
         <v>18</v>
       </c>
       <c r="G303" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="H303" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B304" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C304" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="D304" s="2">
         <v>0.375</v>
       </c>
       <c r="E304" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F304" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G304" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="H304" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B305" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C305" s="2">
-        <v>0.38888888888889</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D305" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E305" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F305" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G305" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="H305" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1">
-        <v>46034.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B306" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C306" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D306" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E306" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F306" t="s">
         <v>18</v>
       </c>
       <c r="G306" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H306" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B307" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C307" s="2">
-        <v>0.45833333333333</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D307" s="2">
-        <v>0.52430555555556</v>
+        <v>0.375</v>
       </c>
       <c r="E307" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F307" t="s">
         <v>10</v>
       </c>
       <c r="G307" t="s">
         <v>11</v>
       </c>
       <c r="H307" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B308" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C308" s="2">
-        <v>0.53125</v>
+        <v>0.38888888888889</v>
       </c>
       <c r="D308" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E308" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F308" t="s">
         <v>10</v>
       </c>
       <c r="G308" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="H308" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="1">
         <v>46034.0</v>
       </c>
       <c r="B309" t="s">
         <v>45</v>
       </c>
       <c r="C309" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D309" s="2">
-        <v>0.67013888888889</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E309" t="s">
         <v>31</v>
       </c>
       <c r="F309" t="s">
         <v>18</v>
       </c>
       <c r="G309" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H309" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="1">
         <v>46034.0</v>
       </c>
       <c r="B310" t="s">
         <v>45</v>
       </c>
       <c r="C310" s="2">
-        <v>0.73958333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D310" s="2">
-        <v>0.80208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E310" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="H310" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="1">
         <v>46034.0</v>
       </c>
       <c r="B311" t="s">
         <v>45</v>
       </c>
       <c r="C311" s="2">
-        <v>0.80555555555556</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D311" s="2">
-        <v>0.88194444444444</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="E311" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G311" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H311" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B312" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C312" s="2">
-        <v>0.3125</v>
+        <v>0.53125</v>
       </c>
       <c r="D312" s="2">
-        <v>0.37847222222222</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E312" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F312" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G312" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H312" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B313" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C313" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D313" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="E313" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F313" t="s">
         <v>18</v>
       </c>
       <c r="G313" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="H313" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B314" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C314" s="2">
-        <v>0.45833333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="D314" s="2">
-        <v>0.52083333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E314" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F314" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G314" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="H314" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B315" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C315" s="2">
-        <v>0.53125</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="D315" s="2">
-        <v>0.59722222222222</v>
+        <v>0.88194444444444</v>
       </c>
       <c r="E315" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="F315" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G315" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H315" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1">
         <v>46035.0</v>
       </c>
       <c r="B316" t="s">
         <v>52</v>
       </c>
       <c r="C316" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="D316" s="2">
-        <v>0.74305555555556</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E316" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F316" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G316" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="H316" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B317" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C317" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D317" s="2">
-        <v>0.37847222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E317" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F317" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G317" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="H317" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B318" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C318" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D318" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E318" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G318" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="H318" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B319" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C319" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D319" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E319" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="F319" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G319" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H319" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B320" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C320" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D320" s="2">
-        <v>0.59375</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="E320" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="F320" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G320" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="H320" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="1">
-        <v>46039.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B321" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C321" s="2">
         <v>0.3125</v>
       </c>
       <c r="D321" s="2">
-        <v>0.38194444444444</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="E321" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="F321" t="s">
         <v>10</v>
       </c>
       <c r="G321" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H321" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="1">
-        <v>46039.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B322" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C322" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="D322" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E322" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F322" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G322" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H322" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="1">
-        <v>46039.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B323" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C323" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D323" s="2">
-        <v>0.52777777777778</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E323" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F323" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G323" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H323" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="1">
-        <v>46039.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B324" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C324" s="2">
         <v>0.53125</v>
       </c>
       <c r="D324" s="2">
-        <v>0.60069444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="E324" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F324" t="s">
         <v>18</v>
       </c>
       <c r="G324" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="H324" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="1">
         <v>46039.0</v>
       </c>
       <c r="B325" t="s">
         <v>27</v>
       </c>
       <c r="C325" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D325" s="2">
-        <v>0.67361111111111</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E325" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="F325" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G325" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="H325" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="1">
         <v>46039.0</v>
       </c>
       <c r="B326" t="s">
         <v>27</v>
       </c>
       <c r="C326" s="2">
-        <v>0.75</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D326" s="2">
-        <v>0.8125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E326" t="s">
         <v>21</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G326" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H326" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="1">
         <v>46039.0</v>
       </c>
       <c r="B327" t="s">
         <v>27</v>
       </c>
       <c r="C327" s="2">
-        <v>0.81597222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D327" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E327" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="F327" t="s">
         <v>18</v>
       </c>
       <c r="G327" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="H327" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="1">
-        <v>46040.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B328" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C328" s="2">
-        <v>0.3125</v>
+        <v>0.53125</v>
       </c>
       <c r="D328" s="2">
-        <v>0.38194444444444</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E328" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F328" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G328" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="H328" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="1">
-        <v>46040.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B329" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C329" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D329" s="2">
-        <v>0.45486111111111</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E329" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F329" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G329" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="H329" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="1">
-        <v>46040.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B330" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C330" s="2">
-        <v>0.45833333333333</v>
+        <v>0.75</v>
       </c>
       <c r="D330" s="2">
-        <v>0.52777777777778</v>
+        <v>0.8125</v>
       </c>
       <c r="E330" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F330" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G330" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="H330" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="1">
-        <v>46040.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B331" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C331" s="2">
-        <v>0.53125</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="D331" s="2">
-        <v>0.60069444444444</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="E331" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F331" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G331" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="H331" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="1">
         <v>46040.0</v>
       </c>
       <c r="B332" t="s">
         <v>40</v>
       </c>
       <c r="C332" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D332" s="2">
-        <v>0.66666666666667</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E332" t="s">
         <v>21</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G332" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H332" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="1">
         <v>46040.0</v>
       </c>
       <c r="B333" t="s">
         <v>40</v>
       </c>
       <c r="C333" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D333" s="2">
-        <v>0.73958333333333</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E333" t="s">
         <v>9</v>
       </c>
       <c r="F333" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G333" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H333" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="1">
         <v>46040.0</v>
       </c>
       <c r="B334" t="s">
         <v>40</v>
       </c>
       <c r="C334" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D334" s="2">
-        <v>0.8125</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E334" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F334" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G334" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="H334" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="1">
-        <v>46041.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B335" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C335" s="2">
-        <v>0.31597222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="D335" s="2">
-        <v>0.375</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E335" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="F335" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G335" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H335" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="1">
-        <v>46041.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B336" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C336" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D336" s="2">
-        <v>0.51736111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E336" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F336" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G336" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="H336" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="1">
-        <v>46041.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B337" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C337" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D337" s="2">
-        <v>0.59027777777778</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E337" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F337" t="s">
         <v>13</v>
       </c>
       <c r="G337" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="H337" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="1">
-        <v>46041.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B338" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C338" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="D338" s="2">
-        <v>0.66319444444444</v>
+        <v>0.8125</v>
       </c>
       <c r="E338" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F338" t="s">
         <v>13</v>
       </c>
       <c r="G338" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="H338" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="1">
         <v>46041.0</v>
       </c>
       <c r="B339" t="s">
         <v>45</v>
       </c>
       <c r="C339" s="2">
-        <v>0.67708333333333</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D339" s="2">
-        <v>0.73611111111111</v>
+        <v>0.375</v>
       </c>
       <c r="E339" t="s">
         <v>31</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G339" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="H339" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="1">
         <v>46041.0</v>
       </c>
       <c r="B340" t="s">
         <v>45</v>
       </c>
       <c r="C340" s="2">
-        <v>0.73958333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D340" s="2">
-        <v>0.80208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E340" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="F340" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="H340" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B341" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C341" s="2">
-        <v>0.31597222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D341" s="2">
-        <v>0.375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="E341" t="s">
         <v>31</v>
       </c>
       <c r="F341" t="s">
         <v>18</v>
       </c>
       <c r="G341" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="H341" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B342" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C342" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D342" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E342" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F342" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G342" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H342" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B343" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C343" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D343" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="E343" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F343" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G343" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H343" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="1">
-        <v>46043.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B344" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C344" s="2">
-        <v>0.31597222222222</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D344" s="2">
-        <v>0.375</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E344" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F344" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G344" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="H344" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="1">
-        <v>46043.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B345" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C345" s="2">
-        <v>0.38541666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="D345" s="2">
-        <v>0.44791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E345" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F345" t="s">
         <v>13</v>
       </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="H345" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B346" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C346" s="2">
-        <v>0.45833333333333</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D346" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E346" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G346" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
       <c r="H346" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B347" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C347" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D347" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E347" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F347" t="s">
         <v>18</v>
       </c>
       <c r="G347" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="H347" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B348" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C348" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D348" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E348" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F348" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G348" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="H348" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B349" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C349" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="D349" s="2">
         <v>0.375</v>
       </c>
       <c r="E349" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F349" t="s">
         <v>10</v>
       </c>
       <c r="G349" t="s">
         <v>11</v>
       </c>
       <c r="H349" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B350" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C350" s="2">
-        <v>0.38888888888889</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D350" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E350" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F350" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G350" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H350" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="1">
-        <v>46048.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B351" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C351" s="2">
-        <v>0.31597222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D351" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E351" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F351" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G351" t="s">
-        <v>69</v>
+        <v>16</v>
       </c>
       <c r="H351" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="1">
-        <v>46048.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B352" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C352" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D352" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="E352" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F352" t="s">
         <v>18</v>
       </c>
       <c r="G352" t="s">
-        <v>70</v>
+        <v>19</v>
       </c>
       <c r="H352" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="1">
-        <v>46048.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B353" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="C353" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D353" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E353" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F353" t="s">
         <v>13</v>
       </c>
       <c r="G353" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H353" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B354" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C354" s="2">
-        <v>0.60416666666667</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D354" s="2">
-        <v>0.66319444444444</v>
+        <v>0.375</v>
       </c>
       <c r="E354" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F354" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G354" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="H354" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B355" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C355" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38888888888889</v>
       </c>
       <c r="D355" s="2">
-        <v>0.73611111111111</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E355" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F355" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G355" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="H355" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="1">
         <v>46048.0</v>
       </c>
       <c r="B356" t="s">
         <v>45</v>
       </c>
       <c r="C356" s="2">
-        <v>0.73958333333333</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D356" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E356" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F356" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G356" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="H356" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B357" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C357" s="2">
-        <v>0.31597222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D357" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E357" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="F357" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H357" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B358" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C358" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D358" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="E358" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F358" t="s">
         <v>18</v>
       </c>
       <c r="G358" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="H358" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B359" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C359" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D359" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E359" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F359" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G359" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H359" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B360" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C360" s="2">
-        <v>0.31597222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D360" s="2">
-        <v>0.375</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="E360" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F360" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G360" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="H360" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B361" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C361" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D361" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E361" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F361" t="s">
         <v>13</v>
       </c>
       <c r="G361" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="H361" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B362" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="C362" s="2">
-        <v>0.45833333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="D362" s="2">
-        <v>0.52083333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E362" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F362" t="s">
         <v>13</v>
       </c>
       <c r="G362" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H362" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B363" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C363" s="2">
-        <v>0.53125</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D363" s="2">
-        <v>0.59375</v>
+        <v>0.375</v>
       </c>
       <c r="E363" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F363" t="s">
         <v>18</v>
       </c>
       <c r="G363" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="H363" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B364" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="C364" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D364" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E364" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G364" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H364" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B365" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="C365" s="2">
-        <v>0.31597222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D365" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E365" t="s">
         <v>24</v>
       </c>
       <c r="F365" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G365" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="H365" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B366" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C366" s="2">
-        <v>0.38888888888889</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D366" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E366" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F366" t="s">
         <v>10</v>
       </c>
       <c r="G366" t="s">
         <v>11</v>
       </c>
       <c r="H366" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="1">
-        <v>46053.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B367" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C367" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D367" s="2">
-        <v>0.38194444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E367" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="F367" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G367" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H367" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="1">
-        <v>46053.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B368" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C368" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D368" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E368" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F368" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G368" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="H368" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="1">
-        <v>46053.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B369" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C369" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D369" s="2">
-        <v>0.51388888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="E369" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F369" t="s">
         <v>18</v>
       </c>
       <c r="G369" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="H369" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="1">
-        <v>46053.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B370" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C370" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D370" s="2">
-        <v>0.58680555555556</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E370" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F370" t="s">
         <v>13</v>
       </c>
       <c r="G370" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="H370" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="1">
-        <v>46053.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B371" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C371" s="2">
-        <v>0.60416666666667</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="D371" s="2">
-        <v>0.65972222222222</v>
+        <v>0.375</v>
       </c>
       <c r="E371" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F371" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G371" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="H371" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="1">
-        <v>46053.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B372" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C372" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38888888888889</v>
       </c>
       <c r="D372" s="2">
-        <v>0.73263888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E372" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G372" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="H372" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="1">
         <v>46053.0</v>
       </c>
       <c r="B373" t="s">
         <v>27</v>
       </c>
       <c r="C373" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="D373" s="2">
-        <v>0.8125</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E373" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="F373" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G373" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H373" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="1">
         <v>46053.0</v>
       </c>
       <c r="B374" t="s">
         <v>27</v>
       </c>
       <c r="C374" s="2">
-        <v>0.81597222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D374" s="2">
-        <v>0.87152777777778</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E374" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F374" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G374" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="H374" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B375" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C375" s="2">
-        <v>0.31944444444444</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D375" s="2">
-        <v>0.375</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E375" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F375" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G375" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="H375" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B376" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C376" s="2">
-        <v>0.39236111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="D376" s="2">
-        <v>0.44791666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E376" t="s">
         <v>31</v>
       </c>
       <c r="F376" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G376" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="H376" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B377" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C377" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D377" s="2">
-        <v>0.52777777777778</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E377" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="F377" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G377" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="H377" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B378" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C378" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D378" s="2">
-        <v>0.58680555555556</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E378" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F378" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G378" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H378" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B379" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C379" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="D379" s="2">
-        <v>0.66666666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="E379" t="s">
         <v>21</v>
       </c>
       <c r="F379" t="s">
         <v>13</v>
       </c>
       <c r="G379" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H379" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B380" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="C380" s="2">
-        <v>0.67708333333333</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="D380" s="2">
-        <v>0.73958333333333</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="E380" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F380" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G380" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="H380" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="1">
         <v>46054.0</v>
       </c>
       <c r="B381" t="s">
         <v>40</v>
       </c>
       <c r="C381" s="2">
-        <v>0.75</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="D381" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="E381" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G381" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H381" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B382" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C382" s="2">
-        <v>0.31597222222222</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="D382" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E382" t="s">
         <v>31</v>
       </c>
       <c r="F382" t="s">
         <v>18</v>
       </c>
       <c r="G382" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="H382" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B383" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C383" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D383" s="2">
-        <v>0.51736111111111</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E383" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="F383" t="s">
         <v>18</v>
       </c>
       <c r="G383" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="H383" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B384" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C384" s="2">
         <v>0.53125</v>
       </c>
       <c r="D384" s="2">
-        <v>0.59027777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E384" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F384" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G384" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="H384" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B385" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C385" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D385" s="2">
-        <v>0.66319444444444</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E385" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F385" t="s">
         <v>13</v>
       </c>
       <c r="G385" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="H385" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="1">
-        <v>46055.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B386" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C386" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="D386" s="2">
-        <v>0.73611111111111</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E386" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F386" t="s">
         <v>13</v>
       </c>
       <c r="G386" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="H386" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="1">
+        <v>46054.0</v>
+      </c>
+      <c r="B387" t="s">
+        <v>40</v>
+      </c>
+      <c r="C387" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="D387" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="E387" t="s">
+        <v>9</v>
+      </c>
+      <c r="F387" t="s">
+        <v>13</v>
+      </c>
+      <c r="G387" t="s">
+        <v>37</v>
+      </c>
+      <c r="H387" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9">
+      <c r="A388" s="1">
         <v>46055.0</v>
       </c>
-      <c r="B387" t="s">
+      <c r="B388" t="s">
         <v>45</v>
       </c>
-      <c r="C387" s="2">
+      <c r="C388" s="2">
+        <v>0.31597222222222</v>
+      </c>
+      <c r="D388" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E388" t="s">
+        <v>31</v>
+      </c>
+      <c r="F388" t="s">
+        <v>18</v>
+      </c>
+      <c r="G388" t="s">
+        <v>69</v>
+      </c>
+      <c r="H388" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9">
+      <c r="A389" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B389" t="s">
+        <v>45</v>
+      </c>
+      <c r="C389" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D389" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E389" t="s">
+        <v>82</v>
+      </c>
+      <c r="F389" t="s">
+        <v>77</v>
+      </c>
+      <c r="H389" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9">
+      <c r="A390" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B390" t="s">
+        <v>45</v>
+      </c>
+      <c r="C390" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D390" s="2">
+        <v>0.51736111111111</v>
+      </c>
+      <c r="E390" t="s">
+        <v>31</v>
+      </c>
+      <c r="F390" t="s">
+        <v>18</v>
+      </c>
+      <c r="G390" t="s">
+        <v>70</v>
+      </c>
+      <c r="H390" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9">
+      <c r="A391" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B391" t="s">
+        <v>45</v>
+      </c>
+      <c r="C391" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="D391" s="2">
+        <v>0.59027777777778</v>
+      </c>
+      <c r="E391" t="s">
+        <v>31</v>
+      </c>
+      <c r="F391" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" t="s">
+        <v>71</v>
+      </c>
+      <c r="H391" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9">
+      <c r="A392" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B392" t="s">
+        <v>45</v>
+      </c>
+      <c r="C392" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="D392" s="2">
+        <v>0.66319444444444</v>
+      </c>
+      <c r="E392" t="s">
+        <v>31</v>
+      </c>
+      <c r="F392" t="s">
+        <v>13</v>
+      </c>
+      <c r="G392" t="s">
+        <v>72</v>
+      </c>
+      <c r="H392" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9">
+      <c r="A393" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B393" t="s">
+        <v>45</v>
+      </c>
+      <c r="C393" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="D393" s="2">
+        <v>0.73611111111111</v>
+      </c>
+      <c r="E393" t="s">
+        <v>31</v>
+      </c>
+      <c r="F393" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" t="s">
+        <v>73</v>
+      </c>
+      <c r="H393" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9">
+      <c r="A394" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B394" t="s">
+        <v>45</v>
+      </c>
+      <c r="C394" s="2">
         <v>0.73958333333333</v>
       </c>
-      <c r="D387" s="2">
+      <c r="D394" s="2">
         <v>0.80208333333333</v>
       </c>
-      <c r="E387" t="s">
+      <c r="E394" t="s">
         <v>21</v>
       </c>
-      <c r="F387" t="s">
-[...2 lines deleted...]
-      <c r="G387" t="s">
+      <c r="F394" t="s">
+        <v>13</v>
+      </c>
+      <c r="G394" t="s">
         <v>14</v>
       </c>
-      <c r="H387" t="s">
-        <v>47</v>
+      <c r="H394" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9">
+      <c r="A395" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B395" t="s">
+        <v>75</v>
+      </c>
+      <c r="C395" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D395" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="E395" t="s">
+        <v>60</v>
+      </c>
+      <c r="F395" t="s">
+        <v>85</v>
+      </c>
+      <c r="G395" t="s">
+        <v>68</v>
+      </c>
+      <c r="H395" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9">
+      <c r="A396" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B396" t="s">
+        <v>75</v>
+      </c>
+      <c r="C396" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="D396" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E396" t="s">
+        <v>60</v>
+      </c>
+      <c r="F396" t="s">
+        <v>85</v>
+      </c>
+      <c r="G396" t="s">
+        <v>61</v>
+      </c>
+      <c r="H396" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9">
+      <c r="A397" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B397" t="s">
+        <v>75</v>
+      </c>
+      <c r="C397" s="2">
+        <v>0.46180555555556</v>
+      </c>
+      <c r="D397" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="E397" t="s">
+        <v>66</v>
+      </c>
+      <c r="F397" t="s">
+        <v>85</v>
+      </c>
+      <c r="G397" t="s">
+        <v>58</v>
+      </c>
+      <c r="H397" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9">
+      <c r="A398" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B398" t="s">
+        <v>75</v>
+      </c>
+      <c r="C398" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="D398" s="2">
+        <v>0.48958333333333</v>
+      </c>
+      <c r="E398" t="s">
+        <v>66</v>
+      </c>
+      <c r="F398" t="s">
+        <v>85</v>
+      </c>
+      <c r="G398" t="s">
+        <v>29</v>
+      </c>
+      <c r="H398" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9">
+      <c r="A399" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B399" t="s">
+        <v>75</v>
+      </c>
+      <c r="C399" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="D399" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="E399" t="s">
+        <v>24</v>
+      </c>
+      <c r="F399" t="s">
+        <v>85</v>
+      </c>
+      <c r="G399" t="s">
+        <v>11</v>
+      </c>
+      <c r="H399" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9">
+      <c r="A400" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B400" t="s">
+        <v>75</v>
+      </c>
+      <c r="C400" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="D400" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E400" t="s">
+        <v>24</v>
+      </c>
+      <c r="F400" t="s">
+        <v>85</v>
+      </c>
+      <c r="G400" t="s">
+        <v>86</v>
+      </c>
+      <c r="H400" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9">
+      <c r="A401" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B401" t="s">
+        <v>75</v>
+      </c>
+      <c r="C401" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="D401" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="E401" t="s">
+        <v>56</v>
+      </c>
+      <c r="F401" t="s">
+        <v>85</v>
+      </c>
+      <c r="G401" t="s">
+        <v>57</v>
+      </c>
+      <c r="H401" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
+      <c r="A402" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B402" t="s">
+        <v>75</v>
+      </c>
+      <c r="C402" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="D402" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E402" t="s">
+        <v>56</v>
+      </c>
+      <c r="F402" t="s">
+        <v>85</v>
+      </c>
+      <c r="G402" t="s">
+        <v>62</v>
+      </c>
+      <c r="H402" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
+      <c r="A403" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B403" t="s">
+        <v>23</v>
+      </c>
+      <c r="C403" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="D403" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="E403" t="s">
+        <v>60</v>
+      </c>
+      <c r="F403" t="s">
+        <v>85</v>
+      </c>
+      <c r="G403" t="s">
+        <v>61</v>
+      </c>
+      <c r="H403" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
+      <c r="A404" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B404" t="s">
+        <v>23</v>
+      </c>
+      <c r="C404" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D404" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E404" t="s">
+        <v>60</v>
+      </c>
+      <c r="F404" t="s">
+        <v>85</v>
+      </c>
+      <c r="G404" t="s">
+        <v>68</v>
+      </c>
+      <c r="H404" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
+      <c r="A405" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B405" t="s">
+        <v>23</v>
+      </c>
+      <c r="C405" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="D405" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E405" t="s">
+        <v>66</v>
+      </c>
+      <c r="F405" t="s">
+        <v>85</v>
+      </c>
+      <c r="G405" t="s">
+        <v>58</v>
+      </c>
+      <c r="H405" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
+      <c r="A406" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B406" t="s">
+        <v>23</v>
+      </c>
+      <c r="C406" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="D406" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E406" t="s">
+        <v>56</v>
+      </c>
+      <c r="F406" t="s">
+        <v>85</v>
+      </c>
+      <c r="G406" t="s">
+        <v>57</v>
+      </c>
+      <c r="H406" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9">
+      <c r="A407" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B407" t="s">
+        <v>23</v>
+      </c>
+      <c r="C407" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="D407" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E407" t="s">
+        <v>66</v>
+      </c>
+      <c r="F407" t="s">
+        <v>85</v>
+      </c>
+      <c r="G407" t="s">
+        <v>29</v>
+      </c>
+      <c r="H407" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9">
+      <c r="A408" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B408" t="s">
+        <v>23</v>
+      </c>
+      <c r="C408" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="D408" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E408" t="s">
+        <v>56</v>
+      </c>
+      <c r="F408" t="s">
+        <v>85</v>
+      </c>
+      <c r="G408" t="s">
+        <v>62</v>
+      </c>
+      <c r="H408" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9">
+      <c r="A409" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B409" t="s">
+        <v>23</v>
+      </c>
+      <c r="C409" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D409" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E409" t="s">
+        <v>24</v>
+      </c>
+      <c r="F409" t="s">
+        <v>85</v>
+      </c>
+      <c r="G409" t="s">
+        <v>11</v>
+      </c>
+      <c r="H409" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9">
+      <c r="A410" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B410" t="s">
+        <v>23</v>
+      </c>
+      <c r="C410" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="D410" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E410" t="s">
+        <v>24</v>
+      </c>
+      <c r="F410" t="s">
+        <v>85</v>
+      </c>
+      <c r="G410" t="s">
+        <v>86</v>
+      </c>
+      <c r="H410" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>