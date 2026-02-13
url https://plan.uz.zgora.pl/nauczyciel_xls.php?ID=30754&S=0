--- v1 (2025-12-27)
+++ v2 (2026-02-13)
@@ -12,355 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...235 lines deleted...]
-    <t>32LOG-TS-NP/1; 33LOG-TS-NP/1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -624,10697 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I410"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D410" sqref="D410"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="36.42" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...10602 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>