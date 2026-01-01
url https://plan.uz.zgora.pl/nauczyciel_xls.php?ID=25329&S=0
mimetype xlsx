--- v0 (2025-10-20)
+++ v1 (2026-01-01)
@@ -1565,51 +1565,51 @@
       </c>
       <c r="D46" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="E46" t="s">
         <v>9</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>45952.0</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="D47" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E47" t="s">
         <v>9</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>45952.0</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="2">
         <v>0.53125</v>
       </c>
       <c r="D48" s="2">
         <v>0.625</v>
       </c>
       <c r="E48" t="s">
@@ -1849,51 +1849,51 @@
       </c>
       <c r="D59" s="2">
         <v>0.53194444444444</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>45959.0</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="D60" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E60" t="s">
         <v>9</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>45959.0</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="2">
         <v>0.53125</v>
       </c>
       <c r="D61" s="2">
         <v>0.625</v>
       </c>
       <c r="E61" t="s">
@@ -2073,51 +2073,51 @@
       </c>
       <c r="D69" s="2">
         <v>0.53194444444444</v>
       </c>
       <c r="E69" t="s">
         <v>24</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>45966.0</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="D70" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E70" t="s">
         <v>9</v>
       </c>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
         <v>45966.0</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="2">
         <v>0.53125</v>
       </c>
       <c r="D71" s="2">
         <v>0.59375</v>
       </c>
       <c r="E71" t="s">
@@ -2188,51 +2188,51 @@
       </c>
       <c r="D74" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E74" t="s">
         <v>15</v>
       </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>45973.0</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="D75" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E75" t="s">
         <v>9</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>45973.0</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" s="2">
         <v>0.53125</v>
       </c>
       <c r="D76" s="2">
         <v>0.59375</v>
       </c>
       <c r="E76" t="s">
@@ -2354,1829 +2354,1829 @@
         <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>45975.0</v>
       </c>
       <c r="B82" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="2">
         <v>0.5</v>
       </c>
       <c r="D82" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E82" t="s">
         <v>39</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
-        <v>45976.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B83" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C83" s="2">
-        <v>0.33333333333333</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="D83" s="2">
-        <v>0.83333333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E83" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G83" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>45976.0</v>
       </c>
       <c r="B84" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="2">
-        <v>0.57291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="D84" s="2">
-        <v>0.66666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="F84" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
-        <v>45977.0</v>
+        <v>45976.0</v>
       </c>
       <c r="B85" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C85" s="2">
-        <v>0.33333333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="D85" s="2">
-        <v>0.83333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E85" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G85" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>45977.0</v>
       </c>
       <c r="B86" t="s">
         <v>28</v>
       </c>
       <c r="C86" s="2">
-        <v>0.65625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="D86" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E86" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F86" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>45977.0</v>
       </c>
       <c r="B87" t="s">
         <v>28</v>
       </c>
       <c r="C87" s="2">
-        <v>0.75347222222222</v>
+        <v>0.65625</v>
       </c>
       <c r="D87" s="2">
-        <v>0.85069444444444</v>
+        <v>0.75</v>
       </c>
       <c r="E87" t="s">
         <v>9</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
-        <v>45978.0</v>
+        <v>45977.0</v>
       </c>
       <c r="B88" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C88" s="2">
-        <v>0.40625</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="D88" s="2">
-        <v>0.59375</v>
+        <v>0.85069444444444</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G88" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>45978.0</v>
       </c>
       <c r="B89" t="s">
         <v>30</v>
       </c>
       <c r="C89" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D89" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E89" t="s">
         <v>21</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
-        <v>45979.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B90" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C90" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D90" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E90" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F90" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>45979.0</v>
       </c>
       <c r="B91" t="s">
         <v>33</v>
       </c>
       <c r="C91" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D91" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>45979.0</v>
       </c>
       <c r="B92" t="s">
         <v>33</v>
       </c>
       <c r="C92" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D92" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E92" t="s">
         <v>24</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>45979.0</v>
       </c>
       <c r="B93" t="s">
         <v>33</v>
       </c>
       <c r="C93" s="2">
-        <v>0.53472222222222</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D93" s="2">
-        <v>0.60069444444444</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E93" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
-        <v>45980.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B94" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C94" s="2">
-        <v>0.40277777777778</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="D94" s="2">
-        <v>0.46875</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E94" t="s">
         <v>9</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
         <v>45980.0</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" s="2">
-        <v>0.53125</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="D95" s="2">
-        <v>0.59375</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
-        <v>45981.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B96" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C96" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D96" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>45981.0</v>
       </c>
       <c r="B97" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D97" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E97" t="s">
         <v>15</v>
       </c>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>45981.0</v>
       </c>
       <c r="B98" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D98" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B99" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C99" s="2">
-        <v>0.5</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D99" s="2">
-        <v>0.83333333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E99" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G99" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
-        <v>45983.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B100" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C100" s="2">
-        <v>0.33333333333333</v>
+        <v>0.5</v>
       </c>
       <c r="D100" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="E100" t="s">
         <v>39</v>
       </c>
       <c r="F100" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>45983.0</v>
       </c>
       <c r="B101" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="2">
-        <v>0.46875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="D101" s="2">
-        <v>0.5625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E101" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F101" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1">
         <v>45983.0</v>
       </c>
       <c r="B102" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="2">
-        <v>0.56597222222222</v>
+        <v>0.46875</v>
       </c>
       <c r="D102" s="2">
-        <v>0.66319444444444</v>
+        <v>0.5625</v>
       </c>
       <c r="E102" t="s">
         <v>9</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
-        <v>45984.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B103" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C103" s="2">
-        <v>0.33333333333333</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="D103" s="2">
-        <v>0.83333333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="E103" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F103" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G103" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>45984.0</v>
       </c>
       <c r="B104" t="s">
         <v>28</v>
       </c>
       <c r="C104" s="2">
-        <v>0.65625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="D104" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E104" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F104" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>45984.0</v>
       </c>
       <c r="B105" t="s">
         <v>28</v>
       </c>
       <c r="C105" s="2">
-        <v>0.75347222222222</v>
+        <v>0.65625</v>
       </c>
       <c r="D105" s="2">
-        <v>0.85069444444444</v>
+        <v>0.75</v>
       </c>
       <c r="E105" t="s">
         <v>9</v>
       </c>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
-        <v>45985.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B106" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C106" s="2">
-        <v>0.40625</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="D106" s="2">
-        <v>0.59375</v>
+        <v>0.85069444444444</v>
       </c>
       <c r="E106" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F106" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G106" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>45985.0</v>
       </c>
       <c r="B107" t="s">
         <v>30</v>
       </c>
       <c r="C107" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D107" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E107" t="s">
         <v>21</v>
       </c>
       <c r="F107" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
-        <v>45986.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B108" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C108" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D108" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E108" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F108" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>45986.0</v>
       </c>
       <c r="B109" t="s">
         <v>33</v>
       </c>
       <c r="C109" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D109" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E109" t="s">
         <v>24</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>45986.0</v>
       </c>
       <c r="B110" t="s">
         <v>33</v>
       </c>
       <c r="C110" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D110" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E110" t="s">
         <v>24</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="G110" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B111" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C111" s="2">
-        <v>0.40277777777778</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D111" s="2">
-        <v>0.46875</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E111" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>45987.0</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" s="2">
-        <v>0.53125</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="D112" s="2">
-        <v>0.59375</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
-        <v>45988.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B113" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C113" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D113" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E113" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="G113" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>45988.0</v>
       </c>
       <c r="B114" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D114" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E114" t="s">
         <v>15</v>
       </c>
       <c r="F114" t="s">
         <v>10</v>
       </c>
       <c r="G114" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>45988.0</v>
       </c>
       <c r="B115" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D115" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E115" t="s">
         <v>15</v>
       </c>
       <c r="F115" t="s">
         <v>10</v>
       </c>
       <c r="G115" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
-        <v>45992.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B116" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C116" s="2">
-        <v>0.40625</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D116" s="2">
-        <v>0.59375</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E116" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F116" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G116" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1">
         <v>45992.0</v>
       </c>
       <c r="B117" t="s">
         <v>30</v>
       </c>
       <c r="C117" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D117" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E117" t="s">
         <v>21</v>
       </c>
       <c r="F117" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B118" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C118" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D118" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E118" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F118" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1">
         <v>45993.0</v>
       </c>
       <c r="B119" t="s">
         <v>33</v>
       </c>
       <c r="C119" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D119" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E119" t="s">
         <v>24</v>
       </c>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="G119" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1">
         <v>45993.0</v>
       </c>
       <c r="B120" t="s">
         <v>33</v>
       </c>
       <c r="C120" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D120" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E120" t="s">
         <v>24</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>45993.0</v>
       </c>
       <c r="B121" t="s">
         <v>33</v>
       </c>
       <c r="C121" s="2">
-        <v>0.53472222222222</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D121" s="2">
-        <v>0.60069444444444</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E121" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F121" t="s">
         <v>10</v>
       </c>
       <c r="G121" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
-        <v>45994.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B122" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C122" s="2">
-        <v>0.53125</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="D122" s="2">
-        <v>0.59375</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F122" t="s">
         <v>10</v>
       </c>
       <c r="G122" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
-        <v>45995.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B123" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C123" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D123" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E123" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="G123" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>45995.0</v>
       </c>
       <c r="B124" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D124" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E124" t="s">
         <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>10</v>
       </c>
       <c r="G124" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>45995.0</v>
       </c>
       <c r="B125" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D125" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E125" t="s">
         <v>15</v>
       </c>
       <c r="F125" t="s">
         <v>10</v>
       </c>
       <c r="G125" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
-        <v>45999.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B126" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C126" s="2">
-        <v>0.40625</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D126" s="2">
-        <v>0.59375</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E126" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F126" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G126" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>45999.0</v>
       </c>
       <c r="B127" t="s">
         <v>30</v>
       </c>
       <c r="C127" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D127" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E127" t="s">
         <v>21</v>
       </c>
       <c r="F127" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B128" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C128" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D128" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E128" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F128" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>46000.0</v>
       </c>
       <c r="B129" t="s">
         <v>33</v>
       </c>
       <c r="C129" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D129" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E129" t="s">
         <v>24</v>
       </c>
       <c r="F129" t="s">
         <v>10</v>
       </c>
       <c r="G129" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>46000.0</v>
       </c>
       <c r="B130" t="s">
         <v>33</v>
       </c>
       <c r="C130" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D130" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="G130" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B131" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C131" s="2">
-        <v>0.53125</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D131" s="2">
-        <v>0.59375</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E131" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
-        <v>46002.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B132" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C132" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D132" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E132" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>46002.0</v>
       </c>
       <c r="B133" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D133" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E133" t="s">
         <v>15</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>46002.0</v>
       </c>
       <c r="B134" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D134" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E134" t="s">
         <v>15</v>
       </c>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
-        <v>46006.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B135" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C135" s="2">
-        <v>0.40625</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D135" s="2">
-        <v>0.59375</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E135" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F135" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G135" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>46006.0</v>
       </c>
       <c r="B136" t="s">
         <v>30</v>
       </c>
       <c r="C136" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D136" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E136" t="s">
         <v>21</v>
       </c>
       <c r="F136" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B137" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C137" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D137" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E137" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F137" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>46007.0</v>
       </c>
       <c r="B138" t="s">
         <v>33</v>
       </c>
       <c r="C138" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D138" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E138" t="s">
         <v>24</v>
       </c>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>46007.0</v>
       </c>
       <c r="B139" t="s">
         <v>33</v>
       </c>
       <c r="C139" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D139" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E139" t="s">
         <v>24</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B140" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C140" s="2">
-        <v>0.53125</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D140" s="2">
-        <v>0.59375</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B141" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C141" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D141" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E141" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>46009.0</v>
       </c>
       <c r="B142" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D142" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
         <v>10</v>
       </c>
       <c r="G142" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>46009.0</v>
       </c>
       <c r="B143" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D143" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
-        <v>46029.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B144" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C144" s="2">
-        <v>0.34305555555556</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D144" s="2">
-        <v>0.40555555555556</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E144" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F144" t="s">
         <v>10</v>
       </c>
       <c r="G144" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>46029.0</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D145" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E145" t="s">
         <v>24</v>
       </c>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>46029.0</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D146" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E146" t="s">
         <v>24</v>
       </c>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
-        <v>46034.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B147" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C147" s="2">
-        <v>0.40625</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D147" s="2">
-        <v>0.59375</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E147" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F147" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G147" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>46034.0</v>
       </c>
       <c r="B148" t="s">
         <v>30</v>
       </c>
       <c r="C148" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D148" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E148" t="s">
         <v>21</v>
       </c>
       <c r="F148" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B149" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C149" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D149" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E149" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F149" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>46035.0</v>
       </c>
       <c r="B150" t="s">
         <v>33</v>
       </c>
       <c r="C150" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D150" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E150" t="s">
         <v>24</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>46035.0</v>
       </c>
       <c r="B151" t="s">
         <v>33</v>
       </c>
       <c r="C151" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D151" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E151" t="s">
         <v>24</v>
       </c>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B152" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C152" s="2">
-        <v>0.53125</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D152" s="2">
-        <v>0.59375</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E152" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F152" t="s">
         <v>10</v>
       </c>
       <c r="G152" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
-        <v>46041.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B153" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C153" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D153" s="2">
         <v>0.59375</v>
       </c>
       <c r="E153" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>22</v>
+        <v>10</v>
+      </c>
+      <c r="G153" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>46041.0</v>
       </c>
       <c r="B154" t="s">
         <v>30</v>
       </c>
       <c r="C154" s="2">
-        <v>0.84375</v>
+        <v>0.40625</v>
       </c>
       <c r="D154" s="2">
-        <v>0.90625</v>
+        <v>0.59375</v>
       </c>
       <c r="E154" t="s">
         <v>21</v>
       </c>
       <c r="F154" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B155" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C155" s="2">
-        <v>0.34305555555556</v>
+        <v>0.84375</v>
       </c>
       <c r="D155" s="2">
-        <v>0.40555555555556</v>
+        <v>0.90625</v>
       </c>
       <c r="E155" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F155" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>46042.0</v>
       </c>
       <c r="B156" t="s">
         <v>33</v>
       </c>
       <c r="C156" s="2">
-        <v>0.40625</v>
+        <v>0.34305555555556</v>
       </c>
       <c r="D156" s="2">
-        <v>0.46875</v>
+        <v>0.40555555555556</v>
       </c>
       <c r="E156" t="s">
         <v>24</v>
       </c>
       <c r="F156" t="s">
         <v>10</v>
       </c>
       <c r="G156" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>46042.0</v>
       </c>
       <c r="B157" t="s">
         <v>33</v>
       </c>
       <c r="C157" s="2">
-        <v>0.46944444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D157" s="2">
-        <v>0.53194444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E157" t="s">
         <v>24</v>
       </c>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B158" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C158" s="2">
-        <v>0.53125</v>
+        <v>0.46944444444444</v>
       </c>
       <c r="D158" s="2">
-        <v>0.59375</v>
+        <v>0.53194444444444</v>
       </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B159" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C159" s="2">
-        <v>0.40625</v>
+        <v>0.53125</v>
       </c>
       <c r="D159" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="E159" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F159" t="s">
         <v>10</v>
       </c>
       <c r="G159" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>46044.0</v>
       </c>
       <c r="B160" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="D160" s="2">
-        <v>0.53819444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="E160" t="s">
         <v>15</v>
       </c>
       <c r="F160" t="s">
         <v>10</v>
       </c>
       <c r="G160" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>46044.0</v>
       </c>
       <c r="B161" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="D161" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="E161" t="s">
         <v>15</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
-        <v>46047.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B162" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="C162" s="2">
-        <v>0.54097222222222</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="D162" s="2">
-        <v>0.63472222222222</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E162" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F162" t="s">
         <v>10</v>
       </c>
       <c r="G162" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>46047.0</v>
       </c>
       <c r="B163" t="s">
         <v>28</v>
       </c>
       <c r="C163" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="D163" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E163" t="s">
         <v>24</v>
       </c>
       <c r="F163" t="s">
         <v>10</v>
       </c>
       <c r="G163" t="s">
         <v>26</v>
       </c>
     </row>
@@ -4327,51 +4327,51 @@
       </c>
       <c r="D170" s="2">
         <v>0.53194444444444</v>
       </c>
       <c r="E170" t="s">
         <v>24</v>
       </c>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>46050.0</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="D171" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E171" t="s">
         <v>9</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>46050.0</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" s="2">
         <v>0.53125</v>
       </c>
       <c r="D172" s="2">
         <v>0.59375</v>
       </c>
       <c r="E172" t="s">