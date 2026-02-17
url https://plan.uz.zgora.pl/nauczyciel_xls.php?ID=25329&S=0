--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -12,214 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...94 lines deleted...]
-    <t>SWFiS / Rajd trekkingowy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -483,4108 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I180"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D180" sqref="D180"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...4013 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>