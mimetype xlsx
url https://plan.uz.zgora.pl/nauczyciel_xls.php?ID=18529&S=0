--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -135,50 +135,59 @@
     <t>202 A-29</t>
   </si>
   <si>
     <t>Konsultacje</t>
   </si>
   <si>
     <t>506 A-29</t>
   </si>
   <si>
     <t>Rezerwacja</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>31MAT-SP</t>
   </si>
   <si>
     <t>219 A-29</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>122 A-29</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>3 A-29</t>
+  </si>
+  <si>
+    <t>Po</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -486,54 +495,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I195"/>
+  <dimension ref="A1:I206"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D195" sqref="D195"/>
+      <selection activeCell="D206" sqref="D206"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3181,54 +3190,54 @@
       </c>
       <c r="D107" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E107" t="s">
         <v>29</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>30</v>
       </c>
       <c r="H107" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>45993.0</v>
       </c>
       <c r="B108" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="2">
-        <v>0.54513888888889</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="D108" s="2">
-        <v>0.60763888888889</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E108" t="s">
         <v>29</v>
       </c>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>30</v>
       </c>
       <c r="H108" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>45993.0</v>
       </c>
       <c r="B109" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="D109" s="2">
@@ -3853,1560 +3862,1831 @@
       </c>
       <c r="D134" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E134" t="s">
         <v>29</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>30</v>
       </c>
       <c r="H134" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>46007.0</v>
       </c>
       <c r="B135" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D135" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E135" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F135" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H135" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>46007.0</v>
       </c>
       <c r="B136" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D136" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E136" t="s">
         <v>29</v>
       </c>
       <c r="F136" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G136" t="s">
         <v>30</v>
       </c>
       <c r="H136" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B137" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C137" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D137" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E137" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F137" t="s">
         <v>24</v>
       </c>
       <c r="G137" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H137" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>46008.0</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D138" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E138" t="s">
         <v>9</v>
       </c>
       <c r="F138" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G138" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H138" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>46008.0</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D139" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E139" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F139" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G139" t="s">
+        <v>11</v>
+      </c>
+      <c r="H139" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>46008.0</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D140" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E140" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F140" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B141" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C141" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D141" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E141" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F141" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="G141" t="s">
+        <v>17</v>
       </c>
       <c r="H141" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>46009.0</v>
       </c>
       <c r="B142" t="s">
         <v>19</v>
       </c>
       <c r="C142" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D142" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E142" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>46009.0</v>
       </c>
       <c r="B143" t="s">
         <v>19</v>
       </c>
       <c r="C143" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D143" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E143" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H143" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
         <v>46009.0</v>
       </c>
       <c r="B144" t="s">
         <v>19</v>
       </c>
       <c r="C144" s="2">
-        <v>0.59375</v>
+        <v>0.53125</v>
       </c>
       <c r="D144" s="2">
-        <v>0.625</v>
+        <v>0.59375</v>
       </c>
       <c r="E144" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G144" t="s">
+        <v>23</v>
       </c>
       <c r="H144" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>46009.0</v>
       </c>
       <c r="B145" t="s">
         <v>19</v>
       </c>
       <c r="C145" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="D145" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E145" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F145" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H145" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
-        <v>46029.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B146" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C146" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D146" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E146" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F146" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G146" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="H146" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>46029.0</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D147" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E147" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H147" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>46029.0</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D148" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E148" t="s">
         <v>29</v>
       </c>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G148" t="s">
         <v>30</v>
       </c>
       <c r="H148" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>46029.0</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" s="2">
-        <v>0.59375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D149" s="2">
-        <v>0.625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E149" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F149" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="H149" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B150" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C150" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D150" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E150" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F150" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G150" t="s">
+        <v>30</v>
       </c>
       <c r="H150" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B151" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C151" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="D151" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E151" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F151" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H151" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>46030.0</v>
       </c>
       <c r="B152" t="s">
         <v>19</v>
       </c>
       <c r="C152" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D152" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E152" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H152" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>46030.0</v>
       </c>
       <c r="B153" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D153" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E153" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F153" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G153" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H153" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>46030.0</v>
       </c>
       <c r="B154" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D154" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E154" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F154" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G154" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H154" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
-        <v>46035.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B155" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C155" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D155" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E155" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F155" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G155" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="H155" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
-        <v>46035.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B156" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C156" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D156" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E156" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F156" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G156" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="H156" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>46035.0</v>
       </c>
       <c r="B157" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D157" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E157" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F157" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G157" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H157" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
         <v>46035.0</v>
       </c>
       <c r="B158" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D158" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E158" t="s">
         <v>29</v>
       </c>
       <c r="F158" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>30</v>
       </c>
       <c r="H158" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B159" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C159" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D159" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E159" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F159" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H159" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B160" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C160" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D160" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E160" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F160" t="s">
         <v>10</v>
       </c>
       <c r="G160" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H160" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B161" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C161" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D161" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E161" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F161" t="s">
-        <v>14</v>
+        <v>24</v>
+      </c>
+      <c r="G161" t="s">
+        <v>30</v>
+      </c>
+      <c r="H161" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>46036.0</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D162" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E162" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F162" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="G162" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="H162" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B163" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C163" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D163" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E163" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F163" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G163" t="s">
+        <v>11</v>
       </c>
       <c r="H163" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B164" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C164" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D164" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E164" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F164" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B165" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C165" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D165" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E165" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F165" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G165" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H165" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1">
         <v>46037.0</v>
       </c>
       <c r="B166" t="s">
         <v>19</v>
       </c>
       <c r="C166" s="2">
-        <v>0.59375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D166" s="2">
-        <v>0.625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E166" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>46037.0</v>
       </c>
       <c r="B167" t="s">
         <v>19</v>
       </c>
       <c r="C167" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D167" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E167" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F167" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G167" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H167" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
-        <v>46042.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B168" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C168" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D168" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E168" t="s">
         <v>9</v>
       </c>
       <c r="F168" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G168" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="H168" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
-        <v>46042.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B169" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C169" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="D169" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E169" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F169" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="H169" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
-        <v>46042.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B170" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C170" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D170" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E170" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F170" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G170" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H170" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>46042.0</v>
       </c>
       <c r="B171" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="2">
-        <v>0.59375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D171" s="2">
-        <v>0.625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E171" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F171" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="G171" t="s">
+        <v>27</v>
       </c>
       <c r="H171" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B172" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C172" s="2">
-        <v>0.42708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D172" s="2">
-        <v>0.45833333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E172" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F172" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="G172" t="s">
+        <v>30</v>
       </c>
       <c r="H172" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B173" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C173" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D173" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E173" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F173" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H173" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B174" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C174" s="2">
         <v>0.53125</v>
       </c>
       <c r="D174" s="2">
         <v>0.59375</v>
       </c>
       <c r="E174" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F174" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G174" t="s">
+        <v>30</v>
+      </c>
+      <c r="H174" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B175" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C175" s="2">
-        <v>0.53125</v>
+        <v>0.59375</v>
       </c>
       <c r="D175" s="2">
-        <v>0.59375</v>
+        <v>0.625</v>
       </c>
       <c r="E175" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F175" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="H175" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>46043.0</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" s="2">
-        <v>0.60416666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="D176" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E176" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F176" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H176" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B177" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C177" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D177" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E177" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F177" t="s">
-        <v>14</v>
+        <v>10</v>
+      </c>
+      <c r="G177" t="s">
+        <v>11</v>
       </c>
       <c r="H177" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B178" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C178" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D178" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E178" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B179" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C179" s="2">
         <v>0.53125</v>
       </c>
       <c r="D179" s="2">
         <v>0.59375</v>
       </c>
       <c r="E179" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F179" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H179" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B180" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C180" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D180" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E180" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F180" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G180" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H180" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>46044.0</v>
       </c>
       <c r="B181" t="s">
         <v>19</v>
       </c>
       <c r="C181" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D181" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E181" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B182" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C182" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D182" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E182" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F182" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G182" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="H182" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B183" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C183" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D183" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E183" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F183" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G183" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="H183" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B184" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C184" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D184" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E184" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G184" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H184" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B185" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C185" s="2">
-        <v>0.59375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D185" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E185" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F185" t="s">
-        <v>14</v>
+        <v>24</v>
+      </c>
+      <c r="G185" t="s">
+        <v>17</v>
       </c>
       <c r="H185" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B186" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C186" s="2">
-        <v>0.42708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D186" s="2">
-        <v>0.45833333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E186" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F186" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="G186" t="s">
+        <v>27</v>
       </c>
       <c r="H186" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B187" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C187" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D187" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E187" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F187" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H187" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B188" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C188" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D188" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E188" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F188" t="s">
-        <v>14</v>
+        <v>36</v>
+      </c>
+      <c r="H188" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B189" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C189" s="2">
         <v>0.53125</v>
       </c>
       <c r="D189" s="2">
         <v>0.59375</v>
       </c>
       <c r="E189" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F189" t="s">
-        <v>36</v>
+        <v>10</v>
+      </c>
+      <c r="G189" t="s">
+        <v>30</v>
       </c>
       <c r="H189" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B190" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C190" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="D190" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E190" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F190" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H190" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B191" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C191" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="D191" s="2">
-        <v>0.44791666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E191" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B192" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C192" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D192" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E192" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F192" t="s">
         <v>10</v>
       </c>
       <c r="G192" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H192" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B193" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C193" s="2">
         <v>0.53125</v>
       </c>
       <c r="D193" s="2">
         <v>0.59375</v>
       </c>
       <c r="E193" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F193" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B194" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C194" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D194" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E194" t="s">
         <v>35</v>
       </c>
       <c r="F194" t="s">
         <v>36</v>
       </c>
-      <c r="G194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B195" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C195" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="D195" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E195" t="s">
         <v>15</v>
       </c>
       <c r="F195" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9">
+      <c r="A196" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B196" t="s">
+        <v>19</v>
+      </c>
+      <c r="C196" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="D196" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>14</v>
+      </c>
+      <c r="H196" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9">
+      <c r="A197" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B197" t="s">
+        <v>19</v>
+      </c>
+      <c r="C197" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="D197" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E197" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" t="s">
+        <v>10</v>
+      </c>
+      <c r="G197" t="s">
+        <v>17</v>
+      </c>
+      <c r="H197" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9">
+      <c r="A198" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B198" t="s">
+        <v>19</v>
+      </c>
+      <c r="C198" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="D198" s="2">
+        <v>0.59375</v>
+      </c>
+      <c r="E198" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198" t="s">
+        <v>10</v>
+      </c>
+      <c r="G198" t="s">
+        <v>23</v>
+      </c>
+      <c r="H198" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
+      <c r="A199" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B199" t="s">
+        <v>19</v>
+      </c>
+      <c r="C199" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="D199" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E199" t="s">
+        <v>35</v>
+      </c>
+      <c r="F199" t="s">
+        <v>36</v>
+      </c>
+      <c r="G199" t="s">
+        <v>37</v>
+      </c>
+      <c r="H199" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9">
+      <c r="A200" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B200" t="s">
+        <v>19</v>
+      </c>
+      <c r="C200" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="D200" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E200" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" t="s">
+        <v>24</v>
+      </c>
+      <c r="G200" t="s">
+        <v>17</v>
+      </c>
+      <c r="H200" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9">
+      <c r="A201" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B201" t="s">
+        <v>26</v>
+      </c>
+      <c r="C201" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D201" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E201" t="s">
+        <v>29</v>
+      </c>
+      <c r="F201" t="s">
+        <v>41</v>
+      </c>
+      <c r="G201" t="s">
+        <v>30</v>
+      </c>
+      <c r="H201" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9">
+      <c r="A202" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B202" t="s">
+        <v>19</v>
+      </c>
+      <c r="C202" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D202" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E202" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" t="s">
+        <v>41</v>
+      </c>
+      <c r="G202" t="s">
+        <v>17</v>
+      </c>
+      <c r="H202" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9">
+      <c r="A203" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B203" t="s">
+        <v>8</v>
+      </c>
+      <c r="C203" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D203" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E203" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" t="s">
+        <v>41</v>
+      </c>
+      <c r="G203" t="s">
+        <v>27</v>
+      </c>
+      <c r="H203" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9">
+      <c r="A204" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B204" t="s">
+        <v>43</v>
+      </c>
+      <c r="C204" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D204" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E204" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" t="s">
+        <v>41</v>
+      </c>
+      <c r="G204" t="s">
+        <v>17</v>
+      </c>
+      <c r="H204" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9">
+      <c r="A205" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B205" t="s">
+        <v>43</v>
+      </c>
+      <c r="C205" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D205" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E205" t="s">
+        <v>29</v>
+      </c>
+      <c r="F205" t="s">
+        <v>41</v>
+      </c>
+      <c r="G205" t="s">
+        <v>30</v>
+      </c>
+      <c r="H205" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9">
+      <c r="A206" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B206" t="s">
+        <v>43</v>
+      </c>
+      <c r="C206" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="D206" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E206" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206" t="s">
+        <v>41</v>
+      </c>
+      <c r="G206" t="s">
+        <v>27</v>
+      </c>
+      <c r="H206" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>