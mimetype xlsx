--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -12,226 +12,114 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...106 lines deleted...]
-    <t>Po</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -495,5198 +383,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I206"/>
+  <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D206" sqref="D206"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
-      </c>
-[...5103 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>