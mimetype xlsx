--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Grupy</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
@@ -156,50 +156,53 @@
     <t>304 A-2</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>So</t>
   </si>
   <si>
     <t>Bezpieczeństwo w systemach teleinformatycznych I</t>
   </si>
   <si>
     <t>CYBER-Pod.-2025/26</t>
   </si>
   <si>
     <t>6a A-2</t>
   </si>
   <si>
     <t>war</t>
   </si>
   <si>
     <t>307 A-2</t>
   </si>
   <si>
     <t>Atakowanie i ochrona systemów cyberfizycznych I</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2487,825 +2490,825 @@
     <row r="78" spans="1:9">
       <c r="A78" s="1">
         <v>45985.0</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="2">
         <v>0.85416666666667</v>
       </c>
       <c r="D78" s="2">
         <v>0.91666666666667</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="F78" t="s">
         <v>28</v>
       </c>
       <c r="H78" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B79" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C79" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D79" s="2">
-        <v>0.54166666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E79" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F79" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
       </c>
       <c r="H79" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
-        <v>45988.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B80" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C80" s="2">
-        <v>0.44791666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="D80" s="2">
-        <v>0.5</v>
+        <v>0.375</v>
       </c>
       <c r="E80" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>17</v>
+      </c>
+      <c r="G80" t="s">
+        <v>32</v>
       </c>
       <c r="H80" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
-        <v>45989.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B81" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C81" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D81" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E81" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F81" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="H81" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
-        <v>45989.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C82" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D82" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E82" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F82" t="s">
         <v>17</v>
       </c>
       <c r="G82" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="H82" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
-        <v>45989.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B83" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C83" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="D83" s="2">
-        <v>0.59375</v>
+        <v>0.5</v>
       </c>
       <c r="E83" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="H83" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
-        <v>45989.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C84" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D84" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E84" t="s">
         <v>16</v>
       </c>
       <c r="F84" t="s">
         <v>17</v>
       </c>
       <c r="G84" t="s">
         <v>24</v>
       </c>
       <c r="H84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>45989.0</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="D85" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E85" t="s">
         <v>16</v>
       </c>
       <c r="F85" t="s">
         <v>17</v>
       </c>
       <c r="G85" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
-        <v>45992.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B86" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C86" s="2">
-        <v>0.85416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D86" s="2">
-        <v>0.91666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E86" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F86" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="G86" t="s">
+        <v>18</v>
       </c>
       <c r="H86" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
-        <v>45993.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B87" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C87" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D87" s="2">
-        <v>0.59722222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E87" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="F87" t="s">
         <v>17</v>
       </c>
       <c r="G87" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="H87" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
-        <v>45993.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B88" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C88" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="D88" s="2">
-        <v>0.67013888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="E88" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="F88" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H88" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
-        <v>45994.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B89" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C89" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D89" s="2">
-        <v>0.54166666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E89" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F89" t="s">
-        <v>10</v>
+        <v>17</v>
+      </c>
+      <c r="G89" t="s">
+        <v>24</v>
       </c>
       <c r="H89" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
-        <v>45995.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B90" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C90" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D90" s="2">
-        <v>0.5</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E90" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F90" t="s">
-        <v>10</v>
+        <v>17</v>
+      </c>
+      <c r="G90" t="s">
+        <v>25</v>
       </c>
       <c r="H90" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
-        <v>45996.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C91" s="2">
-        <v>0.38541666666667</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="D91" s="2">
-        <v>0.44791666666667</v>
+        <v>0.91666666666667</v>
       </c>
       <c r="E91" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F91" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="H91" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
-        <v>45996.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B92" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C92" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D92" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E92" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F92" t="s">
         <v>17</v>
       </c>
       <c r="G92" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="H92" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
-        <v>45996.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B93" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C93" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D93" s="2">
-        <v>0.59375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="E93" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H93" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
-        <v>45996.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B94" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C94" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D94" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E94" t="s">
         <v>16</v>
       </c>
       <c r="F94" t="s">
         <v>17</v>
       </c>
       <c r="G94" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
-        <v>45996.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B95" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C95" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D95" s="2">
-        <v>0.73958333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E95" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F95" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H95" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
-        <v>45998.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B96" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="C96" s="2">
-        <v>0.32986111111111</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="D96" s="2">
-        <v>0.38541666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E96" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="H96" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
-        <v>45998.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B97" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="C97" s="2">
-        <v>0.39236111111111</v>
+        <v>0.3125</v>
       </c>
       <c r="D97" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E97" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F97" t="s">
         <v>17</v>
       </c>
       <c r="G97" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="H97" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
-        <v>45998.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B98" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="C98" s="2">
-        <v>0.46527777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="D98" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E98" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="F98" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="G98" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="H98" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
-        <v>45999.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B99" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="C99" s="2">
-        <v>0.85416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D99" s="2">
-        <v>0.91666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E99" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F99" t="s">
-        <v>28</v>
+        <v>17</v>
+      </c>
+      <c r="G99" t="s">
+        <v>20</v>
       </c>
       <c r="H99" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
-        <v>46001.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B100" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C100" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="D100" s="2">
-        <v>0.54166666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E100" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F100" t="s">
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
-        <v>46002.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B101" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C101" s="2">
-        <v>0.44791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="D101" s="2">
-        <v>0.5</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E101" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F101" t="s">
-        <v>10</v>
+        <v>17</v>
+      </c>
+      <c r="G101" t="s">
+        <v>24</v>
       </c>
       <c r="H101" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1">
-        <v>46003.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B102" t="s">
         <v>15</v>
       </c>
       <c r="C102" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="D102" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E102" t="s">
         <v>16</v>
       </c>
       <c r="F102" t="s">
         <v>17</v>
       </c>
       <c r="G102" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
-        <v>46003.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B103" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C103" s="2">
-        <v>0.45833333333333</v>
+        <v>0.32986111111111</v>
       </c>
       <c r="D103" s="2">
-        <v>0.52083333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E103" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="F103" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="H103" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
-        <v>46003.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B104" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C104" s="2">
-        <v>0.53125</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="D104" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E104" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="F104" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H104" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
-        <v>46003.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C105" s="2">
-        <v>0.60416666666667</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="D105" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E105" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="F105" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="G105" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="H105" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
-        <v>46003.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="C106" s="2">
-        <v>0.67708333333333</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="D106" s="2">
-        <v>0.73958333333333</v>
+        <v>0.91666666666667</v>
       </c>
       <c r="E106" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F106" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H106" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
-        <v>46006.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B107" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C107" s="2">
-        <v>0.85416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="D107" s="2">
-        <v>0.91666666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E107" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F107" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="H107" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
-        <v>46007.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B108" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="C108" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="D108" s="2">
-        <v>0.59722222222222</v>
+        <v>0.5</v>
       </c>
       <c r="E108" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="F108" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="H108" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B109" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C109" s="2">
-        <v>0.60416666666667</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="D109" s="2">
-        <v>0.67013888888889</v>
+        <v>0.91666666666667</v>
       </c>
       <c r="E109" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F109" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="H109" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>46008.0</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="D110" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E110" t="s">
         <v>9</v>
       </c>
       <c r="F110" t="s">
         <v>10</v>
       </c>
       <c r="H110" t="s">
         <v>11</v>
       </c>
     </row>