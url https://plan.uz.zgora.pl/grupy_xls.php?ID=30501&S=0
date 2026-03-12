--- v0 (2026-01-01)
+++ v1 (2026-03-12)
@@ -950,51 +950,51 @@
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>46039.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.375</v>
       </c>
       <c r="E18" s="2">
         <v>0.5</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>19</v>
       </c>
       <c r="H18" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>46039.0</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E19" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F19" t="s">
         <v>31</v>
       </c>
       <c r="G19" t="s">
         <v>19</v>
       </c>
       <c r="H19" t="s">