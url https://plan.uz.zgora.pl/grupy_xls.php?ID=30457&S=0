--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -102,50 +102,53 @@
     <t>Ni</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>dr hab. inż. Artur Gramacki, prof. UZ</t>
   </si>
   <si>
     <t>412 A-2</t>
   </si>
   <si>
     <t>Komunikacja interpersonalna (W)</t>
   </si>
   <si>
     <t>dr inż. Anna Pławiak-Mowna, prof. UZ</t>
   </si>
   <si>
     <t>125 A-2</t>
   </si>
   <si>
     <t>Ochrona własności intelektualnej (W)</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Robert Smoleński</t>
+  </si>
+  <si>
+    <t>128 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -730,810 +733,810 @@
       </c>
       <c r="E9" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>23</v>
       </c>
       <c r="I9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>45969.0</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D10" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E10" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I10" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>45969.0</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
       <c r="D11" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E11" s="2">
-        <v>0.58680555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>45969.0</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E12" s="2">
-        <v>0.65972222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
         <v>16</v>
       </c>
       <c r="H12" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45970.0</v>
+        <v>45969.0</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D13" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E13" s="2">
-        <v>0.52083333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G13" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H13" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I13" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>45983.0</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D14" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E14" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I14" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>45983.0</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
       <c r="D15" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E15" s="2">
-        <v>0.59722222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H15" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I15" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>45983.0</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E16" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F16" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G16" t="s">
         <v>16</v>
       </c>
       <c r="H16" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I16" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
-        <v>45984.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E17" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G17" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H17" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I17" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45997.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D18" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E18" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I18" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45997.0</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
       <c r="D19" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E19" s="2">
-        <v>0.58680555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H19" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I19" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45997.0</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E20" s="2">
-        <v>0.65972222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
         <v>16</v>
       </c>
       <c r="H20" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
-        <v>45998.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E21" s="2">
-        <v>0.52083333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G21" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I21" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>46004.0</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D22" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E22" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>12</v>
       </c>
       <c r="H22" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I22" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>46004.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
       <c r="D23" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E23" s="2">
-        <v>0.59722222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H23" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I23" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>46004.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E24" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F24" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
       <c r="H24" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I24" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
-        <v>46005.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B25" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E25" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G25" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H25" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I25" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>46032.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D26" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E26" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>12</v>
       </c>
       <c r="H26" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I26" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>46032.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
       <c r="D27" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E27" s="2">
-        <v>0.58680555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H27" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I27" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>46032.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E28" s="2">
-        <v>0.65972222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
         <v>16</v>
       </c>
       <c r="H28" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I28" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>46033.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B29" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E29" s="2">
-        <v>0.52083333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G29" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H29" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I29" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>46039.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D30" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E30" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>12</v>
       </c>
       <c r="H30" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I30" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>46039.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
       <c r="D31" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E31" s="2">
-        <v>0.59722222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F31" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H31" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I31" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>46039.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E32" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F32" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G32" t="s">
         <v>16</v>
       </c>
       <c r="H32" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I32" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
-        <v>46040.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B33" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E33" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G33" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H33" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I33" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>46053.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D34" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E34" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="I34" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>46053.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
       <c r="D35" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E35" s="2">
-        <v>0.58680555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H35" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I35" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>46053.0</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E36" s="2">
-        <v>0.65972222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
         <v>16</v>
       </c>
       <c r="H36" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B37" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D37" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E37" s="2">
-        <v>0.52083333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G37" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H37" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I37" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>