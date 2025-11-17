--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -83,51 +83,51 @@
   <si>
     <t>dr Beata Zięba</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Seminarium dyplomowe II (S)</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Oleksandr Barkalov</t>
   </si>
   <si>
     <t>128 A-2</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Larysa Titarenko</t>
   </si>
   <si>
-    <t>127 A-2</t>
+    <t>123 A-2</t>
   </si>
   <si>
     <t>Komunikacja interpersonalna (W)</t>
   </si>
   <si>
     <t>dr inż. Anna Pławiak-Mowna, prof. UZ</t>
   </si>
   <si>
     <t>125 A-2</t>
   </si>
   <si>
     <t>Ochrona własności intelektualnej (W)</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Robert Smoleński</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">