--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -122,81 +122,90 @@
   <si>
     <t>dr Regina Korzeniowska</t>
   </si>
   <si>
     <t>Rehabilitacja słuchowa dziecka II (Ć)</t>
   </si>
   <si>
     <t>29 A-16</t>
   </si>
   <si>
     <t>Rehabilitacja słuchowa dziecka I (Ć)</t>
   </si>
   <si>
     <t>mgr Agnieszka Mrowińska</t>
   </si>
   <si>
     <t>36 A-16</t>
   </si>
   <si>
     <t>Podstawy fizjoterapii pediatrycznej (Ć)</t>
   </si>
   <si>
     <t>mgr Tobiasz Nowakowski</t>
   </si>
   <si>
+    <t>028 A-16; 11 A-16</t>
+  </si>
+  <si>
+    <t>028 A-16; 425 A-16</t>
+  </si>
+  <si>
     <t>Strategie zajęć wspomagających rozwój dziecka w codziennych aktywnościach (RBM) (W)</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Genetyczne zespoły zaburzeń u dzieci (W)</t>
   </si>
   <si>
     <t>dr hab. n. med. Krzysztof Chmielowiec, prof. UZ</t>
   </si>
   <si>
     <t>Kształtowanie języka i mowy dziecka (W)</t>
   </si>
   <si>
     <t>mgr Justyna Bogusław</t>
   </si>
   <si>
     <t>Wczesne wspomaganie rozwoju dziecka z zaburzeniami neurorozwojowymi (W)</t>
   </si>
   <si>
     <t>mgr Ewa Pomarańska</t>
   </si>
   <si>
     <t>Wczesne wspomaganie rozwoju dziecka z zaburzeniami neurorozwojowymi (Ć)</t>
   </si>
   <si>
     <t>Terapia ręki dziecka (Ć)</t>
   </si>
   <si>
     <t>mgr Magdalena Benedyk</t>
+  </si>
+  <si>
+    <t>341 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -520,51 +529,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E45" sqref="E45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -940,77 +949,77 @@
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>45977.0</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="2">
         <v>0.375</v>
       </c>
       <c r="E16" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
       <c r="H16" t="s">
         <v>35</v>
       </c>
       <c r="I16" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45977.0</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="D17" s="2">
         <v>0.5625</v>
       </c>
       <c r="E17" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
       <c r="H17" t="s">
         <v>35</v>
       </c>
       <c r="I17" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45983.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.375</v>
       </c>
       <c r="E18" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
       <c r="H18" t="s">
         <v>25</v>
       </c>
       <c r="I18" t="s">
@@ -1018,51 +1027,51 @@
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45983.0</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>0.5625</v>
       </c>
       <c r="E19" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45984.0</v>
       </c>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="2">
         <v>0.375</v>
       </c>
       <c r="E20" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F20" t="s">
         <v>29</v>
       </c>
       <c r="G20" t="s">
         <v>11</v>
       </c>
       <c r="H20" t="s">
         <v>19</v>
       </c>
       <c r="I20" t="s">
@@ -1070,140 +1079,140 @@
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>45984.0</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="D21" s="2">
         <v>0.5625</v>
       </c>
       <c r="E21" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
       <c r="H21" t="s">
         <v>35</v>
       </c>
       <c r="I21" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45990.0</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
         <v>0.375</v>
       </c>
       <c r="E22" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F22" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G22" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H22" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45990.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
         <v>0.5625</v>
       </c>
       <c r="E23" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F23" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G23" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H23" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45991.0</v>
       </c>
       <c r="B24" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="2">
         <v>0.375</v>
       </c>
       <c r="E24" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F24" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G24" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H24" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45991.0</v>
       </c>
       <c r="B25" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="2">
         <v>0.5625</v>
       </c>
       <c r="E25" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F25" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G25" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45997.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
         <v>0.375</v>
       </c>
       <c r="E26" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
@@ -1214,51 +1223,51 @@
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45997.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
         <v>0.5625</v>
       </c>
       <c r="E27" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45998.0</v>
       </c>
       <c r="B28" t="s">
         <v>17</v>
       </c>
       <c r="D28" s="2">
         <v>0.375</v>
       </c>
       <c r="E28" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
       <c r="H28" t="s">
         <v>22</v>
       </c>
       <c r="I28" t="s">
@@ -1283,409 +1292,409 @@
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>25</v>
       </c>
       <c r="I29" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>46004.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>0.375</v>
       </c>
       <c r="E30" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G30" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H30" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>46004.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
         <v>0.5625</v>
       </c>
       <c r="E31" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F31" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G31" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H31" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>46005.0</v>
       </c>
       <c r="B32" t="s">
         <v>17</v>
       </c>
       <c r="D32" s="2">
         <v>0.375</v>
       </c>
       <c r="E32" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F32" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G32" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H32" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>46005.0</v>
       </c>
       <c r="B33" t="s">
         <v>17</v>
       </c>
       <c r="D33" s="2">
         <v>0.5625</v>
       </c>
       <c r="E33" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F33" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G33" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H33" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>46032.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
         <v>0.375</v>
       </c>
       <c r="E34" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I34" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>46032.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
         <v>0.5625</v>
       </c>
       <c r="E35" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s">
         <v>11</v>
       </c>
       <c r="H35" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I35" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>46033.0</v>
       </c>
       <c r="B36" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="2">
         <v>0.375</v>
       </c>
       <c r="E36" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
       <c r="H36" t="s">
         <v>22</v>
       </c>
       <c r="I36" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>46033.0</v>
       </c>
       <c r="B37" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="2">
         <v>0.5625</v>
       </c>
       <c r="E37" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F37" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
       <c r="H37" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>46046.0</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
         <v>0.375</v>
       </c>
       <c r="E38" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F38" t="s">
         <v>31</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
       <c r="H38" t="s">
         <v>32</v>
       </c>
       <c r="I38" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>46046.0</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
         <v>0.5625</v>
       </c>
       <c r="E39" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I39" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>46047.0</v>
       </c>
       <c r="B40" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="2">
         <v>0.375</v>
       </c>
       <c r="E40" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
       <c r="H40" t="s">
         <v>22</v>
       </c>
       <c r="I40" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>46047.0</v>
       </c>
       <c r="B41" t="s">
         <v>17</v>
       </c>
       <c r="D41" s="2">
         <v>0.5625</v>
       </c>
       <c r="E41" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F41" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
       <c r="H41" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I41" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>46060.0</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="2">
         <v>0.375</v>
       </c>
       <c r="E42" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F42" t="s">
         <v>31</v>
       </c>
       <c r="G42" t="s">
         <v>11</v>
       </c>
       <c r="H42" t="s">
         <v>32</v>
       </c>
       <c r="I42" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>46060.0</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="2">
         <v>0.5625</v>
       </c>
       <c r="E43" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G43" t="s">
         <v>11</v>
       </c>
       <c r="H43" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="I43" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>46061.0</v>
       </c>
       <c r="B44" t="s">
         <v>17</v>
       </c>
       <c r="D44" s="2">
         <v>0.375</v>
       </c>
       <c r="E44" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F44" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>46061.0</v>
       </c>
       <c r="B45" t="s">
         <v>17</v>
       </c>
       <c r="D45" s="2">
         <v>0.5625</v>
       </c>
       <c r="E45" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F45" t="s">
         <v>29</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
       <c r="H45" t="s">