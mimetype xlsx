--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -594,54 +594,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J426"/>
+  <dimension ref="A1:J413"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E426" sqref="E426"/>
+      <selection activeCell="E413" sqref="E413"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1414,125 +1414,125 @@
         <v>0.45833333333333</v>
       </c>
       <c r="E29" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F29" t="s">
         <v>17</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>18</v>
       </c>
       <c r="I29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45938.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
       <c r="D30" s="2">
-        <v>0.49652777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="E30" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G30" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I30" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45938.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D31" s="2">
         <v>0.53125</v>
       </c>
       <c r="E31" s="2">
         <v>0.5625</v>
       </c>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31" t="s">
         <v>24</v>
       </c>
       <c r="H31" t="s">
         <v>25</v>
       </c>
       <c r="I31" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45938.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E32" s="2">
-        <v>0.5625</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G32" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H32" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I32" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45938.0</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E33" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F33" t="s">
         <v>69</v>
       </c>
       <c r="G33" t="s">
         <v>20</v>
       </c>
       <c r="H33" t="s">
         <v>12</v>
       </c>
       <c r="I33" t="s">
@@ -2204,125 +2204,125 @@
         <v>0.45833333333333</v>
       </c>
       <c r="E58" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F58" t="s">
         <v>17</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45945.0</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
+      <c r="C59" t="s">
+        <v>22</v>
+      </c>
       <c r="D59" s="2">
-        <v>0.49652777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="E59" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G59" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H59" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I59" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45945.0</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D60" s="2">
         <v>0.53125</v>
       </c>
       <c r="E60" s="2">
         <v>0.5625</v>
       </c>
       <c r="F60" t="s">
         <v>23</v>
       </c>
       <c r="G60" t="s">
         <v>24</v>
       </c>
       <c r="H60" t="s">
         <v>25</v>
       </c>
       <c r="I60" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45945.0</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E61" s="2">
-        <v>0.5625</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F61" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G61" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H61" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I61" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45946.0</v>
       </c>
       <c r="B62" t="s">
         <v>28</v>
       </c>
       <c r="C62" t="s">
         <v>22</v>
       </c>
       <c r="D62" s="2">
         <v>0.3125</v>
       </c>
       <c r="E62" s="2">
         <v>0.34375</v>
       </c>
       <c r="F62" t="s">
         <v>29</v>
       </c>
       <c r="G62" t="s">
         <v>24</v>
       </c>
       <c r="H62" t="s">
@@ -2367,188 +2367,188 @@
       </c>
       <c r="B64" t="s">
         <v>28</v>
       </c>
       <c r="D64" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E64" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F64" t="s">
         <v>32</v>
       </c>
       <c r="G64" t="s">
         <v>20</v>
       </c>
       <c r="H64" t="s">
         <v>33</v>
       </c>
       <c r="I64" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45947.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B65" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C65" t="s">
         <v>22</v>
       </c>
       <c r="D65" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E65" s="2">
-        <v>0.52083333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F65" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G65" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H65" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I65" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>45947.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B66" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C66" t="s">
         <v>27</v>
       </c>
       <c r="D66" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E66" s="2">
-        <v>0.52083333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F66" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G66" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I66" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45947.0</v>
       </c>
       <c r="B67" t="s">
         <v>35</v>
       </c>
+      <c r="C67" t="s">
+        <v>22</v>
+      </c>
       <c r="D67" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E67" s="2">
-        <v>0.69791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F67" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G67" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H67" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I67" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45947.0</v>
       </c>
       <c r="B68" t="s">
         <v>35</v>
       </c>
       <c r="C68" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D68" s="2">
-        <v>0.70138888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E68" s="2">
-        <v>0.76388888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F68" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G68" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H68" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="I68" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45947.0</v>
       </c>
       <c r="B69" t="s">
         <v>35</v>
       </c>
-      <c r="C69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E69" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F69" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G69" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H69" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I69" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45950.0</v>
       </c>
       <c r="B70" t="s">
         <v>44</v>
       </c>
       <c r="D70" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E70" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F70" t="s">
         <v>45</v>
       </c>
       <c r="G70" t="s">
         <v>20</v>
       </c>
       <c r="H70" t="s">
         <v>46</v>
       </c>
       <c r="I70" t="s">
@@ -2890,197 +2890,197 @@
         <v>0.45833333333333</v>
       </c>
       <c r="E83" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F83" t="s">
         <v>17</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
         <v>18</v>
       </c>
       <c r="I83" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45952.0</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
+      <c r="C84" t="s">
+        <v>22</v>
+      </c>
       <c r="D84" s="2">
-        <v>0.49652777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="E84" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G84" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H84" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I84" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45952.0</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D85" s="2">
         <v>0.53125</v>
       </c>
       <c r="E85" s="2">
         <v>0.5625</v>
       </c>
       <c r="F85" t="s">
         <v>23</v>
       </c>
       <c r="G85" t="s">
         <v>24</v>
       </c>
       <c r="H85" t="s">
         <v>25</v>
       </c>
       <c r="I85" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45952.0</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E86" s="2">
-        <v>0.5625</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F86" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G86" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H86" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I86" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45952.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
-        <v>0.67708333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E87" s="2">
-        <v>0.74305555555556</v>
+        <v>0.70138888888889</v>
       </c>
       <c r="F87" t="s">
         <v>69</v>
       </c>
       <c r="G87" t="s">
         <v>20</v>
       </c>
       <c r="H87" t="s">
         <v>12</v>
       </c>
       <c r="I87" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45953.0</v>
       </c>
       <c r="B88" t="s">
         <v>28</v>
       </c>
       <c r="C88" t="s">
         <v>22</v>
       </c>
       <c r="D88" s="2">
         <v>0.3125</v>
       </c>
       <c r="E88" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F88" t="s">
         <v>29</v>
       </c>
       <c r="G88" t="s">
         <v>24</v>
       </c>
       <c r="H88" t="s">
         <v>30</v>
       </c>
       <c r="I88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45953.0</v>
       </c>
       <c r="B89" t="s">
         <v>28</v>
       </c>
       <c r="C89" t="s">
         <v>27</v>
       </c>
       <c r="D89" s="2">
         <v>0.3125</v>
       </c>
       <c r="E89" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F89" t="s">
         <v>29</v>
       </c>
       <c r="G89" t="s">
         <v>24</v>
       </c>
       <c r="H89" t="s">
         <v>30</v>
       </c>
       <c r="I89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45953.0</v>
       </c>
       <c r="B90" t="s">
         <v>28</v>
       </c>
       <c r="D90" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E90" s="2">
@@ -3105,211 +3105,211 @@
       </c>
       <c r="B91" t="s">
         <v>28</v>
       </c>
       <c r="D91" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E91" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F91" t="s">
         <v>70</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
         <v>71</v>
       </c>
       <c r="I91" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45954.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B92" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D92" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E92" s="2">
-        <v>0.52083333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F92" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G92" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H92" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I92" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45954.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B93" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C93" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D93" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E93" s="2">
-        <v>0.52083333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F93" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G93" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H93" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I93" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
-        <v>45954.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B94" t="s">
-        <v>35</v>
+        <v>28</v>
+      </c>
+      <c r="C94" t="s">
+        <v>27</v>
       </c>
       <c r="D94" s="2">
-        <v>0.66666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E94" s="2">
-        <v>0.69791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F94" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G94" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H94" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I94" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45954.0</v>
       </c>
       <c r="B95" t="s">
         <v>35</v>
       </c>
       <c r="C95" t="s">
         <v>22</v>
       </c>
       <c r="D95" s="2">
-        <v>0.70138888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E95" s="2">
-        <v>0.76388888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F95" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G95" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H95" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="I95" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45954.0</v>
       </c>
       <c r="B96" t="s">
         <v>35</v>
       </c>
       <c r="C96" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="2">
-        <v>0.70138888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E96" s="2">
-        <v>0.76388888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F96" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G96" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H96" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="I96" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45957.0</v>
+        <v>45954.0</v>
       </c>
       <c r="B97" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D97" s="2">
-        <v>0.38541666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E97" s="2">
-        <v>0.44444444444444</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F97" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="I97" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45957.0</v>
       </c>
       <c r="B98" t="s">
         <v>44</v>
       </c>
       <c r="D98" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E98" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F98" t="s">
         <v>61</v>
       </c>
       <c r="G98" t="s">
         <v>20</v>
       </c>
       <c r="H98" t="s">
@@ -3603,63 +3603,63 @@
       </c>
       <c r="E109" s="2">
         <v>0.78125</v>
       </c>
       <c r="F109" t="s">
         <v>67</v>
       </c>
       <c r="G109" t="s">
         <v>20</v>
       </c>
       <c r="H109" t="s">
         <v>65</v>
       </c>
       <c r="I109" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45959.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
-        <v>0.34722222222222</v>
+        <v>0.3125</v>
       </c>
       <c r="E110" s="2">
-        <v>0.40625</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="G110" t="s">
         <v>11</v>
       </c>
       <c r="H110" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="I110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45959.0</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E111" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F111" t="s">
         <v>14</v>
       </c>
       <c r="G111" t="s">
         <v>11</v>
       </c>
       <c r="H111" t="s">
@@ -3680,209 +3680,209 @@
         <v>0.45833333333333</v>
       </c>
       <c r="E112" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
         <v>18</v>
       </c>
       <c r="I112" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45959.0</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
+      <c r="C113" t="s">
+        <v>22</v>
+      </c>
       <c r="D113" s="2">
-        <v>0.49652777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="E113" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G113" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H113" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I113" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45959.0</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D114" s="2">
         <v>0.53125</v>
       </c>
       <c r="E114" s="2">
         <v>0.5625</v>
       </c>
       <c r="F114" t="s">
         <v>23</v>
       </c>
       <c r="G114" t="s">
         <v>24</v>
       </c>
       <c r="H114" t="s">
         <v>25</v>
       </c>
       <c r="I114" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45959.0</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E115" s="2">
-        <v>0.5625</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F115" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G115" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H115" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I115" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45960.0</v>
       </c>
       <c r="B116" t="s">
         <v>28</v>
       </c>
-      <c r="C116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E116" s="2">
-        <v>0.34375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F116" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G116" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H116" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I116" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45960.0</v>
       </c>
       <c r="B117" t="s">
         <v>28</v>
       </c>
       <c r="C117" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D117" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E117" s="2">
-        <v>0.34375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F117" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G117" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H117" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I117" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45960.0</v>
       </c>
       <c r="B118" t="s">
         <v>28</v>
       </c>
+      <c r="C118" t="s">
+        <v>27</v>
+      </c>
       <c r="D118" s="2">
-        <v>0.38541666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.41666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G118" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H118" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I118" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45961.0</v>
       </c>
       <c r="B119" t="s">
         <v>35</v>
       </c>
       <c r="C119" t="s">
         <v>22</v>
       </c>
       <c r="D119" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E119" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F119" t="s">
         <v>36</v>
       </c>
       <c r="G119" t="s">
         <v>24</v>
       </c>
       <c r="H119" t="s">
@@ -3927,8413 +3927,8039 @@
       </c>
       <c r="B121" t="s">
         <v>35</v>
       </c>
       <c r="D121" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E121" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F121" t="s">
         <v>39</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
         <v>40</v>
       </c>
       <c r="I121" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
-        <v>45961.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B122" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D122" s="2">
-        <v>0.70138888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E122" s="2">
-        <v>0.76388888888889</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F122" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G122" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H122" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I122" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>45961.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B123" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D123" s="2">
-        <v>0.70138888888889</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.76388888888889</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="G123" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H123" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I123" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45964.0</v>
       </c>
       <c r="B124" t="s">
         <v>44</v>
       </c>
       <c r="D124" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.52430555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G124" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I124" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>45964.0</v>
       </c>
       <c r="B125" t="s">
         <v>44</v>
       </c>
+      <c r="C125" t="s">
+        <v>22</v>
+      </c>
       <c r="D125" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E125" s="2">
-        <v>0.57291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F125" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G125" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H125" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I125" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45964.0</v>
       </c>
       <c r="B126" t="s">
         <v>44</v>
       </c>
+      <c r="C126" t="s">
+        <v>27</v>
+      </c>
       <c r="D126" s="2">
-        <v>0.58333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F126" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G126" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H126" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I126" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>45964.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B127" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D127" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E127" s="2">
-        <v>0.71875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F127" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G127" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
-        <v>45964.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B128" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C128" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D128" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E128" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F128" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G128" t="s">
         <v>24</v>
       </c>
       <c r="H128" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I128" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45965.0</v>
       </c>
       <c r="B129" t="s">
         <v>55</v>
       </c>
+      <c r="C129" t="s">
+        <v>27</v>
+      </c>
       <c r="D129" s="2">
-        <v>0.33333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E129" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F129" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G129" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="H129" t="s">
+        <v>58</v>
+      </c>
+      <c r="I129" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45965.0</v>
       </c>
       <c r="B130" t="s">
         <v>55</v>
       </c>
       <c r="C130" t="s">
         <v>22</v>
       </c>
       <c r="D130" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E130" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F130" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G130" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H130" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I130" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45965.0</v>
       </c>
       <c r="B131" t="s">
         <v>55</v>
       </c>
       <c r="C131" t="s">
         <v>27</v>
       </c>
       <c r="D131" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E131" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F131" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G131" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H131" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I131" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45965.0</v>
       </c>
       <c r="B132" t="s">
         <v>55</v>
       </c>
-      <c r="C132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="2">
-        <v>0.60069444444444</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="G132" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H132" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="I132" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45965.0</v>
       </c>
       <c r="B133" t="s">
         <v>55</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="2">
-        <v>0.60069444444444</v>
+        <v>0.75</v>
       </c>
       <c r="E133" s="2">
-        <v>0.66666666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F133" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G133" t="s">
         <v>20</v>
       </c>
       <c r="H133" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I133" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>45965.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B134" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D134" s="2">
-        <v>0.70833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E134" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F134" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
       <c r="H134" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I134" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>45965.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B135" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D135" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E135" s="2">
-        <v>0.78125</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F135" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="G135" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H135" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I135" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>45966.0</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
+      <c r="C136" t="s">
+        <v>22</v>
+      </c>
       <c r="D136" s="2">
-        <v>0.41666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E136" s="2">
-        <v>0.44791666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F136" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G136" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H136" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I136" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>45966.0</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
+      <c r="C137" t="s">
+        <v>27</v>
+      </c>
       <c r="D137" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E137" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F137" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G137" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H137" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I137" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45966.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="2">
-        <v>0.49652777777778</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E138" s="2">
-        <v>0.52777777777778</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F138" t="s">
         <v>19</v>
       </c>
       <c r="G138" t="s">
         <v>20</v>
       </c>
       <c r="H138" t="s">
         <v>15</v>
       </c>
       <c r="I138" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>45966.0</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="2">
-        <v>0.53125</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E139" s="2">
-        <v>0.5625</v>
+        <v>0.75</v>
       </c>
       <c r="F139" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="G139" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H139" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I139" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
-        <v>45966.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C140" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D140" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E140" s="2">
-        <v>0.5625</v>
+        <v>0.375</v>
       </c>
       <c r="F140" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G140" t="s">
         <v>24</v>
       </c>
       <c r="H140" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I140" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
-        <v>45966.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B141" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C141" t="s">
+        <v>27</v>
       </c>
       <c r="D141" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E141" s="2">
-        <v>0.74305555555556</v>
+        <v>0.375</v>
       </c>
       <c r="F141" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="G141" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H141" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I141" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>45967.0</v>
       </c>
       <c r="B142" t="s">
         <v>28</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E142" s="2">
-        <v>0.34375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F142" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G142" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H142" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I142" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>45967.0</v>
       </c>
       <c r="B143" t="s">
         <v>28</v>
       </c>
-      <c r="C143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E143" s="2">
-        <v>0.34375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F143" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="G143" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H143" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="I143" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>45967.0</v>
       </c>
       <c r="B144" t="s">
         <v>28</v>
       </c>
       <c r="D144" s="2">
-        <v>0.38541666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E144" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F144" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G144" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H144" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I144" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>45967.0</v>
       </c>
       <c r="B145" t="s">
         <v>28</v>
       </c>
+      <c r="C145" t="s">
+        <v>22</v>
+      </c>
       <c r="D145" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E145" s="2">
-        <v>0.52430555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F145" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="G145" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H145" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="I145" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
-        <v>45968.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B146" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C146" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D146" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E146" s="2">
-        <v>0.375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F146" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="G146" t="s">
         <v>42</v>
       </c>
       <c r="H146" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="I146" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>45968.0</v>
       </c>
       <c r="B147" t="s">
         <v>35</v>
       </c>
       <c r="C147" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D147" s="2">
         <v>0.3125</v>
       </c>
       <c r="E147" s="2">
         <v>0.375</v>
       </c>
       <c r="F147" t="s">
         <v>74</v>
       </c>
       <c r="G147" t="s">
         <v>42</v>
       </c>
       <c r="H147" t="s">
         <v>75</v>
       </c>
       <c r="I147" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>45968.0</v>
       </c>
       <c r="B148" t="s">
         <v>35</v>
       </c>
       <c r="C148" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D148" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E148" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F148" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="G148" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H148" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="I148" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>45968.0</v>
       </c>
       <c r="B149" t="s">
         <v>35</v>
       </c>
       <c r="C149" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D149" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E149" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F149" t="s">
         <v>36</v>
       </c>
       <c r="G149" t="s">
         <v>24</v>
       </c>
       <c r="H149" t="s">
         <v>37</v>
       </c>
       <c r="I149" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45968.0</v>
       </c>
       <c r="B150" t="s">
         <v>35</v>
       </c>
+      <c r="C150" t="s">
+        <v>27</v>
+      </c>
       <c r="D150" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E150" s="2">
-        <v>0.69791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F150" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G150" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H150" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I150" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>45968.0</v>
       </c>
       <c r="B151" t="s">
         <v>35</v>
       </c>
-      <c r="C151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E151" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F151" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G151" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H151" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I151" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
-        <v>45968.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B152" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D152" s="2">
-        <v>0.70138888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E152" s="2">
-        <v>0.76388888888889</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F152" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="G152" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H152" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="I152" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>45973.0</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="D153" s="2">
-        <v>0.34722222222222</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E153" s="2">
-        <v>0.40625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F153" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G153" t="s">
         <v>11</v>
       </c>
       <c r="H153" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I153" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>45973.0</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="D154" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E154" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F154" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G154" t="s">
         <v>11</v>
       </c>
       <c r="H154" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I154" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>45973.0</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
+      <c r="C155" t="s">
+        <v>22</v>
+      </c>
       <c r="D155" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E155" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F155" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G155" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H155" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I155" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>45973.0</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
+      <c r="C156" t="s">
+        <v>27</v>
+      </c>
       <c r="D156" s="2">
-        <v>0.49652777777778</v>
+        <v>0.53125</v>
       </c>
       <c r="E156" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F156" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G156" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H156" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I156" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>45973.0</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E157" s="2">
-        <v>0.5625</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F157" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G157" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H157" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I157" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
-        <v>45973.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B158" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D158" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E158" s="2">
-        <v>0.5625</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F158" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="G158" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H158" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I158" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>45974.0</v>
       </c>
       <c r="B159" t="s">
         <v>28</v>
       </c>
       <c r="D159" s="2">
-        <v>0.38541666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E159" s="2">
-        <v>0.44444444444444</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F159" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
       <c r="H159" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="I159" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>45974.0</v>
       </c>
       <c r="B160" t="s">
         <v>28</v>
       </c>
       <c r="D160" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E160" s="2">
-        <v>0.51736111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F160" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="G160" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H160" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I160" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>45974.0</v>
       </c>
       <c r="B161" t="s">
         <v>28</v>
       </c>
+      <c r="C161" t="s">
+        <v>22</v>
+      </c>
       <c r="D161" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E161" s="2">
-        <v>0.57291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F161" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G161" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H161" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I161" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>45974.0</v>
       </c>
       <c r="B162" t="s">
         <v>28</v>
       </c>
+      <c r="C162" t="s">
+        <v>27</v>
+      </c>
       <c r="D162" s="2">
-        <v>0.58333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E162" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F162" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G162" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H162" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I162" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B163" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="D163" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E163" s="2">
-        <v>0.71875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F163" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G163" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B164" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C164" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D164" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E164" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F164" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G164" t="s">
         <v>24</v>
       </c>
       <c r="H164" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I164" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>45975.0</v>
       </c>
       <c r="B165" t="s">
         <v>35</v>
       </c>
+      <c r="C165" t="s">
+        <v>27</v>
+      </c>
       <c r="D165" s="2">
-        <v>0.33333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E165" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F165" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G165" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="H165" t="s">
+        <v>58</v>
+      </c>
+      <c r="I165" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45975.0</v>
       </c>
       <c r="B166" t="s">
         <v>35</v>
       </c>
       <c r="C166" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D166" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E166" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F166" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G166" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H166" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I166" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45975.0</v>
       </c>
       <c r="B167" t="s">
         <v>35</v>
       </c>
       <c r="C167" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D167" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E167" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F167" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G167" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H167" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I167" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45975.0</v>
       </c>
       <c r="B168" t="s">
         <v>35</v>
       </c>
-      <c r="C168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D168" s="2">
-        <v>0.60763888888889</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E168" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F168" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="G168" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H168" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I168" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>45975.0</v>
       </c>
       <c r="B169" t="s">
         <v>35</v>
       </c>
-      <c r="C169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D169" s="2">
-        <v>0.60763888888889</v>
+        <v>0.75</v>
       </c>
       <c r="E169" s="2">
-        <v>0.66666666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F169" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G169" t="s">
         <v>20</v>
       </c>
       <c r="H169" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="I169" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B170" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D170" s="2">
-        <v>0.70833333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E170" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F170" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="G170" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H170" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="I170" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B171" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D171" s="2">
-        <v>0.75</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E171" s="2">
-        <v>0.78125</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F171" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="G171" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H171" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="I171" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45978.0</v>
       </c>
       <c r="B172" t="s">
         <v>44</v>
       </c>
       <c r="D172" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E172" s="2">
-        <v>0.52430555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F172" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G172" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H172" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I172" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>45978.0</v>
       </c>
       <c r="B173" t="s">
         <v>44</v>
       </c>
+      <c r="C173" t="s">
+        <v>22</v>
+      </c>
       <c r="D173" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E173" s="2">
-        <v>0.57291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F173" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G173" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H173" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I173" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>45978.0</v>
       </c>
       <c r="B174" t="s">
         <v>44</v>
       </c>
+      <c r="C174" t="s">
+        <v>27</v>
+      </c>
       <c r="D174" s="2">
-        <v>0.58333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E174" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F174" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G174" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H174" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I174" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B175" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D175" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E175" s="2">
-        <v>0.71875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F175" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G175" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B176" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C176" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D176" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E176" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F176" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G176" t="s">
         <v>24</v>
       </c>
       <c r="H176" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I176" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>45979.0</v>
       </c>
       <c r="B177" t="s">
         <v>55</v>
       </c>
+      <c r="C177" t="s">
+        <v>27</v>
+      </c>
       <c r="D177" s="2">
-        <v>0.33333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E177" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F177" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G177" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="H177" t="s">
+        <v>58</v>
+      </c>
+      <c r="I177" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>45979.0</v>
       </c>
       <c r="B178" t="s">
         <v>55</v>
       </c>
       <c r="C178" t="s">
         <v>22</v>
       </c>
       <c r="D178" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E178" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F178" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G178" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H178" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I178" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>45979.0</v>
       </c>
       <c r="B179" t="s">
         <v>55</v>
       </c>
       <c r="C179" t="s">
         <v>27</v>
       </c>
       <c r="D179" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E179" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G179" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H179" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I179" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>45979.0</v>
       </c>
       <c r="B180" t="s">
         <v>55</v>
       </c>
-      <c r="C180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" s="2">
-        <v>0.60069444444444</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E180" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F180" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="G180" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H180" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="I180" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>45979.0</v>
       </c>
       <c r="B181" t="s">
         <v>55</v>
       </c>
-      <c r="C181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D181" s="2">
-        <v>0.60069444444444</v>
+        <v>0.75</v>
       </c>
       <c r="E181" s="2">
-        <v>0.66666666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F181" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G181" t="s">
         <v>20</v>
       </c>
       <c r="H181" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I181" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B182" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D182" s="2">
-        <v>0.70833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E182" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F182" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="G182" t="s">
         <v>11</v>
       </c>
       <c r="H182" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I182" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B183" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D183" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E183" s="2">
-        <v>0.78125</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F183" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="G183" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H183" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I183" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>45980.0</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
+      <c r="C184" t="s">
+        <v>22</v>
+      </c>
       <c r="D184" s="2">
-        <v>0.41666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E184" s="2">
-        <v>0.44791666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F184" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G184" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H184" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I184" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>45980.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
+      <c r="C185" t="s">
+        <v>27</v>
+      </c>
       <c r="D185" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E185" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F185" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G185" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H185" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I185" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>45980.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
-        <v>0.49652777777778</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E186" s="2">
-        <v>0.52777777777778</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F186" t="s">
         <v>19</v>
       </c>
       <c r="G186" t="s">
         <v>20</v>
       </c>
       <c r="H186" t="s">
         <v>15</v>
       </c>
       <c r="I186" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>45980.0</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
-      <c r="C187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" s="2">
-        <v>0.53125</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E187" s="2">
-        <v>0.5625</v>
+        <v>0.75</v>
       </c>
       <c r="F187" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="G187" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H187" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I187" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B188" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C188" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D188" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E188" s="2">
-        <v>0.5625</v>
+        <v>0.375</v>
       </c>
       <c r="F188" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G188" t="s">
         <v>24</v>
       </c>
       <c r="H188" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I188" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B189" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C189" t="s">
+        <v>27</v>
       </c>
       <c r="D189" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E189" s="2">
-        <v>0.74305555555556</v>
+        <v>0.375</v>
       </c>
       <c r="F189" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="G189" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H189" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I189" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45981.0</v>
       </c>
       <c r="B190" t="s">
         <v>28</v>
       </c>
-      <c r="C190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E190" s="2">
-        <v>0.34375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F190" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G190" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H190" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I190" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>45981.0</v>
       </c>
       <c r="B191" t="s">
         <v>28</v>
       </c>
-      <c r="C191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E191" s="2">
-        <v>0.34375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F191" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="G191" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H191" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="I191" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>45981.0</v>
       </c>
       <c r="B192" t="s">
         <v>28</v>
       </c>
       <c r="D192" s="2">
-        <v>0.38541666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E192" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F192" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G192" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H192" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I192" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>45981.0</v>
       </c>
       <c r="B193" t="s">
         <v>28</v>
       </c>
+      <c r="C193" t="s">
+        <v>22</v>
+      </c>
       <c r="D193" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E193" s="2">
-        <v>0.52430555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F193" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="G193" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H193" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="I193" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B194" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C194" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D194" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E194" s="2">
-        <v>0.375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F194" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="G194" t="s">
         <v>42</v>
       </c>
       <c r="H194" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
       <c r="I194" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>45982.0</v>
       </c>
       <c r="B195" t="s">
         <v>35</v>
       </c>
       <c r="C195" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D195" s="2">
         <v>0.3125</v>
       </c>
       <c r="E195" s="2">
         <v>0.375</v>
       </c>
       <c r="F195" t="s">
         <v>74</v>
       </c>
       <c r="G195" t="s">
         <v>42</v>
       </c>
       <c r="H195" t="s">
         <v>75</v>
       </c>
       <c r="I195" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>45982.0</v>
       </c>
       <c r="B196" t="s">
         <v>35</v>
       </c>
       <c r="C196" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D196" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E196" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F196" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="G196" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H196" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="I196" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>45982.0</v>
       </c>
       <c r="B197" t="s">
         <v>35</v>
       </c>
       <c r="C197" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D197" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E197" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F197" t="s">
         <v>36</v>
       </c>
       <c r="G197" t="s">
         <v>24</v>
       </c>
       <c r="H197" t="s">
         <v>37</v>
       </c>
       <c r="I197" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>45982.0</v>
       </c>
       <c r="B198" t="s">
         <v>35</v>
       </c>
+      <c r="C198" t="s">
+        <v>27</v>
+      </c>
       <c r="D198" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E198" s="2">
-        <v>0.69791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F198" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G198" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H198" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I198" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>45982.0</v>
       </c>
       <c r="B199" t="s">
         <v>35</v>
       </c>
-      <c r="C199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" s="2">
-        <v>0.70138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E199" s="2">
-        <v>0.76388888888889</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F199" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G199" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H199" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I199" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B200" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D200" s="2">
-        <v>0.70138888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E200" s="2">
-        <v>0.76388888888889</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F200" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="G200" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H200" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I200" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>45985.0</v>
       </c>
       <c r="B201" t="s">
         <v>44</v>
       </c>
       <c r="D201" s="2">
-        <v>0.38541666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E201" s="2">
-        <v>0.44444444444444</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F201" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="G201" t="s">
         <v>11</v>
       </c>
       <c r="H201" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="I201" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>45985.0</v>
       </c>
       <c r="B202" t="s">
         <v>44</v>
       </c>
       <c r="D202" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E202" s="2">
-        <v>0.51736111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F202" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="G202" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H202" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="I202" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>45985.0</v>
       </c>
       <c r="B203" t="s">
         <v>44</v>
       </c>
+      <c r="C203" t="s">
+        <v>22</v>
+      </c>
       <c r="D203" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E203" s="2">
-        <v>0.57291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F203" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G203" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H203" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I203" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>45985.0</v>
       </c>
       <c r="B204" t="s">
         <v>44</v>
       </c>
+      <c r="C204" t="s">
+        <v>27</v>
+      </c>
       <c r="D204" s="2">
-        <v>0.58333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E204" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F204" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G204" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H204" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I204" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B205" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D205" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E205" s="2">
-        <v>0.71875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F205" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G205" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B206" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C206" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D206" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E206" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F206" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G206" t="s">
         <v>24</v>
       </c>
       <c r="H206" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I206" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>45986.0</v>
       </c>
       <c r="B207" t="s">
         <v>55</v>
       </c>
+      <c r="C207" t="s">
+        <v>27</v>
+      </c>
       <c r="D207" s="2">
-        <v>0.33333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E207" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F207" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G207" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="H207" t="s">
+        <v>58</v>
+      </c>
+      <c r="I207" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>45986.0</v>
       </c>
       <c r="B208" t="s">
         <v>55</v>
       </c>
       <c r="C208" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D208" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E208" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F208" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G208" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H208" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I208" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>45986.0</v>
       </c>
       <c r="B209" t="s">
         <v>55</v>
       </c>
       <c r="C209" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D209" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E209" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F209" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G209" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H209" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I209" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>45986.0</v>
       </c>
       <c r="B210" t="s">
         <v>55</v>
       </c>
-      <c r="C210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" s="2">
-        <v>0.60763888888889</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E210" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F210" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="G210" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H210" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="I210" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>45986.0</v>
       </c>
       <c r="B211" t="s">
         <v>55</v>
       </c>
-      <c r="C211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D211" s="2">
-        <v>0.60763888888889</v>
+        <v>0.75</v>
       </c>
       <c r="E211" s="2">
-        <v>0.66666666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F211" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G211" t="s">
         <v>20</v>
       </c>
       <c r="H211" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="I211" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B212" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D212" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E212" s="2">
-        <v>0.73958333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F212" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="G212" t="s">
         <v>11</v>
       </c>
       <c r="H212" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="I212" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B213" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D213" s="2">
-        <v>0.75</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E213" s="2">
-        <v>0.78125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F213" t="s">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="G213" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H213" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I213" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>45987.0</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="D214" s="2">
-        <v>0.34722222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E214" s="2">
-        <v>0.40625</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F214" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I214" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>45987.0</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
+      <c r="C215" t="s">
+        <v>22</v>
+      </c>
       <c r="D215" s="2">
-        <v>0.41666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E215" s="2">
-        <v>0.44791666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F215" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G215" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H215" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I215" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>45987.0</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
+      <c r="C216" t="s">
+        <v>27</v>
+      </c>
       <c r="D216" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E216" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F216" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G216" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H216" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I216" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>45987.0</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="D217" s="2">
-        <v>0.49652777777778</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E217" s="2">
-        <v>0.52777777777778</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F217" t="s">
         <v>19</v>
       </c>
       <c r="G217" t="s">
         <v>20</v>
       </c>
       <c r="H217" t="s">
         <v>15</v>
       </c>
       <c r="I217" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B218" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D218" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E218" s="2">
-        <v>0.5625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F218" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G218" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H218" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="I218" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B219" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C219" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D219" s="2">
-        <v>0.53125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E219" s="2">
-        <v>0.5625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F219" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G219" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H219" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="I219" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>45988.0</v>
       </c>
       <c r="B220" t="s">
         <v>28</v>
       </c>
       <c r="C220" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D220" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E220" s="2">
-        <v>0.34375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F220" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G220" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H220" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I220" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B221" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C221" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D221" s="2">
         <v>0.3125</v>
       </c>
       <c r="E221" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F221" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G221" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H221" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I221" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B222" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C222" t="s">
+        <v>27</v>
       </c>
       <c r="D222" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E222" s="2">
-        <v>0.41666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F222" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G222" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H222" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="I222" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>45989.0</v>
       </c>
       <c r="B223" t="s">
         <v>35</v>
       </c>
       <c r="C223" t="s">
         <v>22</v>
       </c>
       <c r="D223" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E223" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F223" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G223" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H223" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="I223" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>45989.0</v>
       </c>
       <c r="B224" t="s">
         <v>35</v>
       </c>
       <c r="C224" t="s">
         <v>27</v>
       </c>
       <c r="D224" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E224" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F224" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G224" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H224" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="I224" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>45989.0</v>
       </c>
       <c r="B225" t="s">
         <v>35</v>
       </c>
-      <c r="C225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D225" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E225" s="2">
-        <v>0.52083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F225" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G225" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H225" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I225" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B226" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D226" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E226" s="2">
-        <v>0.52083333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F226" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G226" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H226" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="I226" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B227" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D227" s="2">
-        <v>0.66666666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E227" s="2">
-        <v>0.69791666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F227" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G227" t="s">
         <v>11</v>
       </c>
       <c r="H227" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="I227" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B228" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D228" s="2">
-        <v>0.70138888888889</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E228" s="2">
-        <v>0.76388888888889</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F228" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G228" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H228" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I228" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B229" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C229" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D229" s="2">
-        <v>0.70138888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E229" s="2">
-        <v>0.76388888888889</v>
+        <v>0.71875</v>
       </c>
       <c r="F229" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G229" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H229" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="I229" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>45992.0</v>
       </c>
       <c r="B230" t="s">
         <v>44</v>
       </c>
+      <c r="C230" t="s">
+        <v>27</v>
+      </c>
       <c r="D230" s="2">
-        <v>0.45833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E230" s="2">
-        <v>0.52430555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F230" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="G230" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H230" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I230" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B231" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D231" s="2">
-        <v>0.54166666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E231" s="2">
-        <v>0.57291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F231" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G231" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B232" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C232" t="s">
+        <v>22</v>
       </c>
       <c r="D232" s="2">
-        <v>0.58333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E232" s="2">
-        <v>0.61458333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F232" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G232" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H232" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I232" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B233" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C233" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D233" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E233" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F233" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G233" t="s">
         <v>24</v>
       </c>
       <c r="H233" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I233" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B234" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C234" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D234" s="2">
-        <v>0.625</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E234" s="2">
-        <v>0.71875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F234" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G234" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H234" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I234" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
         <v>45993.0</v>
       </c>
       <c r="B235" t="s">
         <v>55</v>
       </c>
+      <c r="C235" t="s">
+        <v>27</v>
+      </c>
       <c r="D235" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E235" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F235" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="G235" t="s">
         <v>20</v>
+      </c>
+      <c r="H235" t="s">
+        <v>62</v>
+      </c>
+      <c r="I235" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>45993.0</v>
       </c>
       <c r="B236" t="s">
         <v>55</v>
       </c>
-      <c r="C236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D236" s="2">
-        <v>0.50347222222222</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E236" s="2">
-        <v>0.59722222222222</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F236" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G236" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H236" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I236" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>45993.0</v>
       </c>
       <c r="B237" t="s">
         <v>55</v>
       </c>
-      <c r="C237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D237" s="2">
-        <v>0.50347222222222</v>
+        <v>0.75</v>
       </c>
       <c r="E237" s="2">
-        <v>0.59722222222222</v>
+        <v>0.78125</v>
       </c>
       <c r="F237" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="G237" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H237" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I237" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B238" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D238" s="2">
-        <v>0.60069444444444</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E238" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F238" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G238" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H238" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I238" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B239" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D239" s="2">
-        <v>0.60069444444444</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E239" s="2">
-        <v>0.66666666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F239" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="G239" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H239" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="I239" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B240" t="s">
-        <v>55</v>
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>22</v>
       </c>
       <c r="D240" s="2">
-        <v>0.70833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E240" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F240" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="G240" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H240" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="I240" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B241" t="s">
-        <v>55</v>
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>27</v>
       </c>
       <c r="D241" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E241" s="2">
-        <v>0.78125</v>
+        <v>0.5625</v>
       </c>
       <c r="F241" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G241" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H241" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="I241" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>45994.0</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="D242" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E242" s="2">
-        <v>0.44791666666667</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F242" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G242" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H242" t="s">
         <v>15</v>
       </c>
       <c r="I242" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>45994.0</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="D243" s="2">
-        <v>0.45833333333333</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E243" s="2">
-        <v>0.48958333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F243" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="G243" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H243" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I243" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B244" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C244" t="s">
+        <v>22</v>
       </c>
       <c r="D244" s="2">
-        <v>0.49652777777778</v>
+        <v>0.3125</v>
       </c>
       <c r="E244" s="2">
-        <v>0.52777777777778</v>
+        <v>0.375</v>
       </c>
       <c r="F244" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="G244" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H244" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I244" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B245" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C245" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D245" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E245" s="2">
-        <v>0.5625</v>
+        <v>0.375</v>
       </c>
       <c r="F245" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G245" t="s">
         <v>24</v>
       </c>
       <c r="H245" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I245" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B246" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D246" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E246" s="2">
-        <v>0.5625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F246" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G246" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H246" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="I246" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B247" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D247" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E247" s="2">
-        <v>0.74305555555556</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F247" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G247" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H247" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="I247" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>45995.0</v>
       </c>
       <c r="B248" t="s">
         <v>28</v>
       </c>
-      <c r="C248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D248" s="2">
-        <v>0.3125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E248" s="2">
-        <v>0.34375</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F248" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G248" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H248" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I248" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
         <v>45995.0</v>
       </c>
       <c r="B249" t="s">
         <v>28</v>
       </c>
       <c r="C249" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D249" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E249" s="2">
-        <v>0.34375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F249" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G249" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H249" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I249" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>45995.0</v>
       </c>
       <c r="B250" t="s">
         <v>28</v>
       </c>
+      <c r="C250" t="s">
+        <v>27</v>
+      </c>
       <c r="D250" s="2">
-        <v>0.38541666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E250" s="2">
-        <v>0.41666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F250" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G250" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H250" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I250" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B251" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C251" t="s">
+        <v>22</v>
       </c>
       <c r="D251" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E251" s="2">
-        <v>0.52430555555556</v>
+        <v>0.375</v>
       </c>
       <c r="F251" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G251" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H251" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I251" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
         <v>45996.0</v>
       </c>
       <c r="B252" t="s">
         <v>35</v>
       </c>
       <c r="C252" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D252" s="2">
         <v>0.3125</v>
       </c>
       <c r="E252" s="2">
         <v>0.375</v>
       </c>
       <c r="F252" t="s">
         <v>74</v>
       </c>
       <c r="G252" t="s">
         <v>42</v>
       </c>
       <c r="H252" t="s">
         <v>75</v>
       </c>
       <c r="I252" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
         <v>45996.0</v>
       </c>
       <c r="B253" t="s">
         <v>35</v>
       </c>
       <c r="C253" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D253" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E253" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F253" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G253" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H253" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="I253" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
         <v>45996.0</v>
       </c>
       <c r="B254" t="s">
         <v>35</v>
       </c>
       <c r="C254" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D254" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E254" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F254" t="s">
         <v>36</v>
       </c>
       <c r="G254" t="s">
         <v>24</v>
       </c>
       <c r="H254" t="s">
         <v>37</v>
       </c>
       <c r="I254" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
         <v>45996.0</v>
       </c>
       <c r="B255" t="s">
         <v>35</v>
       </c>
-      <c r="C255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E255" s="2">
-        <v>0.52083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F255" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G255" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H255" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I255" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B256" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D256" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E256" s="2">
-        <v>0.69791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F256" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="G256" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H256" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I256" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B257" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D257" s="2">
-        <v>0.70138888888889</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E257" s="2">
-        <v>0.76388888888889</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F257" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="G257" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H257" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I257" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B258" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D258" s="2">
-        <v>0.70138888888889</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E258" s="2">
-        <v>0.76388888888889</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F258" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G258" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H258" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I258" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
         <v>45999.0</v>
       </c>
       <c r="B259" t="s">
         <v>44</v>
       </c>
+      <c r="C259" t="s">
+        <v>22</v>
+      </c>
       <c r="D259" s="2">
-        <v>0.38541666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E259" s="2">
-        <v>0.44444444444444</v>
+        <v>0.71875</v>
       </c>
       <c r="F259" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="G259" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H259" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="I259" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
         <v>45999.0</v>
       </c>
       <c r="B260" t="s">
         <v>44</v>
       </c>
+      <c r="C260" t="s">
+        <v>27</v>
+      </c>
       <c r="D260" s="2">
-        <v>0.45833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E260" s="2">
-        <v>0.51736111111111</v>
+        <v>0.71875</v>
       </c>
       <c r="F260" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G260" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H260" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I260" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B261" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D261" s="2">
-        <v>0.54166666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E261" s="2">
-        <v>0.57291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F261" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G261" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B262" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C262" t="s">
+        <v>22</v>
       </c>
       <c r="D262" s="2">
-        <v>0.58333333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E262" s="2">
-        <v>0.61458333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F262" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G262" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H262" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I262" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B263" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C263" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D263" s="2">
-        <v>0.625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E263" s="2">
-        <v>0.71875</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F263" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G263" t="s">
         <v>24</v>
       </c>
       <c r="H263" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I263" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B264" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C264" t="s">
         <v>27</v>
       </c>
       <c r="D264" s="2">
-        <v>0.625</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E264" s="2">
-        <v>0.71875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F264" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="G264" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H264" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I264" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46000.0</v>
       </c>
       <c r="B265" t="s">
         <v>55</v>
       </c>
+      <c r="C265" t="s">
+        <v>22</v>
+      </c>
       <c r="D265" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E265" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F265" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="G265" t="s">
         <v>20</v>
+      </c>
+      <c r="H265" t="s">
+        <v>59</v>
+      </c>
+      <c r="I265" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46000.0</v>
       </c>
       <c r="B266" t="s">
         <v>55</v>
       </c>
-      <c r="C266" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D266" s="2">
-        <v>0.50347222222222</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E266" s="2">
-        <v>0.59722222222222</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F266" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G266" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H266" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I266" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>46000.0</v>
       </c>
       <c r="B267" t="s">
         <v>55</v>
       </c>
-      <c r="C267" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D267" s="2">
-        <v>0.50347222222222</v>
+        <v>0.75</v>
       </c>
       <c r="E267" s="2">
-        <v>0.59722222222222</v>
+        <v>0.78125</v>
       </c>
       <c r="F267" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="G267" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H267" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I267" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B268" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D268" s="2">
-        <v>0.60763888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E268" s="2">
-        <v>0.66666666666667</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F268" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="G268" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H268" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="I268" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B269" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D269" s="2">
-        <v>0.60763888888889</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E269" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F269" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="G269" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H269" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I269" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B270" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D270" s="2">
-        <v>0.70833333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E270" s="2">
-        <v>0.73958333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F270" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="G270" t="s">
         <v>11</v>
       </c>
       <c r="H270" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I270" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B271" t="s">
-        <v>55</v>
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>22</v>
       </c>
       <c r="D271" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E271" s="2">
-        <v>0.78125</v>
+        <v>0.5625</v>
       </c>
       <c r="F271" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="G271" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H271" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="I271" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46001.0</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
+      <c r="C272" t="s">
+        <v>27</v>
+      </c>
       <c r="D272" s="2">
-        <v>0.34722222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E272" s="2">
-        <v>0.40625</v>
+        <v>0.5625</v>
       </c>
       <c r="F272" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G272" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H272" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I272" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
         <v>46001.0</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="D273" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E273" s="2">
-        <v>0.44791666666667</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F273" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G273" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H273" t="s">
         <v>15</v>
       </c>
       <c r="I273" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B274" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D274" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E274" s="2">
-        <v>0.48958333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F274" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="G274" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H274" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I274" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B275" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C275" t="s">
+        <v>22</v>
       </c>
       <c r="D275" s="2">
-        <v>0.49652777777778</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E275" s="2">
-        <v>0.52777777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F275" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G275" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H275" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I275" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B276" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C276" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D276" s="2">
-        <v>0.53125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E276" s="2">
-        <v>0.5625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F276" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G276" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H276" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="I276" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
-        <v>46001.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B277" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C277" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D277" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E277" s="2">
-        <v>0.5625</v>
+        <v>0.375</v>
       </c>
       <c r="F277" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="G277" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H277" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="I277" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B278" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C278" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D278" s="2">
         <v>0.3125</v>
       </c>
       <c r="E278" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F278" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G278" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H278" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I278" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B279" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C279" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D279" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E279" s="2">
-        <v>0.34375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F279" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G279" t="s">
         <v>24</v>
       </c>
       <c r="H279" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I279" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B280" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C280" t="s">
+        <v>27</v>
       </c>
       <c r="D280" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E280" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F280" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G280" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H280" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I280" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
         <v>46003.0</v>
       </c>
       <c r="B281" t="s">
         <v>35</v>
       </c>
-      <c r="C281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D281" s="2">
-        <v>0.3125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E281" s="2">
-        <v>0.375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F281" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G281" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H281" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="I281" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B282" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D282" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E282" s="2">
-        <v>0.375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F282" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="G282" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H282" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="I282" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B283" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D283" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E283" s="2">
-        <v>0.52083333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F283" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G283" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H283" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="I283" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B284" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D284" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E284" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F284" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G284" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H284" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="I284" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B285" t="s">
-        <v>35</v>
+        <v>44</v>
+      </c>
+      <c r="C285" t="s">
+        <v>22</v>
       </c>
       <c r="D285" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E285" s="2">
-        <v>0.69791666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F285" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G285" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H285" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="I285" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B286" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C286" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D286" s="2">
-        <v>0.70138888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E286" s="2">
-        <v>0.76388888888889</v>
+        <v>0.71875</v>
       </c>
       <c r="F286" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G286" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H286" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="I286" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
-        <v>46003.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B287" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D287" s="2">
-        <v>0.70138888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E287" s="2">
-        <v>0.76388888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F287" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G287" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B288" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C288" t="s">
+        <v>22</v>
       </c>
       <c r="D288" s="2">
-        <v>0.45833333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E288" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F288" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="G288" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H288" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I288" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B289" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C289" t="s">
+        <v>27</v>
       </c>
       <c r="D289" s="2">
-        <v>0.54166666666667</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E289" s="2">
-        <v>0.57291666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F289" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="G289" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H289" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="I289" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B290" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C290" t="s">
+        <v>22</v>
       </c>
       <c r="D290" s="2">
-        <v>0.58333333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E290" s="2">
-        <v>0.61458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F290" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G290" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H290" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I290" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B291" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C291" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D291" s="2">
-        <v>0.625</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E291" s="2">
-        <v>0.71875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F291" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="G291" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H291" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I291" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B292" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D292" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E292" s="2">
-        <v>0.71875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F292" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G292" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H292" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="I292" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
         <v>46007.0</v>
       </c>
       <c r="B293" t="s">
         <v>55</v>
       </c>
       <c r="D293" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E293" s="2">
-        <v>0.45833333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="F293" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="G293" t="s">
         <v>20</v>
       </c>
+      <c r="H293" t="s">
+        <v>65</v>
+      </c>
+      <c r="I293" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B294" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D294" s="2">
-        <v>0.50347222222222</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E294" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F294" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G294" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H294" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I294" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B295" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D295" s="2">
-        <v>0.50347222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E295" s="2">
-        <v>0.59722222222222</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F295" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G295" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H295" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I295" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B296" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>22</v>
       </c>
       <c r="D296" s="2">
-        <v>0.60069444444444</v>
+        <v>0.53125</v>
       </c>
       <c r="E296" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F296" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G296" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H296" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="I296" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B297" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>27</v>
       </c>
       <c r="D297" s="2">
-        <v>0.60069444444444</v>
+        <v>0.53125</v>
       </c>
       <c r="E297" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F297" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G297" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H297" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="I297" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B298" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D298" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E298" s="2">
-        <v>0.73958333333333</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F298" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="G298" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H298" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I298" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B299" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D299" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="E299" s="2">
         <v>0.75</v>
       </c>
-      <c r="E299" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F299" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G299" t="s">
         <v>20</v>
       </c>
       <c r="H299" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="I299" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B300" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C300" t="s">
+        <v>22</v>
       </c>
       <c r="D300" s="2">
-        <v>0.41666666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E300" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F300" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G300" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H300" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I300" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B301" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C301" t="s">
+        <v>27</v>
       </c>
       <c r="D301" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E301" s="2">
-        <v>0.48958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F301" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G301" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H301" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I301" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B302" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D302" s="2">
-        <v>0.49652777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E302" s="2">
-        <v>0.52777777777778</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F302" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G302" t="s">
         <v>20</v>
       </c>
       <c r="H302" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="I302" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B303" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D303" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E303" s="2">
-        <v>0.5625</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F303" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="G303" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H303" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I303" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B304" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D304" s="2">
-        <v>0.53125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E304" s="2">
-        <v>0.5625</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F304" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G304" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H304" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I304" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B305" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C305" t="s">
+        <v>22</v>
       </c>
       <c r="D305" s="2">
-        <v>0.67708333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E305" s="2">
-        <v>0.74305555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F305" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G305" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H305" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="I305" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
         <v>46009.0</v>
       </c>
       <c r="B306" t="s">
         <v>28</v>
       </c>
       <c r="C306" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D306" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E306" s="2">
-        <v>0.34375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F306" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="G306" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H306" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I306" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B307" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C307" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D307" s="2">
         <v>0.3125</v>
       </c>
       <c r="E307" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F307" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G307" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H307" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I307" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B308" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C308" t="s">
+        <v>27</v>
       </c>
       <c r="D308" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E308" s="2">
-        <v>0.41666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F308" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G308" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H308" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="I308" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B309" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C309" t="s">
+        <v>22</v>
       </c>
       <c r="D309" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E309" s="2">
-        <v>0.52430555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F309" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="G309" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H309" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="I309" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
         <v>46010.0</v>
       </c>
       <c r="B310" t="s">
         <v>35</v>
       </c>
       <c r="C310" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D310" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E310" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F310" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="G310" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H310" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="I310" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
         <v>46010.0</v>
       </c>
       <c r="B311" t="s">
         <v>35</v>
       </c>
-      <c r="C311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D311" s="2">
-        <v>0.3125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E311" s="2">
-        <v>0.375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F311" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G311" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H311" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="I311" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B312" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D312" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E312" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E312" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F312" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="G312" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B313" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D313" s="2">
-        <v>0.45833333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E313" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F313" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G313" t="s">
         <v>24</v>
       </c>
       <c r="H313" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="I313" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B314" t="s">
-        <v>35</v>
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>27</v>
       </c>
       <c r="D314" s="2">
-        <v>0.66666666666667</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E314" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F314" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G314" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H314" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I314" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B315" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D315" s="2">
-        <v>0.70138888888889</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E315" s="2">
-        <v>0.76388888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F315" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G315" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H315" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I315" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B316" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D316" s="2">
-        <v>0.70138888888889</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E316" s="2">
-        <v>0.76388888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F316" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="G316" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H316" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="I316" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="1">
         <v>46029.0</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="D317" s="2">
-        <v>0.33333333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E317" s="2">
-        <v>0.45833333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F317" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="G317" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="H317" t="s">
+        <v>65</v>
+      </c>
+      <c r="I317" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>46029.0</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
-      <c r="C318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D318" s="2">
-        <v>0.50347222222222</v>
+        <v>0.75</v>
       </c>
       <c r="E318" s="2">
-        <v>0.59722222222222</v>
+        <v>0.78125</v>
       </c>
       <c r="F318" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="G318" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H318" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I318" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B319" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D319" s="2">
-        <v>0.50347222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E319" s="2">
-        <v>0.59722222222222</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F319" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="G319" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H319" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="I319" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B320" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C320" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D320" s="2">
-        <v>0.60763888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E320" s="2">
-        <v>0.66666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F320" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G320" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H320" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="I320" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B321" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C321" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D321" s="2">
-        <v>0.60763888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E321" s="2">
-        <v>0.66666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F321" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="G321" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H321" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="I321" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="1">
-        <v>46029.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B322" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C322" t="s">
+        <v>22</v>
       </c>
       <c r="D322" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E322" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F322" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G322" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H322" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="I322" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
-        <v>46029.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B323" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C323" t="s">
+        <v>27</v>
       </c>
       <c r="D323" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E323" s="2">
-        <v>0.78125</v>
+        <v>0.375</v>
       </c>
       <c r="F323" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="G323" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H323" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="I323" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B324" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C324" t="s">
         <v>22</v>
       </c>
       <c r="D324" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E324" s="2">
-        <v>0.34375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F324" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G324" t="s">
         <v>24</v>
       </c>
       <c r="H324" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I324" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B325" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C325" t="s">
         <v>27</v>
       </c>
       <c r="D325" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E325" s="2">
-        <v>0.34375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F325" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G325" t="s">
         <v>24</v>
       </c>
       <c r="H325" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I325" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B326" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D326" s="2">
-        <v>0.38541666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E326" s="2">
-        <v>0.41666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F326" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G326" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H326" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="I326" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B327" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D327" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E327" s="2">
-        <v>0.375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F327" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
       <c r="G327" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H327" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="I327" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B328" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D328" s="2">
-        <v>0.3125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E328" s="2">
-        <v>0.375</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F328" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="G328" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H328" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="I328" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B329" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D329" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E329" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F329" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G329" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H329" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="I329" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B330" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C330" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D330" s="2">
-        <v>0.45833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E330" s="2">
-        <v>0.52083333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F330" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="G330" t="s">
         <v>24</v>
       </c>
       <c r="H330" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="I330" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B331" t="s">
-        <v>35</v>
+        <v>44</v>
+      </c>
+      <c r="C331" t="s">
+        <v>27</v>
       </c>
       <c r="D331" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E331" s="2">
-        <v>0.69791666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F331" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G331" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H331" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="I331" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
-        <v>46031.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B332" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D332" s="2">
-        <v>0.70138888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E332" s="2">
-        <v>0.76388888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F332" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G332" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
-        <v>46031.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B333" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C333" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D333" s="2">
-        <v>0.70138888888889</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E333" s="2">
-        <v>0.76388888888889</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F333" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G333" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H333" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I333" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B334" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C334" t="s">
+        <v>27</v>
       </c>
       <c r="D334" s="2">
-        <v>0.45833333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E334" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F334" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="G334" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H334" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I334" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B335" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C335" t="s">
+        <v>22</v>
       </c>
       <c r="D335" s="2">
-        <v>0.54166666666667</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E335" s="2">
-        <v>0.57291666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F335" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G335" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H335" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="I335" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B336" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C336" t="s">
+        <v>27</v>
       </c>
       <c r="D336" s="2">
-        <v>0.58333333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E336" s="2">
-        <v>0.61458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F336" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="G336" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H336" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="I336" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B337" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D337" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E337" s="2">
-        <v>0.71875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F337" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G337" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H337" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="I337" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B338" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D338" s="2">
-        <v>0.625</v>
+        <v>0.75</v>
       </c>
       <c r="E338" s="2">
-        <v>0.71875</v>
+        <v>0.78125</v>
       </c>
       <c r="F338" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="G338" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H338" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="I338" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B339" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D339" s="2">
-        <v>0.33333333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E339" s="2">
-        <v>0.45833333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F339" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G339" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="H339" t="s">
+        <v>15</v>
+      </c>
+      <c r="I339" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B340" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D340" s="2">
-        <v>0.50347222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E340" s="2">
-        <v>0.59722222222222</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F340" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G340" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H340" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I340" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B341" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D341" s="2">
-        <v>0.50347222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E341" s="2">
-        <v>0.59722222222222</v>
+        <v>0.5625</v>
       </c>
       <c r="F341" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G341" t="s">
         <v>24</v>
       </c>
       <c r="H341" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="I341" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B342" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D342" s="2">
-        <v>0.60069444444444</v>
+        <v>0.53125</v>
       </c>
       <c r="E342" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F342" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G342" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H342" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="I342" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B343" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D343" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="E343" s="2">
-        <v>0.66666666666667</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F343" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="G343" t="s">
         <v>20</v>
       </c>
       <c r="H343" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="I343" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B344" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D344" s="2">
-        <v>0.70833333333333</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E344" s="2">
-        <v>0.73958333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F344" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G344" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H344" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="I344" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
-        <v>46035.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B345" t="s">
-        <v>55</v>
+        <v>28</v>
+      </c>
+      <c r="C345" t="s">
+        <v>22</v>
       </c>
       <c r="D345" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E345" s="2">
-        <v>0.78125</v>
+        <v>0.375</v>
       </c>
       <c r="F345" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="G345" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H345" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="I345" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B346" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C346" t="s">
+        <v>27</v>
       </c>
       <c r="D346" s="2">
-        <v>0.41666666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E346" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F346" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G346" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H346" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I346" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B347" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D347" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E347" s="2">
-        <v>0.48958333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F347" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="G347" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H347" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I347" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B348" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D348" s="2">
-        <v>0.49652777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E348" s="2">
-        <v>0.52777777777778</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F348" t="s">
-        <v>19</v>
+        <v>70</v>
       </c>
       <c r="G348" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H348" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I348" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B349" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D349" s="2">
-        <v>0.53125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E349" s="2">
-        <v>0.5625</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="F349" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G349" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H349" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I349" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B350" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="C350" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D350" s="2">
-        <v>0.53125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E350" s="2">
-        <v>0.5625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F350" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G350" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H350" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="I350" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B351" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C351" t="s">
+        <v>27</v>
       </c>
       <c r="D351" s="2">
-        <v>0.67708333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E351" s="2">
-        <v>0.74305555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F351" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="G351" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H351" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="I351" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B352" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C352" t="s">
         <v>22</v>
       </c>
       <c r="D352" s="2">
         <v>0.3125</v>
       </c>
       <c r="E352" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F352" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G352" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H352" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I352" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B353" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C353" t="s">
         <v>27</v>
       </c>
       <c r="D353" s="2">
         <v>0.3125</v>
       </c>
       <c r="E353" s="2">
-        <v>0.34375</v>
+        <v>0.375</v>
       </c>
       <c r="F353" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="G353" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="H353" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="I353" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B354" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C354" t="s">
+        <v>22</v>
       </c>
       <c r="D354" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E354" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F354" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G354" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H354" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I354" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B355" t="s">
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="C355" t="s">
+        <v>27</v>
       </c>
       <c r="D355" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E355" s="2">
-        <v>0.52430555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F355" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="G355" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H355" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="I355" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>46038.0</v>
       </c>
       <c r="B356" t="s">
         <v>35</v>
       </c>
-      <c r="C356" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D356" s="2">
-        <v>0.3125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E356" s="2">
-        <v>0.375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F356" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="G356" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H356" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="I356" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B357" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D357" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E357" s="2">
-        <v>0.375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F357" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="G357" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H357" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="I357" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B358" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D358" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E358" s="2">
-        <v>0.52083333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F358" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G358" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H358" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="I358" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B359" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D359" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E359" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F359" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G359" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H359" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="I359" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B360" t="s">
-        <v>35</v>
+        <v>44</v>
+      </c>
+      <c r="C360" t="s">
+        <v>22</v>
       </c>
       <c r="D360" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E360" s="2">
-        <v>0.69791666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F360" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G360" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H360" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="I360" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B361" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C361" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D361" s="2">
-        <v>0.70138888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E361" s="2">
-        <v>0.76388888888889</v>
+        <v>0.71875</v>
       </c>
       <c r="F361" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G361" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H361" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="I361" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
-        <v>46038.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B362" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D362" s="2">
-        <v>0.70138888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E362" s="2">
-        <v>0.76388888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F362" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G362" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B363" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C363" t="s">
+        <v>22</v>
       </c>
       <c r="D363" s="2">
-        <v>0.38541666666667</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E363" s="2">
-        <v>0.44444444444444</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F363" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G363" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H363" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I363" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B364" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C364" t="s">
+        <v>27</v>
       </c>
       <c r="D364" s="2">
-        <v>0.45833333333333</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E364" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F364" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G364" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H364" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="I364" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B365" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C365" t="s">
+        <v>27</v>
       </c>
       <c r="D365" s="2">
-        <v>0.54166666666667</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E365" s="2">
-        <v>0.57291666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F365" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G365" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H365" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="I365" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B366" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C366" t="s">
+        <v>22</v>
       </c>
       <c r="D366" s="2">
-        <v>0.58333333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E366" s="2">
-        <v>0.61458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F366" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="G366" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H366" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="I366" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B367" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="D367" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E367" s="2">
-        <v>0.71875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F367" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="G367" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H367" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="I367" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B368" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D368" s="2">
-        <v>0.625</v>
+        <v>0.75</v>
       </c>
       <c r="E368" s="2">
-        <v>0.71875</v>
+        <v>0.78125</v>
       </c>
       <c r="F368" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="G368" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H368" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="I368" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B369" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D369" s="2">
-        <v>0.33333333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E369" s="2">
-        <v>0.45833333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F369" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="G369" t="s">
-        <v>20</v>
+        <v>11</v>
+      </c>
+      <c r="H369" t="s">
+        <v>73</v>
+      </c>
+      <c r="I369" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B370" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D370" s="2">
-        <v>0.50347222222222</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E370" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F370" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G370" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H370" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I370" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B371" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D371" s="2">
-        <v>0.50347222222222</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E371" s="2">
-        <v>0.59722222222222</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F371" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G371" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H371" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I371" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B372" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D372" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53125</v>
       </c>
       <c r="E372" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F372" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G372" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H372" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="I372" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B373" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D373" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53125</v>
       </c>
       <c r="E373" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F373" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G373" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H373" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="I373" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B374" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="D374" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E374" s="2">
-        <v>0.73958333333333</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F374" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="G374" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H374" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="I374" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="1">
-        <v>46042.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B375" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D375" s="2">
-        <v>0.75</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E375" s="2">
-        <v>0.78125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F375" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="G375" t="s">
         <v>20</v>
       </c>
       <c r="H375" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="I375" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B376" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C376" t="s">
+        <v>22</v>
       </c>
       <c r="D376" s="2">
-        <v>0.34722222222222</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E376" s="2">
-        <v>0.40625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F376" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="G376" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H376" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="I376" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B377" t="s">
-        <v>9</v>
+        <v>28</v>
+      </c>
+      <c r="C377" t="s">
+        <v>27</v>
       </c>
       <c r="D377" s="2">
-        <v>0.41666666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E377" s="2">
-        <v>0.44791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F377" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G377" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H377" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I377" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="1">
-        <v>46043.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B378" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C378" t="s">
+        <v>22</v>
       </c>
       <c r="D378" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E378" s="2">
-        <v>0.48958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F378" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="G378" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H378" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="I378" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="1">
-        <v>46043.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B379" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C379" t="s">
+        <v>27</v>
       </c>
       <c r="D379" s="2">
-        <v>0.49652777777778</v>
+        <v>0.3125</v>
       </c>
       <c r="E379" s="2">
-        <v>0.52777777777778</v>
+        <v>0.375</v>
       </c>
       <c r="F379" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="G379" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H379" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="I379" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="1">
-        <v>46043.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B380" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C380" t="s">
         <v>22</v>
       </c>
       <c r="D380" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E380" s="2">
-        <v>0.5625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F380" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G380" t="s">
         <v>24</v>
       </c>
       <c r="H380" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="I380" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="1">
-        <v>46043.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B381" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C381" t="s">
         <v>27</v>
       </c>
       <c r="D381" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E381" s="2">
-        <v>0.5625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F381" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G381" t="s">
         <v>24</v>
       </c>
       <c r="H381" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="I381" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B382" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="D382" s="2">
-        <v>0.3125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E382" s="2">
-        <v>0.34375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F382" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G382" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H382" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I382" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B383" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D383" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E383" s="2">
-        <v>0.34375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F383" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="G383" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H383" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="I383" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B384" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D384" s="2">
-        <v>0.38541666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E384" s="2">
-        <v>0.41666666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F384" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G384" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H384" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I384" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B385" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D385" s="2">
-        <v>0.3125</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E385" s="2">
-        <v>0.375</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F385" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G385" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="H385" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="I385" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B386" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C386" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D386" s="2">
-        <v>0.3125</v>
+        <v>0.625</v>
       </c>
       <c r="E386" s="2">
-        <v>0.375</v>
+        <v>0.71875</v>
       </c>
       <c r="F386" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="G386" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H386" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="I386" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B387" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C387" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D387" s="2">
-        <v>0.45833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E387" s="2">
-        <v>0.52083333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F387" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="G387" t="s">
         <v>24</v>
       </c>
       <c r="H387" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="I387" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="1">
-        <v>46045.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B388" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D388" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E388" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E388" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F388" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="G388" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="1">
-        <v>46045.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B389" t="s">
-        <v>35</v>
+        <v>55</v>
+      </c>
+      <c r="C389" t="s">
+        <v>22</v>
       </c>
       <c r="D389" s="2">
-        <v>0.66666666666667</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E389" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F389" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G389" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H389" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I389" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="1">
-        <v>46045.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B390" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C390" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D390" s="2">
-        <v>0.70138888888889</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E390" s="2">
-        <v>0.76388888888889</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F390" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G390" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="H390" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I390" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="1">
-        <v>46045.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B391" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C391" t="s">
         <v>27</v>
       </c>
       <c r="D391" s="2">
-        <v>0.70138888888889</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E391" s="2">
-        <v>0.76388888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F391" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G391" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="H391" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="I391" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B392" t="s">
-        <v>44</v>
+        <v>55</v>
+      </c>
+      <c r="C392" t="s">
+        <v>22</v>
       </c>
       <c r="D392" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E392" s="2">
-        <v>0.44444444444444</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F392" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="G392" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H392" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="I392" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B393" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D393" s="2">
-        <v>0.45833333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E393" s="2">
-        <v>0.51736111111111</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F393" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G393" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H393" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="I393" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B394" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D394" s="2">
-        <v>0.54166666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E394" s="2">
-        <v>0.57291666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F394" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="G394" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H394" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="I394" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="1">
-        <v>46048.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B395" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D395" s="2">
-        <v>0.58333333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E395" s="2">
-        <v>0.61458333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F395" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="G395" t="s">
         <v>11</v>
       </c>
       <c r="H395" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="I395" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="1">
-        <v>46048.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B396" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D396" s="2">
-        <v>0.625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E396" s="2">
-        <v>0.71875</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F396" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="G396" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H396" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="I396" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="1">
-        <v>46048.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B397" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D397" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E397" s="2">
-        <v>0.71875</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F397" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G397" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H397" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="I397" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B398" t="s">
-        <v>55</v>
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>22</v>
       </c>
       <c r="D398" s="2">
-        <v>0.33333333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E398" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F398" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G398" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="H398" t="s">
+        <v>25</v>
+      </c>
+      <c r="I398" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B399" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D399" s="2">
-        <v>0.50347222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E399" s="2">
-        <v>0.59722222222222</v>
+        <v>0.5625</v>
       </c>
       <c r="F399" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G399" t="s">
         <v>24</v>
       </c>
       <c r="H399" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="I399" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B400" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D400" s="2">
-        <v>0.50347222222222</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E400" s="2">
-        <v>0.59722222222222</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F400" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="G400" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H400" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I400" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="1">
-        <v>46049.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B401" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D401" s="2">
-        <v>0.60763888888889</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E401" s="2">
-        <v>0.66666666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F401" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="G401" t="s">
         <v>20</v>
       </c>
       <c r="H401" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="I401" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="1">
-        <v>46049.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B402" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="C402" t="s">
         <v>22</v>
       </c>
       <c r="D402" s="2">
-        <v>0.60763888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E402" s="2">
-        <v>0.66666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F402" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="G402" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H402" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="I402" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="1">
-        <v>46049.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B403" t="s">
-        <v>55</v>
+        <v>28</v>
+      </c>
+      <c r="C403" t="s">
+        <v>27</v>
       </c>
       <c r="D403" s="2">
-        <v>0.70833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E403" s="2">
-        <v>0.73958333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F403" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="G403" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H403" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="I403" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="1">
-        <v>46049.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B404" t="s">
-        <v>55</v>
+        <v>35</v>
+      </c>
+      <c r="C404" t="s">
+        <v>22</v>
       </c>
       <c r="D404" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E404" s="2">
-        <v>0.78125</v>
+        <v>0.375</v>
       </c>
       <c r="F404" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="G404" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H404" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="I404" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="1">
-        <v>46050.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B405" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C405" t="s">
+        <v>27</v>
       </c>
       <c r="D405" s="2">
-        <v>0.34722222222222</v>
+        <v>0.3125</v>
       </c>
       <c r="E405" s="2">
-        <v>0.40625</v>
+        <v>0.375</v>
       </c>
       <c r="F405" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G405" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="H405" t="s">
-        <v>12</v>
+        <v>75</v>
       </c>
       <c r="I405" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
-        <v>46050.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B406" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C406" t="s">
+        <v>22</v>
       </c>
       <c r="D406" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E406" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F406" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G406" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H406" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="I406" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="1">
-        <v>46050.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B407" t="s">
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="C407" t="s">
+        <v>27</v>
       </c>
       <c r="D407" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E407" s="2">
-        <v>0.48958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F407" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G407" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H407" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="I407" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="1">
-        <v>46050.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B408" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D408" s="2">
-        <v>0.49652777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E408" s="2">
-        <v>0.52777777777778</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F408" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G408" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H408" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I408" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="1">
-        <v>46050.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B409" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D409" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E409" s="2">
-        <v>0.5625</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F409" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="G409" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H409" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I409" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="1">
-        <v>46050.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B410" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D410" s="2">
-        <v>0.53125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E410" s="2">
-        <v>0.5625</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F410" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G410" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H410" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="I410" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B411" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D411" s="2">
-        <v>0.3125</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E411" s="2">
-        <v>0.34375</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F411" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="G411" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H411" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="I411" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B412" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="C412" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D412" s="2">
-        <v>0.3125</v>
+        <v>0.625</v>
       </c>
       <c r="E412" s="2">
-        <v>0.34375</v>
+        <v>0.71875</v>
       </c>
       <c r="F412" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="G412" t="s">
         <v>24</v>
       </c>
       <c r="H412" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I412" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B413" t="s">
-        <v>28</v>
+        <v>44</v>
+      </c>
+      <c r="C413" t="s">
+        <v>27</v>
       </c>
       <c r="D413" s="2">
-        <v>0.38541666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E413" s="2">
-        <v>0.41666666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F413" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="G413" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H413" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I413" t="s">
-        <v>34</v>
-[...360 lines deleted...]
-      <c r="I426" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>