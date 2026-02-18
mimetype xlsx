--- v1 (2025-11-17)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -243,50 +243,62 @@
     <t>114 A-12</t>
   </si>
   <si>
     <t>Historia architektury III (Ć)</t>
   </si>
   <si>
     <t>Konstrukcje budowlane II (W)</t>
   </si>
   <si>
     <t>dr inż. Joanna Kaliszuk</t>
   </si>
   <si>
     <t>Historia urbanistyki III (W)</t>
   </si>
   <si>
     <t>prof. dr hab. inż. arch. Aleksander Bohm</t>
   </si>
   <si>
     <t>Projektowanie architektoniczne III (L)</t>
   </si>
   <si>
     <t>mgr inż. arch. Julia Górska; mgr inż. arch. Adriana Jasiak</t>
   </si>
   <si>
     <t>317 A-8; 318 A-8</t>
+  </si>
+  <si>
+    <t>Projektowanie urbanistyczne I (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Historia urbanistyki III (E)</t>
+  </si>
+  <si>
+    <t>Projektowanie architektoniczne III (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -594,54 +606,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J413"/>
+  <dimension ref="A1:J419"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E413" sqref="E413"/>
+      <selection activeCell="E419" sqref="E419"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -11917,50 +11929,206 @@
         <v>46055.0</v>
       </c>
       <c r="B413" t="s">
         <v>44</v>
       </c>
       <c r="C413" t="s">
         <v>27</v>
       </c>
       <c r="D413" s="2">
         <v>0.625</v>
       </c>
       <c r="E413" s="2">
         <v>0.71875</v>
       </c>
       <c r="F413" t="s">
         <v>52</v>
       </c>
       <c r="G413" t="s">
         <v>24</v>
       </c>
       <c r="H413" t="s">
         <v>53</v>
       </c>
       <c r="I413" t="s">
         <v>54</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B414" t="s">
+        <v>55</v>
+      </c>
+      <c r="D414" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E414" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F414" t="s">
+        <v>77</v>
+      </c>
+      <c r="G414" t="s">
+        <v>78</v>
+      </c>
+      <c r="H414" t="s">
+        <v>49</v>
+      </c>
+      <c r="I414" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="D415" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E415" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F415" t="s">
+        <v>79</v>
+      </c>
+      <c r="G415" t="s">
+        <v>78</v>
+      </c>
+      <c r="H415" t="s">
+        <v>73</v>
+      </c>
+      <c r="I415" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B416" t="s">
+        <v>44</v>
+      </c>
+      <c r="D416" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E416" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F416" t="s">
+        <v>80</v>
+      </c>
+      <c r="G416" t="s">
+        <v>78</v>
+      </c>
+      <c r="H416" t="s">
+        <v>51</v>
+      </c>
+      <c r="I416" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B417" t="s">
+        <v>55</v>
+      </c>
+      <c r="D417" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E417" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F417" t="s">
+        <v>77</v>
+      </c>
+      <c r="G417" t="s">
+        <v>78</v>
+      </c>
+      <c r="H417" t="s">
+        <v>49</v>
+      </c>
+      <c r="I417" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="D418" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E418" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F418" t="s">
+        <v>79</v>
+      </c>
+      <c r="G418" t="s">
+        <v>78</v>
+      </c>
+      <c r="H418" t="s">
+        <v>73</v>
+      </c>
+      <c r="I418" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B419" t="s">
+        <v>44</v>
+      </c>
+      <c r="D419" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E419" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F419" t="s">
+        <v>80</v>
+      </c>
+      <c r="G419" t="s">
+        <v>78</v>
+      </c>
+      <c r="H419" t="s">
+        <v>51</v>
+      </c>
+      <c r="I419" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>