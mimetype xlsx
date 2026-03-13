--- v0 (2025-12-25)
+++ v1 (2026-03-13)
@@ -486,54 +486,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J151"/>
+  <dimension ref="A1:J150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E151" sqref="E151"/>
+      <selection activeCell="E150" sqref="E150"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3360,54 +3360,54 @@
       </c>
       <c r="E112" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
         <v>20</v>
       </c>
       <c r="I112" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>46031.0</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E113" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F113" t="s">
         <v>10</v>
       </c>
       <c r="G113" t="s">
         <v>11</v>
       </c>
       <c r="H113" t="s">
         <v>12</v>
       </c>
       <c r="I113" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46031.0</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E114" s="2">
@@ -3894,507 +3894,484 @@
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E133" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133" t="s">
         <v>11</v>
       </c>
       <c r="H133" t="s">
         <v>12</v>
       </c>
       <c r="I133" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B134" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D134" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E134" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
       <c r="H134" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="I134" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46048.0</v>
       </c>
       <c r="B135" t="s">
         <v>14</v>
       </c>
       <c r="D135" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E135" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F135" t="s">
         <v>10</v>
       </c>
       <c r="G135" t="s">
         <v>11</v>
       </c>
       <c r="H135" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I135" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46048.0</v>
       </c>
       <c r="B136" t="s">
         <v>14</v>
       </c>
       <c r="D136" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E136" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I136" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46048.0</v>
       </c>
       <c r="B137" t="s">
         <v>14</v>
       </c>
       <c r="D137" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E137" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
       <c r="H137" t="s">
-        <v>17</v>
+        <v>24</v>
+      </c>
+      <c r="I137" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46048.0</v>
       </c>
       <c r="B138" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E138" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138" t="s">
         <v>11</v>
       </c>
       <c r="H138" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I138" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46048.0</v>
       </c>
       <c r="B139" t="s">
         <v>14</v>
       </c>
       <c r="D139" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E139" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I139" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
-        <v>46048.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B140" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D140" s="2">
-        <v>0.67708333333333</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E140" s="2">
-        <v>0.73958333333333</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140" t="s">
         <v>11</v>
       </c>
       <c r="H140" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="I140" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
-        <v>46048.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B141" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D141" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
       <c r="H141" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I141" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>46050.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B142" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D142" s="2">
-        <v>0.74652777777778</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E142" s="2">
-        <v>0.80902777777778</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F142" t="s">
         <v>10</v>
       </c>
       <c r="G142" t="s">
         <v>11</v>
       </c>
       <c r="H142" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I142" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
-        <v>46052.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D143" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E143" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
       <c r="H143" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I143" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46055.0</v>
       </c>
       <c r="B144" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E144" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F144" t="s">
         <v>10</v>
       </c>
       <c r="G144" t="s">
         <v>11</v>
       </c>
       <c r="H144" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I144" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>46055.0</v>
       </c>
       <c r="B145" t="s">
         <v>14</v>
       </c>
       <c r="D145" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E145" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145" t="s">
         <v>11</v>
       </c>
       <c r="H145" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>46055.0</v>
       </c>
       <c r="B146" t="s">
         <v>14</v>
       </c>
       <c r="D146" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E146" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146" t="s">
         <v>11</v>
       </c>
       <c r="H146" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="I146" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46055.0</v>
       </c>
       <c r="B147" t="s">
         <v>14</v>
       </c>
       <c r="D147" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E147" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
       <c r="H147" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I147" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46055.0</v>
       </c>
       <c r="B148" t="s">
         <v>14</v>
       </c>
       <c r="D148" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E148" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F148" t="s">
         <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
       <c r="H148" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I148" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46055.0</v>
       </c>
       <c r="B149" t="s">
         <v>14</v>
       </c>
       <c r="D149" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E149" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
       <c r="H149" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I149" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46055.0</v>
       </c>
       <c r="B150" t="s">
         <v>14</v>
       </c>
       <c r="D150" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E150" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I150" t="s">
-        <v>36</v>
-[...24 lines deleted...]
-      <c r="I151" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>