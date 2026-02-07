--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -195,50 +195,74 @@
     <t>Polityka innowacyjna (W)</t>
   </si>
   <si>
     <t>dr Marek Tomaszewski</t>
   </si>
   <si>
     <t>Polityka innowacyjna (P)</t>
   </si>
   <si>
     <t>157 A-0</t>
   </si>
   <si>
     <t>Zarządzanie ryzykiem w sytuacjach kryzysowych i konfliktowych (P)</t>
   </si>
   <si>
     <t>dr inż. Tadeusz Tabaczniuk</t>
   </si>
   <si>
     <t>154 A-0</t>
   </si>
   <si>
     <t>144 A-0</t>
   </si>
   <si>
     <t>108 A-29</t>
+  </si>
+  <si>
+    <t>102 A-0</t>
+  </si>
+  <si>
+    <t>Zarządzanie infrastrukturą krytyczną (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Zarządzanie kryzysowe (E)</t>
+  </si>
+  <si>
+    <t>Polityka innowacyjna (E)</t>
+  </si>
+  <si>
+    <t>F5 A-0</t>
+  </si>
+  <si>
+    <t>Zarządzanie logistyczne w sytuacjach kryzysowych (E)</t>
+  </si>
+  <si>
+    <t>03b A-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -546,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J198"/>
+  <dimension ref="A1:J206"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E198" sqref="E198"/>
+      <selection activeCell="E206" sqref="E206"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4399,51 +4423,51 @@
       <c r="A148" s="1">
         <v>46030.0</v>
       </c>
       <c r="B148" t="s">
         <v>17</v>
       </c>
       <c r="C148" t="s">
         <v>21</v>
       </c>
       <c r="D148" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="E148" s="2">
         <v>0.59375</v>
       </c>
       <c r="F148" t="s">
         <v>26</v>
       </c>
       <c r="G148" t="s">
         <v>23</v>
       </c>
       <c r="H148" t="s">
         <v>19</v>
       </c>
       <c r="I148" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46031.0</v>
       </c>
       <c r="B149" t="s">
         <v>27</v>
       </c>
       <c r="D149" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="E149" s="2">
         <v>0.375</v>
       </c>
       <c r="F149" t="s">
         <v>28</v>
       </c>
       <c r="G149" t="s">
         <v>15</v>
       </c>
       <c r="H149" t="s">
         <v>19</v>
       </c>
       <c r="I149" t="s">
@@ -5046,80 +5070,80 @@
       <c r="A173" s="1">
         <v>46044.0</v>
       </c>
       <c r="B173" t="s">
         <v>17</v>
       </c>
       <c r="C173" t="s">
         <v>21</v>
       </c>
       <c r="D173" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E173" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F173" t="s">
         <v>22</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173" t="s">
         <v>24</v>
       </c>
       <c r="I173" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46044.0</v>
       </c>
       <c r="B174" t="s">
         <v>17</v>
       </c>
       <c r="C174" t="s">
         <v>21</v>
       </c>
       <c r="D174" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="E174" s="2">
         <v>0.59375</v>
       </c>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
       <c r="H174" t="s">
         <v>19</v>
       </c>
       <c r="I174" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>46045.0</v>
       </c>
       <c r="B175" t="s">
         <v>27</v>
       </c>
       <c r="D175" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="E175" s="2">
         <v>0.375</v>
       </c>
       <c r="F175" t="s">
         <v>28</v>
       </c>
       <c r="G175" t="s">
         <v>15</v>
       </c>
       <c r="H175" t="s">
         <v>19</v>
       </c>
       <c r="I175" t="s">
@@ -5468,51 +5492,51 @@
       <c r="A189" s="1">
         <v>46051.0</v>
       </c>
       <c r="B189" t="s">
         <v>17</v>
       </c>
       <c r="C189" t="s">
         <v>21</v>
       </c>
       <c r="D189" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="E189" s="2">
         <v>0.59375</v>
       </c>
       <c r="F189" t="s">
         <v>26</v>
       </c>
       <c r="G189" t="s">
         <v>23</v>
       </c>
       <c r="H189" t="s">
         <v>19</v>
       </c>
       <c r="I189" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46052.0</v>
       </c>
       <c r="B190" t="s">
         <v>27</v>
       </c>
       <c r="D190" s="2">
         <v>0.31597222222222</v>
       </c>
       <c r="E190" s="2">
         <v>0.375</v>
       </c>
       <c r="F190" t="s">
         <v>28</v>
       </c>
       <c r="G190" t="s">
         <v>15</v>
       </c>
       <c r="H190" t="s">
         <v>19</v>
       </c>
       <c r="I190" t="s">
@@ -5700,50 +5724,258 @@
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>46055.0</v>
       </c>
       <c r="B198" t="s">
         <v>33</v>
       </c>
       <c r="D198" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E198" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F198" t="s">
         <v>42</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
         <v>40</v>
       </c>
       <c r="I198" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B199" t="s">
+        <v>43</v>
+      </c>
+      <c r="D199" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E199" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F199" t="s">
+        <v>62</v>
+      </c>
+      <c r="G199" t="s">
+        <v>63</v>
+      </c>
+      <c r="H199" t="s">
+        <v>40</v>
+      </c>
+      <c r="I199" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="D200" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E200" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="F200" t="s">
+        <v>64</v>
+      </c>
+      <c r="G200" t="s">
+        <v>63</v>
+      </c>
+      <c r="H200" t="s">
+        <v>19</v>
+      </c>
+      <c r="I200" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B201" t="s">
+        <v>17</v>
+      </c>
+      <c r="D201" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E201" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F201" t="s">
+        <v>65</v>
+      </c>
+      <c r="G201" t="s">
+        <v>63</v>
+      </c>
+      <c r="H201" t="s">
+        <v>53</v>
+      </c>
+      <c r="I201" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B202" t="s">
+        <v>27</v>
+      </c>
+      <c r="D202" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E202" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="F202" t="s">
+        <v>67</v>
+      </c>
+      <c r="G202" t="s">
+        <v>63</v>
+      </c>
+      <c r="H202" t="s">
+        <v>46</v>
+      </c>
+      <c r="I202" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B203" t="s">
+        <v>43</v>
+      </c>
+      <c r="D203" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E203" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F203" t="s">
+        <v>65</v>
+      </c>
+      <c r="G203" t="s">
+        <v>63</v>
+      </c>
+      <c r="H203" t="s">
+        <v>53</v>
+      </c>
+      <c r="I203" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="D204" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E204" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F204" t="s">
+        <v>62</v>
+      </c>
+      <c r="G204" t="s">
+        <v>63</v>
+      </c>
+      <c r="H204" t="s">
+        <v>40</v>
+      </c>
+      <c r="I204" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B205" t="s">
+        <v>43</v>
+      </c>
+      <c r="D205" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E205" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="F205" t="s">
+        <v>64</v>
+      </c>
+      <c r="G205" t="s">
+        <v>63</v>
+      </c>
+      <c r="H205" t="s">
+        <v>19</v>
+      </c>
+      <c r="I205" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B206" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E206" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F206" t="s">
+        <v>67</v>
+      </c>
+      <c r="G206" t="s">
+        <v>63</v>
+      </c>
+      <c r="H206" t="s">
+        <v>46</v>
+      </c>
+      <c r="I206" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>