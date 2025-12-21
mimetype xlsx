--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -198,50 +198,62 @@
     <t>03b A-0</t>
   </si>
   <si>
     <t>02a C-2</t>
   </si>
   <si>
     <t>Seminarium dyplomowe 2 (S)</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>dr hab. Waldemar Sługocki, prof. UZ</t>
   </si>
   <si>
     <t>133 A-0</t>
   </si>
   <si>
     <t>108 A-29</t>
   </si>
   <si>
     <t>144 A-0</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Zarządzanie infrastrukturą krytyczną (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>9 A-5</t>
+  </si>
+  <si>
+    <t>Zarządzanie logistyczne w sytuacjach kryzysowych (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -549,54 +561,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J140"/>
+  <dimension ref="A1:J144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E140" sqref="E140"/>
+      <selection activeCell="E144" sqref="E144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4279,50 +4291,154 @@
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46055.0</v>
       </c>
       <c r="B140" t="s">
         <v>32</v>
       </c>
       <c r="D140" s="2">
         <v>0.68055555555556</v>
       </c>
       <c r="E140" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F140" t="s">
         <v>49</v>
       </c>
       <c r="G140" t="s">
         <v>15</v>
       </c>
       <c r="H140" t="s">
         <v>50</v>
       </c>
       <c r="I140" t="s">
         <v>59</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10">
+      <c r="A141" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B141" t="s">
+        <v>37</v>
+      </c>
+      <c r="D141" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E141" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F141" t="s">
+        <v>62</v>
+      </c>
+      <c r="G141" t="s">
+        <v>63</v>
+      </c>
+      <c r="H141" t="s">
+        <v>34</v>
+      </c>
+      <c r="I141" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B142" t="s">
+        <v>61</v>
+      </c>
+      <c r="D142" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E142" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="F142" t="s">
+        <v>65</v>
+      </c>
+      <c r="G142" t="s">
+        <v>63</v>
+      </c>
+      <c r="H142" t="s">
+        <v>39</v>
+      </c>
+      <c r="I142" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="D143" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E143" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F143" t="s">
+        <v>62</v>
+      </c>
+      <c r="G143" t="s">
+        <v>63</v>
+      </c>
+      <c r="H143" t="s">
+        <v>34</v>
+      </c>
+      <c r="I143" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B144" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E144" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F144" t="s">
+        <v>65</v>
+      </c>
+      <c r="G144" t="s">
+        <v>63</v>
+      </c>
+      <c r="H144" t="s">
+        <v>39</v>
+      </c>
+      <c r="I144" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>