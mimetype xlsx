--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -207,50 +207,56 @@
     <t>S</t>
   </si>
   <si>
     <t>dr hab. Waldemar Sługocki, prof. UZ</t>
   </si>
   <si>
     <t>133 A-0</t>
   </si>
   <si>
     <t>108 A-29</t>
   </si>
   <si>
     <t>144 A-0</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Zarządzanie infrastrukturą krytyczną (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>9 A-5</t>
+  </si>
+  <si>
+    <t>Zarządzanie kryzysowe (E)</t>
+  </si>
+  <si>
+    <t>Polityka innowacyjna (E)</t>
   </si>
   <si>
     <t>Zarządzanie logistyczne w sytuacjach kryzysowych (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -561,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J144"/>
+  <dimension ref="A1:J148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E144" sqref="E144"/>
+      <selection activeCell="E148" sqref="E148"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3362,51 +3368,51 @@
       <c r="A105" s="1">
         <v>46030.0</v>
       </c>
       <c r="B105" t="s">
         <v>22</v>
       </c>
       <c r="C105" t="s">
         <v>26</v>
       </c>
       <c r="D105" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="E105" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F105" t="s">
         <v>27</v>
       </c>
       <c r="G105" t="s">
         <v>28</v>
       </c>
       <c r="H105" t="s">
         <v>24</v>
       </c>
       <c r="I105" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46030.0</v>
       </c>
       <c r="B106" t="s">
         <v>22</v>
       </c>
       <c r="C106" t="s">
         <v>26</v>
       </c>
       <c r="D106" s="2">
         <v>0.53125</v>
       </c>
       <c r="E106" s="2">
         <v>0.59027777777778</v>
       </c>
       <c r="F106" t="s">
         <v>29</v>
       </c>
       <c r="G106" t="s">
         <v>28</v>
       </c>
       <c r="H106" t="s">
@@ -3865,51 +3871,51 @@
       <c r="A124" s="1">
         <v>46044.0</v>
       </c>
       <c r="B124" t="s">
         <v>22</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="E124" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F124" t="s">
         <v>27</v>
       </c>
       <c r="G124" t="s">
         <v>28</v>
       </c>
       <c r="H124" t="s">
         <v>24</v>
       </c>
       <c r="I124" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46044.0</v>
       </c>
       <c r="B125" t="s">
         <v>22</v>
       </c>
       <c r="C125" t="s">
         <v>26</v>
       </c>
       <c r="D125" s="2">
         <v>0.53125</v>
       </c>
       <c r="E125" s="2">
         <v>0.59027777777778</v>
       </c>
       <c r="F125" t="s">
         <v>29</v>
       </c>
       <c r="G125" t="s">
         <v>28</v>
       </c>
       <c r="H125" t="s">
@@ -4183,51 +4189,51 @@
       <c r="A136" s="1">
         <v>46051.0</v>
       </c>
       <c r="B136" t="s">
         <v>22</v>
       </c>
       <c r="C136" t="s">
         <v>26</v>
       </c>
       <c r="D136" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="E136" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F136" t="s">
         <v>27</v>
       </c>
       <c r="G136" t="s">
         <v>28</v>
       </c>
       <c r="H136" t="s">
         <v>24</v>
       </c>
       <c r="I136" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46051.0</v>
       </c>
       <c r="B137" t="s">
         <v>22</v>
       </c>
       <c r="C137" t="s">
         <v>26</v>
       </c>
       <c r="D137" s="2">
         <v>0.53125</v>
       </c>
       <c r="E137" s="2">
         <v>0.59027777777778</v>
       </c>
       <c r="F137" t="s">
         <v>29</v>
       </c>
       <c r="G137" t="s">
         <v>28</v>
       </c>
       <c r="H137" t="s">
@@ -4321,123 +4327,227 @@
       </c>
       <c r="B141" t="s">
         <v>37</v>
       </c>
       <c r="D141" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F141" t="s">
         <v>62</v>
       </c>
       <c r="G141" t="s">
         <v>63</v>
       </c>
       <c r="H141" t="s">
         <v>34</v>
       </c>
       <c r="I141" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>46059.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B142" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="D142" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E142" s="2">
-        <v>0.53125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F142" t="s">
         <v>65</v>
       </c>
       <c r="G142" t="s">
         <v>63</v>
       </c>
       <c r="H142" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="I142" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
-        <v>46071.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D143" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E143" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F143" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G143" t="s">
         <v>63</v>
       </c>
       <c r="H143" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="I143" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
-        <v>46079.0</v>
+        <v>46059.0</v>
       </c>
       <c r="B144" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="D144" s="2">
-        <v>0.4375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E144" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="F144" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G144" t="s">
         <v>63</v>
       </c>
       <c r="H144" t="s">
         <v>39</v>
       </c>
       <c r="I144" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B145" t="s">
+        <v>37</v>
+      </c>
+      <c r="D145" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E145" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F145" t="s">
+        <v>66</v>
+      </c>
+      <c r="G145" t="s">
+        <v>63</v>
+      </c>
+      <c r="H145" t="s">
+        <v>46</v>
+      </c>
+      <c r="I145" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="D146" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E146" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F146" t="s">
+        <v>62</v>
+      </c>
+      <c r="G146" t="s">
+        <v>63</v>
+      </c>
+      <c r="H146" t="s">
+        <v>34</v>
+      </c>
+      <c r="I146" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B147" t="s">
+        <v>37</v>
+      </c>
+      <c r="D147" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E147" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="F147" t="s">
+        <v>65</v>
+      </c>
+      <c r="G147" t="s">
+        <v>63</v>
+      </c>
+      <c r="H147" t="s">
+        <v>24</v>
+      </c>
+      <c r="I147" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B148" t="s">
+        <v>22</v>
+      </c>
+      <c r="D148" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E148" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F148" t="s">
+        <v>67</v>
+      </c>
+      <c r="G148" t="s">
+        <v>63</v>
+      </c>
+      <c r="H148" t="s">
+        <v>39</v>
+      </c>
+      <c r="I148" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>