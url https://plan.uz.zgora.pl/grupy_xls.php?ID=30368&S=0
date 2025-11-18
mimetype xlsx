--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>mgr Mirosław Gugała</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Spotkanie organizacyjne (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>mgr Kacper Będkowski; dr Patrycja Wilczek-Sterna</t>
   </si>
   <si>
     <t>Estetyczne strategie kultury współczesnej (W)</t>
   </si>
   <si>
     <t>dr Artur Pastuszek</t>
   </si>
   <si>
     <t>Formy fotograficzne 3D (L)</t>
   </si>
   <si>
     <t>mgr Bartłomiej Kaczmarek</t>
+  </si>
+  <si>
+    <t>mgr Katarzyna Skorupska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1006,51 +1009,51 @@
       </c>
       <c r="I18" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45939.0</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="D19" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E19" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45943.0</v>
       </c>
       <c r="B20" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E20" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F20" t="s">
         <v>33</v>
       </c>
       <c r="G20" t="s">
         <v>11</v>
       </c>
       <c r="H20" t="s">
@@ -1266,51 +1269,51 @@
       </c>
       <c r="I28" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45946.0</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="D29" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E29" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45950.0</v>
       </c>
       <c r="B30" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E30" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F30" t="s">
         <v>33</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
       <c r="H30" t="s">
@@ -1526,51 +1529,51 @@
       </c>
       <c r="I38" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45953.0</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="D39" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E39" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F39" t="s">
         <v>30</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I39" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45957.0</v>
       </c>
       <c r="B40" t="s">
         <v>32</v>
       </c>
       <c r="D40" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E40" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F40" t="s">
         <v>33</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
       <c r="H40" t="s">
@@ -1786,51 +1789,51 @@
       </c>
       <c r="I48" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>45960.0</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="D49" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E49" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F49" t="s">
         <v>30</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I49" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>45964.0</v>
       </c>
       <c r="B50" t="s">
         <v>32</v>
       </c>
       <c r="D50" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E50" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F50" t="s">
         <v>33</v>
       </c>
       <c r="G50" t="s">
         <v>11</v>
       </c>
       <c r="H50" t="s">
@@ -2046,51 +2049,51 @@
       </c>
       <c r="I58" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45967.0</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="D59" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E59" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F59" t="s">
         <v>30</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I59" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45973.0</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E60" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
       <c r="H60" t="s">
@@ -2187,77 +2190,77 @@
       </c>
       <c r="D64" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E64" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F64" t="s">
         <v>33</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
         <v>34</v>
       </c>
       <c r="I64" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>45975.0</v>
       </c>
       <c r="B65" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D65" s="2">
         <v>0.59375</v>
       </c>
       <c r="E65" s="2">
         <v>0.65625</v>
       </c>
       <c r="F65" t="s">
         <v>39</v>
       </c>
       <c r="G65" t="s">
         <v>28</v>
       </c>
       <c r="H65" t="s">
         <v>40</v>
       </c>
       <c r="I65" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>45975.0</v>
       </c>
       <c r="B66" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D66" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E66" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F66" t="s">
         <v>41</v>
       </c>
       <c r="G66" t="s">
         <v>18</v>
       </c>
       <c r="H66" t="s">
         <v>42</v>
       </c>
       <c r="I66" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45978.0</v>
       </c>
       <c r="B67" t="s">
@@ -2488,51 +2491,51 @@
       </c>
       <c r="I75" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45981.0</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="D76" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E76" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F76" t="s">
         <v>30</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I76" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45985.0</v>
       </c>
       <c r="B77" t="s">
         <v>32</v>
       </c>
       <c r="D77" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E77" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
       <c r="H77" t="s">
@@ -2748,51 +2751,51 @@
       </c>
       <c r="I85" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45988.0</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="D86" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E86" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F86" t="s">
         <v>30</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
       <c r="H86" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I86" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45992.0</v>
       </c>
       <c r="B87" t="s">
         <v>32</v>
       </c>
       <c r="D87" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E87" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F87" t="s">
         <v>33</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
@@ -3008,51 +3011,51 @@
       </c>
       <c r="I95" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45995.0</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="D96" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E96" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F96" t="s">
         <v>30</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
       <c r="H96" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I96" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45999.0</v>
       </c>
       <c r="B97" t="s">
         <v>32</v>
       </c>
       <c r="D97" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F97" t="s">
         <v>33</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
@@ -3268,51 +3271,51 @@
       </c>
       <c r="I105" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46002.0</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="D106" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E106" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F106" t="s">
         <v>30</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
       <c r="H106" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I106" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46006.0</v>
       </c>
       <c r="B107" t="s">
         <v>32</v>
       </c>
       <c r="D107" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E107" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F107" t="s">
         <v>33</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
       <c r="H107" t="s">
@@ -3528,51 +3531,51 @@
       </c>
       <c r="I115" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>46009.0</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="D116" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E116" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F116" t="s">
         <v>30</v>
       </c>
       <c r="G116" t="s">
         <v>11</v>
       </c>
       <c r="H116" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I116" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46029.0</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="2">
         <v>0.59375</v>
       </c>
       <c r="E117" s="2">
         <v>0.65625</v>
       </c>
       <c r="F117" t="s">
         <v>39</v>
       </c>
       <c r="G117" t="s">
         <v>28</v>
       </c>
       <c r="H117" t="s">
@@ -3658,51 +3661,51 @@
       </c>
       <c r="I120" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46030.0</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="D121" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E121" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F121" t="s">
         <v>30</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I121" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46034.0</v>
       </c>
       <c r="B122" t="s">
         <v>32</v>
       </c>
       <c r="D122" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E122" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F122" t="s">
         <v>33</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
       <c r="H122" t="s">
@@ -3918,51 +3921,51 @@
       </c>
       <c r="I130" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46037.0</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="D131" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E131" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F131" t="s">
         <v>30</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
       <c r="H131" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I131" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46041.0</v>
       </c>
       <c r="B132" t="s">
         <v>32</v>
       </c>
       <c r="D132" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E132" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F132" t="s">
         <v>33</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
@@ -4178,51 +4181,51 @@
       </c>
       <c r="I140" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46044.0</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="D141" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E141" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F141" t="s">
         <v>30</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
       <c r="H141" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I141" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46048.0</v>
       </c>
       <c r="B142" t="s">
         <v>32</v>
       </c>
       <c r="D142" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E142" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F142" t="s">
         <v>33</v>
       </c>
       <c r="G142" t="s">
         <v>11</v>
       </c>
       <c r="H142" t="s">
@@ -4438,51 +4441,51 @@
       </c>
       <c r="I150" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46051.0</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="D151" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="E151" s="2">
         <v>0.81944444444444</v>
       </c>
       <c r="F151" t="s">
         <v>30</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
       <c r="H151" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="I151" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>46055.0</v>
       </c>
       <c r="B152" t="s">
         <v>32</v>
       </c>
       <c r="D152" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E152" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F152" t="s">
         <v>33</v>
       </c>
       <c r="G152" t="s">
         <v>11</v>
       </c>
       <c r="H152" t="s">