--- v0 (2025-10-23)
+++ v1 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -98,51 +98,51 @@
   <si>
     <t>dr Magdalena Urbańska</t>
   </si>
   <si>
     <t>417 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Analityka esportowa (W)</t>
   </si>
   <si>
     <t>Analityka esportowa (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Fakultet 2: życie miejskie (K)</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>dr Sinan  Tankut Gulhan</t>
+    <t>dr Sinan Tankut Gulhan</t>
   </si>
   <si>
     <t>12a A-16</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Socjologia sfery publicznej (W)</t>
   </si>
   <si>
     <t>dr hab. Mariusz Kwiatkowski, prof. UZ</t>
   </si>
   <si>
     <t>29 A-16</t>
   </si>
   <si>
     <t>Opinia społeczna i jej badanie (L)</t>
   </si>
   <si>
     <t>dr Krzysztof Lisowski</t>
   </si>
   <si>
     <t>232 A-16</t>
   </si>
@@ -155,51 +155,63 @@
   <si>
     <t>302R A-17</t>
   </si>
   <si>
     <t>Kulturowe wymiary życia społecznego (W)</t>
   </si>
   <si>
     <t>345 A-16</t>
   </si>
   <si>
     <t>Kształtowanie postaw prozdrowotnych (Ć)</t>
   </si>
   <si>
     <t>dr Piotr Zwarycz</t>
   </si>
   <si>
     <t>31 A-16</t>
   </si>
   <si>
     <t>Oddziaływanie przekazów multimedialnych (Ć)</t>
   </si>
   <si>
     <t>dr Jacek Jędryczkowski</t>
   </si>
   <si>
+    <t>P2 A-16</t>
+  </si>
+  <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Kulturowe wymiary życia społecznego (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>34 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -507,54 +519,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J151"/>
+  <dimension ref="A1:J153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E151" sqref="E151"/>
+      <selection activeCell="E153" sqref="E153"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1749,51 +1761,51 @@
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45960.0</v>
       </c>
       <c r="B47" t="s">
         <v>22</v>
       </c>
       <c r="D47" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E47" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F47" t="s">
         <v>26</v>
       </c>
       <c r="G47" t="s">
         <v>27</v>
       </c>
       <c r="H47" t="s">
         <v>28</v>
       </c>
       <c r="I47" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>45965.0</v>
       </c>
       <c r="B48" t="s">
         <v>30</v>
       </c>
       <c r="D48" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E48" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F48" t="s">
         <v>31</v>
       </c>
       <c r="G48" t="s">
         <v>15</v>
       </c>
       <c r="H48" t="s">
         <v>32</v>
       </c>
       <c r="I48" t="s">
@@ -2095,129 +2107,129 @@
       </c>
       <c r="D60" s="2">
         <v>0.625</v>
       </c>
       <c r="E60" s="2">
         <v>0.6875</v>
       </c>
       <c r="F60" t="s">
         <v>18</v>
       </c>
       <c r="G60" t="s">
         <v>19</v>
       </c>
       <c r="H60" t="s">
         <v>20</v>
       </c>
       <c r="I60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45975.0</v>
       </c>
       <c r="B61" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D61" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E61" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>32</v>
       </c>
       <c r="I61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45975.0</v>
       </c>
       <c r="B62" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D62" s="2">
         <v>0.40625</v>
       </c>
       <c r="E62" s="2">
         <v>0.46875</v>
       </c>
       <c r="F62" t="s">
         <v>34</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62" t="s">
         <v>35</v>
       </c>
       <c r="I62" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45975.0</v>
       </c>
       <c r="B63" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D63" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E63" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F63" t="s">
         <v>37</v>
       </c>
       <c r="G63" t="s">
         <v>19</v>
       </c>
       <c r="H63" t="s">
         <v>38</v>
       </c>
       <c r="I63" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>45975.0</v>
       </c>
       <c r="B64" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D64" s="2">
         <v>0.625</v>
       </c>
       <c r="E64" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F64" t="s">
         <v>45</v>
       </c>
       <c r="G64" t="s">
         <v>19</v>
       </c>
       <c r="H64" t="s">
         <v>46</v>
       </c>
       <c r="I64" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>45979.0</v>
       </c>
       <c r="B65" t="s">
@@ -2711,51 +2723,51 @@
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45988.0</v>
       </c>
       <c r="B84" t="s">
         <v>22</v>
       </c>
       <c r="D84" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E84" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F84" t="s">
         <v>26</v>
       </c>
       <c r="G84" t="s">
         <v>27</v>
       </c>
       <c r="H84" t="s">
         <v>28</v>
       </c>
       <c r="I84" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45993.0</v>
       </c>
       <c r="B85" t="s">
         <v>30</v>
       </c>
       <c r="D85" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E85" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F85" t="s">
         <v>31</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
         <v>32</v>
       </c>
       <c r="I85" t="s">
@@ -3231,51 +3243,51 @@
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>46002.0</v>
       </c>
       <c r="B104" t="s">
         <v>22</v>
       </c>
       <c r="D104" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E104" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F104" t="s">
         <v>26</v>
       </c>
       <c r="G104" t="s">
         <v>27</v>
       </c>
       <c r="H104" t="s">
         <v>28</v>
       </c>
       <c r="I104" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>46007.0</v>
       </c>
       <c r="B105" t="s">
         <v>30</v>
       </c>
       <c r="D105" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E105" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F105" t="s">
         <v>31</v>
       </c>
       <c r="G105" t="s">
         <v>15</v>
       </c>
       <c r="H105" t="s">
         <v>32</v>
       </c>
       <c r="I105" t="s">
@@ -3673,51 +3685,51 @@
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46030.0</v>
       </c>
       <c r="B121" t="s">
         <v>22</v>
       </c>
       <c r="D121" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E121" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F121" t="s">
         <v>26</v>
       </c>
       <c r="G121" t="s">
         <v>27</v>
       </c>
       <c r="H121" t="s">
         <v>28</v>
       </c>
       <c r="I121" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46035.0</v>
       </c>
       <c r="B122" t="s">
         <v>30</v>
       </c>
       <c r="D122" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E122" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F122" t="s">
         <v>31</v>
       </c>
       <c r="G122" t="s">
         <v>15</v>
       </c>
       <c r="H122" t="s">
         <v>32</v>
       </c>
       <c r="I122" t="s">
@@ -4193,51 +4205,51 @@
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46044.0</v>
       </c>
       <c r="B141" t="s">
         <v>22</v>
       </c>
       <c r="D141" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F141" t="s">
         <v>26</v>
       </c>
       <c r="G141" t="s">
         <v>27</v>
       </c>
       <c r="H141" t="s">
         <v>28</v>
       </c>
       <c r="I141" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46049.0</v>
       </c>
       <c r="B142" t="s">
         <v>30</v>
       </c>
       <c r="D142" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E142" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F142" t="s">
         <v>31</v>
       </c>
       <c r="G142" t="s">
         <v>15</v>
       </c>
       <c r="H142" t="s">
         <v>32</v>
       </c>
       <c r="I142" t="s">
@@ -4453,51 +4465,103 @@
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46051.0</v>
       </c>
       <c r="B151" t="s">
         <v>22</v>
       </c>
       <c r="D151" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E151" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F151" t="s">
         <v>26</v>
       </c>
       <c r="G151" t="s">
         <v>27</v>
       </c>
       <c r="H151" t="s">
         <v>28</v>
       </c>
       <c r="I151" t="s">
-        <v>29</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10">
+      <c r="A152" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B152" t="s">
+        <v>30</v>
+      </c>
+      <c r="D152" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E152" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F152" t="s">
+        <v>49</v>
+      </c>
+      <c r="G152" t="s">
+        <v>50</v>
+      </c>
+      <c r="H152" t="s">
+        <v>38</v>
+      </c>
+      <c r="I152" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10">
+      <c r="A153" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="D153" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E153" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F153" t="s">
+        <v>49</v>
+      </c>
+      <c r="G153" t="s">
+        <v>50</v>
+      </c>
+      <c r="H153" t="s">
+        <v>38</v>
+      </c>
+      <c r="I153" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>