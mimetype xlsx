--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -246,50 +246,62 @@
     <t>148 A-0</t>
   </si>
   <si>
     <t>Finanse publiczne i rynki finansowe (W)</t>
   </si>
   <si>
     <t>12 A-0</t>
   </si>
   <si>
     <t>Rachunkowość (Ć)</t>
   </si>
   <si>
     <t>1 C-2; 108 A-29</t>
   </si>
   <si>
     <t>Analiza rynku (W)</t>
   </si>
   <si>
     <t>dr inż. Mariola Michałowska</t>
   </si>
   <si>
     <t>Podstawy ekonomii środowiska (W)</t>
   </si>
   <si>
     <t>Szkolenie biblioteczne (I)</t>
+  </si>
+  <si>
+    <t>Finanse publiczne i rynki finansowe (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Mikroekonomia (E)</t>
+  </si>
+  <si>
+    <t>216 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -597,54 +609,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J267"/>
+  <dimension ref="A1:J271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E267" sqref="E267"/>
+      <selection activeCell="E271" sqref="E271"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7647,50 +7659,154 @@
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>46055.0</v>
       </c>
       <c r="B267" t="s">
         <v>40</v>
       </c>
       <c r="D267" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E267" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F267" t="s">
         <v>74</v>
       </c>
       <c r="G267" t="s">
         <v>18</v>
       </c>
       <c r="H267" t="s">
         <v>75</v>
       </c>
       <c r="I267" t="s">
         <v>58</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B268" t="s">
+        <v>48</v>
+      </c>
+      <c r="D268" s="2">
+        <v>0.35416666666667</v>
+      </c>
+      <c r="E268" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F268" t="s">
+        <v>78</v>
+      </c>
+      <c r="G268" t="s">
+        <v>79</v>
+      </c>
+      <c r="H268" t="s">
+        <v>46</v>
+      </c>
+      <c r="I268" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B269" t="s">
+        <v>16</v>
+      </c>
+      <c r="D269" s="2">
+        <v>0.3125</v>
+      </c>
+      <c r="E269" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F269" t="s">
+        <v>80</v>
+      </c>
+      <c r="G269" t="s">
+        <v>79</v>
+      </c>
+      <c r="H269" t="s">
+        <v>64</v>
+      </c>
+      <c r="I269" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10">
+      <c r="A270" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B270" t="s">
+        <v>48</v>
+      </c>
+      <c r="D270" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E270" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F270" t="s">
+        <v>80</v>
+      </c>
+      <c r="G270" t="s">
+        <v>79</v>
+      </c>
+      <c r="H270" t="s">
+        <v>64</v>
+      </c>
+      <c r="I270" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10">
+      <c r="A271" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B271" t="s">
+        <v>26</v>
+      </c>
+      <c r="D271" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E271" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F271" t="s">
+        <v>78</v>
+      </c>
+      <c r="G271" t="s">
+        <v>79</v>
+      </c>
+      <c r="H271" t="s">
+        <v>46</v>
+      </c>
+      <c r="I271" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>