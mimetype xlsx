--- v1 (2025-12-29)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -254,54 +254,63 @@
   <si>
     <t>Rachunkowość (Ć)</t>
   </si>
   <si>
     <t>1 C-2; 108 A-29</t>
   </si>
   <si>
     <t>Analiza rynku (W)</t>
   </si>
   <si>
     <t>dr inż. Mariola Michałowska</t>
   </si>
   <si>
     <t>Podstawy ekonomii środowiska (W)</t>
   </si>
   <si>
     <t>Szkolenie biblioteczne (I)</t>
   </si>
   <si>
     <t>Finanse publiczne i rynki finansowe (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
+    <t>Podstawy zarządzania (E)</t>
+  </si>
+  <si>
+    <t>216 A-29</t>
+  </si>
+  <si>
     <t>Mikroekonomia (E)</t>
   </si>
   <si>
-    <t>216 A-29</t>
+    <t>Rachunkowość (E)</t>
+  </si>
+  <si>
+    <t>134 A-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -609,54 +618,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J271"/>
+  <dimension ref="A1:J276"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E271" sqref="E271"/>
+      <selection activeCell="E276" sqref="E276"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6968,845 +6977,975 @@
         <v>0.45833333333333</v>
       </c>
       <c r="E241" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F241" t="s">
         <v>37</v>
       </c>
       <c r="G241" t="s">
         <v>31</v>
       </c>
       <c r="H241" t="s">
         <v>38</v>
       </c>
       <c r="I241" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>46048.0</v>
       </c>
       <c r="B242" t="s">
         <v>40</v>
       </c>
-      <c r="C242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D242" s="2">
-        <v>0.38541666666667</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E242" s="2">
-        <v>0.44444444444444</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="F242" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G242" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H242" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I242" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46048.0</v>
       </c>
       <c r="B243" t="s">
         <v>40</v>
       </c>
       <c r="C243" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D243" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E243" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="F243" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G243" t="s">
         <v>12</v>
       </c>
       <c r="H243" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="I243" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>46048.0</v>
       </c>
       <c r="B244" t="s">
         <v>40</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244" s="2">
-        <v>0.45486111111111</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E244" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F244" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G244" t="s">
         <v>12</v>
       </c>
       <c r="H244" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="I244" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
         <v>46048.0</v>
       </c>
       <c r="B245" t="s">
         <v>40</v>
       </c>
       <c r="C245" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D245" s="2">
-        <v>0.45833333333333</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E245" s="2">
-        <v>0.51736111111111</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F245" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G245" t="s">
         <v>12</v>
       </c>
       <c r="H245" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="I245" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>46048.0</v>
       </c>
       <c r="B246" t="s">
         <v>40</v>
       </c>
+      <c r="C246" t="s">
+        <v>10</v>
+      </c>
       <c r="D246" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E246" s="2">
-        <v>0.59027777777778</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F246" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G246" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H246" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="I246" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46048.0</v>
       </c>
       <c r="B247" t="s">
         <v>40</v>
       </c>
       <c r="D247" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53125</v>
       </c>
       <c r="E247" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F247" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G247" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H247" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I247" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>46048.0</v>
       </c>
       <c r="B248" t="s">
         <v>40</v>
       </c>
       <c r="D248" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E248" s="2">
-        <v>0.73611111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F248" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G248" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H248" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I248" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B249" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D249" s="2">
-        <v>0.3125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E249" s="2">
-        <v>0.375</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F249" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="G249" t="s">
         <v>18</v>
       </c>
       <c r="H249" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="I249" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>46049.0</v>
       </c>
       <c r="B250" t="s">
         <v>48</v>
       </c>
       <c r="D250" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E250" s="2">
-        <v>0.64583333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F250" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G250" t="s">
-        <v>31</v>
+        <v>18</v>
+      </c>
+      <c r="H250" t="s">
+        <v>64</v>
+      </c>
+      <c r="I250" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
         <v>46049.0</v>
       </c>
       <c r="B251" t="s">
         <v>48</v>
       </c>
       <c r="D251" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E251" s="2">
-        <v>0.73958333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F251" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G251" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
         <v>46049.0</v>
       </c>
       <c r="B252" t="s">
         <v>48</v>
       </c>
       <c r="D252" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E252" s="2">
-        <v>0.80902777777778</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F252" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="G252" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H252" t="s">
         <v>54</v>
       </c>
       <c r="I252" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B253" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D253" s="2">
-        <v>0.45833333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E253" s="2">
-        <v>0.52083333333333</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="F253" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="G253" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H253" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="I253" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
         <v>46050.0</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D254" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E254" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F254" t="s">
         <v>11</v>
       </c>
       <c r="G254" t="s">
         <v>12</v>
       </c>
       <c r="H254" t="s">
         <v>13</v>
       </c>
       <c r="I254" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B255" t="s">
-        <v>16</v>
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>15</v>
       </c>
       <c r="D255" s="2">
-        <v>0.31597222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E255" s="2">
-        <v>0.375</v>
+        <v>0.59375</v>
       </c>
       <c r="F255" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G255" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H255" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="I255" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>46051.0</v>
       </c>
       <c r="B256" t="s">
         <v>16</v>
       </c>
       <c r="D256" s="2">
-        <v>0.38541666666667</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="E256" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F256" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G256" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H256" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I256" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>46051.0</v>
       </c>
       <c r="B257" t="s">
         <v>16</v>
       </c>
       <c r="D257" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E257" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>12</v>
       </c>
       <c r="H257" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I257" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B258" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D258" s="2">
-        <v>0.31597222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E258" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F258" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H258" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I258" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
         <v>46052.0</v>
       </c>
       <c r="B259" t="s">
         <v>26</v>
       </c>
       <c r="D259" s="2">
-        <v>0.38541666666667</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="E259" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F259" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G259" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H259" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I259" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
         <v>46052.0</v>
       </c>
       <c r="B260" t="s">
         <v>26</v>
       </c>
       <c r="D260" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E260" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F260" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="G260" t="s">
         <v>31</v>
       </c>
       <c r="H260" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I260" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B261" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D261" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E261" s="2">
-        <v>0.44444444444444</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F261" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G261" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H261" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I261" t="s">
-        <v>66</v>
+        <v>39</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
         <v>46055.0</v>
       </c>
       <c r="B262" t="s">
         <v>40</v>
       </c>
       <c r="C262" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D262" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E262" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="F262" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G262" t="s">
         <v>12</v>
       </c>
       <c r="H262" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="I262" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
         <v>46055.0</v>
       </c>
       <c r="B263" t="s">
         <v>40</v>
       </c>
       <c r="C263" t="s">
         <v>15</v>
       </c>
       <c r="D263" s="2">
-        <v>0.45486111111111</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E263" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F263" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G263" t="s">
         <v>12</v>
       </c>
       <c r="H263" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="I263" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46055.0</v>
       </c>
       <c r="B264" t="s">
         <v>40</v>
       </c>
       <c r="C264" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D264" s="2">
-        <v>0.45833333333333</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E264" s="2">
-        <v>0.51736111111111</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F264" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G264" t="s">
         <v>12</v>
       </c>
       <c r="H264" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="I264" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46055.0</v>
       </c>
       <c r="B265" t="s">
         <v>40</v>
       </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
       <c r="D265" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E265" s="2">
-        <v>0.59027777777778</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F265" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G265" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="H265" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="I265" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46055.0</v>
       </c>
       <c r="B266" t="s">
         <v>40</v>
       </c>
       <c r="D266" s="2">
-        <v>0.60763888888889</v>
+        <v>0.53125</v>
       </c>
       <c r="E266" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F266" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G266" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H266" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I266" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>46055.0</v>
       </c>
       <c r="B267" t="s">
         <v>40</v>
       </c>
       <c r="D267" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E267" s="2">
-        <v>0.73611111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F267" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G267" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H267" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I267" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
-        <v>46056.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B268" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D268" s="2">
-        <v>0.35416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E268" s="2">
-        <v>0.375</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F268" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="G268" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="H268" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="I268" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
-        <v>46058.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B269" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="D269" s="2">
-        <v>0.3125</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E269" s="2">
         <v>0.375</v>
       </c>
       <c r="F269" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G269" t="s">
         <v>79</v>
       </c>
       <c r="H269" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="I269" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
-        <v>46070.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B270" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="D270" s="2">
-        <v>0.38541666666667</v>
+        <v>0.62847222222222</v>
       </c>
       <c r="E270" s="2">
-        <v>0.44791666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F270" t="s">
         <v>80</v>
       </c>
       <c r="G270" t="s">
         <v>79</v>
       </c>
       <c r="H270" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="I270" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
-        <v>46080.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B271" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D271" s="2">
-        <v>0.625</v>
+        <v>0.3125</v>
       </c>
       <c r="E271" s="2">
-        <v>0.64583333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F271" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G271" t="s">
         <v>79</v>
       </c>
       <c r="H271" t="s">
+        <v>64</v>
+      </c>
+      <c r="I271" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B272" t="s">
+        <v>40</v>
+      </c>
+      <c r="D272" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E272" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F272" t="s">
+        <v>83</v>
+      </c>
+      <c r="G272" t="s">
+        <v>79</v>
+      </c>
+      <c r="H272" t="s">
+        <v>42</v>
+      </c>
+      <c r="I272" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B273" t="s">
+        <v>48</v>
+      </c>
+      <c r="D273" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E273" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F273" t="s">
+        <v>82</v>
+      </c>
+      <c r="G273" t="s">
+        <v>79</v>
+      </c>
+      <c r="H273" t="s">
+        <v>64</v>
+      </c>
+      <c r="I273" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="D274" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E274" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F274" t="s">
+        <v>83</v>
+      </c>
+      <c r="G274" t="s">
+        <v>79</v>
+      </c>
+      <c r="H274" t="s">
+        <v>42</v>
+      </c>
+      <c r="I274" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B275" t="s">
+        <v>16</v>
+      </c>
+      <c r="D275" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E275" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F275" t="s">
+        <v>80</v>
+      </c>
+      <c r="G275" t="s">
+        <v>79</v>
+      </c>
+      <c r="H275" t="s">
+        <v>62</v>
+      </c>
+      <c r="I275" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B276" t="s">
+        <v>26</v>
+      </c>
+      <c r="D276" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E276" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F276" t="s">
+        <v>78</v>
+      </c>
+      <c r="G276" t="s">
+        <v>79</v>
+      </c>
+      <c r="H276" t="s">
         <v>46</v>
       </c>
-      <c r="I271" t="s">
-        <v>29</v>
+      <c r="I276" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>