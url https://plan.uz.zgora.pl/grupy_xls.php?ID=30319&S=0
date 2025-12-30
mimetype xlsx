--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -236,99 +236,102 @@
   <si>
     <t>Podstawy Pielęgniarstwa (L)</t>
   </si>
   <si>
     <t>dr Justyna Jasik-Pyzdrowska</t>
   </si>
   <si>
     <t>lab9</t>
   </si>
   <si>
     <t>mgr Agnieszka Tyczyńska</t>
   </si>
   <si>
     <t>307 A-22</t>
   </si>
   <si>
     <t>jo2</t>
   </si>
   <si>
     <t>jo3</t>
   </si>
   <si>
     <t>Anatomia (L)</t>
   </si>
   <si>
-    <t>0.10 O</t>
+    <t>dr Agnieszka Kilanowska</t>
   </si>
   <si>
-    <t>dr Agnieszka Kilanowska</t>
+    <t>0.10 O</t>
   </si>
   <si>
     <t>0.13 O</t>
   </si>
   <si>
     <t>spotkanie organizacyjne dla 1 fizjoterapii, ratownictwa medycznego, pielęgniarstwa, położnictwa (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>dr n. med. Bartosz Kudliński</t>
   </si>
   <si>
     <t>1 A-29</t>
   </si>
   <si>
     <t>Psychologia (W)</t>
   </si>
   <si>
     <t>117 A-29</t>
   </si>
   <si>
     <t>109 A-29</t>
   </si>
   <si>
     <t>2 A-29</t>
   </si>
   <si>
     <t>Etyka zawodu pielęgniarki (W)</t>
   </si>
   <si>
     <t>Współpraca i komunikacja w zespole interprofesjonalnym (Ć)</t>
   </si>
   <si>
     <t>dr Monika Lato-Pawłowska</t>
   </si>
   <si>
     <t>103/103a A-22</t>
   </si>
   <si>
     <t>lab2</t>
   </si>
   <si>
     <t>mgr Monika Suszek</t>
+  </si>
+  <si>
+    <t>dr n. med. Agata Kuszerska</t>
   </si>
   <si>
     <t>0.14 O</t>
   </si>
   <si>
     <t>1.01 O</t>
   </si>
   <si>
     <t>lab7</t>
   </si>
   <si>
     <t>mgr Weronika Rozenberger</t>
   </si>
   <si>
     <t>Zasoby i system informacji w ochronie zdrowia (Ć)</t>
   </si>
   <si>
     <t>dr Piotr Bromber</t>
   </si>
   <si>
     <t>302 A-29</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
@@ -371,84 +374,102 @@
   <si>
     <t>mgr Jowita Śmiech</t>
   </si>
   <si>
     <t>dr Iwona Banach</t>
   </si>
   <si>
     <t>f2</t>
   </si>
   <si>
     <t>Zajęcia fakultatywne - Telemedycyna i e-zdrowie (Ć)</t>
   </si>
   <si>
     <t>Zasoby i system informacji w ochronie zdrowia (W)</t>
   </si>
   <si>
     <t>lab3</t>
   </si>
   <si>
     <t>mgr Monika Madejska</t>
   </si>
   <si>
     <t>Współpraca i komunikacja w zespole interprofesjonalnym (W)</t>
   </si>
   <si>
+    <t>Anatomia (W)</t>
+  </si>
+  <si>
+    <t>dr Agnieszka Kilanowska; dr hab. n. med. Agnieszka Ziółkowska, prof. UZ</t>
+  </si>
+  <si>
     <t>315 A-2</t>
   </si>
   <si>
     <t>Zdrowie publiczne (W)</t>
   </si>
   <si>
     <t>prof. dr hab. n. med. Jerzy Marcinkowski</t>
   </si>
   <si>
     <t>Zdrowie publiczne (Ć)</t>
   </si>
   <si>
     <t>Genetyka (Ć)</t>
   </si>
   <si>
     <t>dr n. med. Adam Haliński</t>
   </si>
   <si>
     <t>109 A-22</t>
   </si>
   <si>
+    <t>309 A-22; 314 A-22</t>
+  </si>
+  <si>
     <t>Genetyka (W)</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>Organizacja pracy pielęgniarki (Ć)</t>
   </si>
   <si>
     <t>mgr Aurelia Maciejewska</t>
   </si>
   <si>
     <t>Organizacja pracy pielęgniarki (W)</t>
+  </si>
+  <si>
+    <t>308/308a A-22; 309 A-22; 314 A-22</t>
+  </si>
+  <si>
+    <t>Prawo Medyczne - zaliczenie (R)</t>
+  </si>
+  <si>
+    <t>dr n. biol. Monica Abreu-Głowacka</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -756,67 +777,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J655"/>
+  <dimension ref="A1:J670"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E655" sqref="E655"/>
+      <selection activeCell="E670" sqref="E670"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="201.665" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1696,131 +1717,140 @@
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45937.0</v>
       </c>
       <c r="B33" t="s">
         <v>57</v>
       </c>
       <c r="C33" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E33" s="2">
         <v>0.75</v>
       </c>
       <c r="F33" t="s">
         <v>73</v>
       </c>
       <c r="G33" t="s">
         <v>18</v>
       </c>
+      <c r="H33" t="s">
+        <v>74</v>
+      </c>
       <c r="I33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>45937.0</v>
       </c>
       <c r="B34" t="s">
         <v>57</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E34" s="2">
         <v>0.75</v>
       </c>
       <c r="F34" t="s">
         <v>73</v>
       </c>
       <c r="G34" t="s">
         <v>18</v>
       </c>
       <c r="H34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="I34" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45937.0</v>
       </c>
       <c r="B35" t="s">
         <v>57</v>
       </c>
       <c r="C35" t="s">
         <v>23</v>
       </c>
       <c r="D35" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E35" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F35" t="s">
         <v>73</v>
       </c>
       <c r="G35" t="s">
         <v>18</v>
       </c>
+      <c r="H35" t="s">
+        <v>74</v>
+      </c>
       <c r="I35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45937.0</v>
       </c>
       <c r="B36" t="s">
         <v>57</v>
       </c>
       <c r="C36" t="s">
         <v>24</v>
       </c>
       <c r="D36" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E36" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F36" t="s">
         <v>73</v>
       </c>
       <c r="G36" t="s">
         <v>18</v>
       </c>
+      <c r="H36" t="s">
+        <v>74</v>
+      </c>
       <c r="I36" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45938.0</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="E37" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="F37" t="s">
         <v>77</v>
       </c>
       <c r="G37" t="s">
         <v>78</v>
       </c>
       <c r="H37" t="s">
         <v>79</v>
@@ -2670,300 +2700,324 @@
       </c>
       <c r="E67" s="2">
         <v>0.625</v>
       </c>
       <c r="F67" t="s">
         <v>59</v>
       </c>
       <c r="G67" t="s">
         <v>31</v>
       </c>
       <c r="H67" t="s">
         <v>60</v>
       </c>
       <c r="I67" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45944.0</v>
       </c>
       <c r="B68" t="s">
         <v>57</v>
       </c>
       <c r="C68" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D68" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E68" s="2">
         <v>0.75</v>
       </c>
       <c r="F68" t="s">
         <v>73</v>
       </c>
       <c r="G68" t="s">
         <v>18</v>
       </c>
+      <c r="H68" t="s">
+        <v>91</v>
+      </c>
       <c r="I68" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45944.0</v>
       </c>
       <c r="B69" t="s">
         <v>57</v>
       </c>
       <c r="C69" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D69" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E69" s="2">
         <v>0.75</v>
       </c>
       <c r="F69" t="s">
         <v>73</v>
       </c>
       <c r="G69" t="s">
         <v>18</v>
       </c>
+      <c r="H69" t="s">
+        <v>91</v>
+      </c>
       <c r="I69" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45944.0</v>
       </c>
       <c r="B70" t="s">
         <v>57</v>
       </c>
       <c r="C70" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D70" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E70" s="2">
         <v>0.75</v>
       </c>
       <c r="F70" t="s">
         <v>73</v>
       </c>
       <c r="G70" t="s">
         <v>18</v>
       </c>
+      <c r="H70" t="s">
+        <v>74</v>
+      </c>
       <c r="I70" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45944.0</v>
       </c>
       <c r="B71" t="s">
         <v>57</v>
       </c>
       <c r="C71" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D71" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E71" s="2">
         <v>0.75</v>
       </c>
       <c r="F71" t="s">
         <v>73</v>
       </c>
       <c r="G71" t="s">
         <v>18</v>
       </c>
+      <c r="H71" t="s">
+        <v>74</v>
+      </c>
       <c r="I71" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>45944.0</v>
       </c>
       <c r="B72" t="s">
         <v>57</v>
       </c>
       <c r="C72" t="s">
         <v>23</v>
       </c>
       <c r="D72" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E72" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F72" t="s">
         <v>73</v>
       </c>
       <c r="G72" t="s">
         <v>18</v>
       </c>
+      <c r="H72" t="s">
+        <v>74</v>
+      </c>
       <c r="I72" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>45944.0</v>
       </c>
       <c r="B73" t="s">
         <v>57</v>
       </c>
       <c r="C73" t="s">
         <v>24</v>
       </c>
       <c r="D73" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E73" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F73" t="s">
         <v>73</v>
       </c>
       <c r="G73" t="s">
         <v>18</v>
       </c>
+      <c r="H73" t="s">
+        <v>74</v>
+      </c>
       <c r="I73" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45944.0</v>
       </c>
       <c r="B74" t="s">
         <v>57</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E74" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F74" t="s">
         <v>73</v>
       </c>
       <c r="G74" t="s">
         <v>18</v>
       </c>
+      <c r="H74" t="s">
+        <v>91</v>
+      </c>
       <c r="I74" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>45944.0</v>
       </c>
       <c r="B75" t="s">
         <v>57</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E75" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F75" t="s">
         <v>73</v>
       </c>
       <c r="G75" t="s">
         <v>18</v>
       </c>
+      <c r="H75" t="s">
+        <v>91</v>
+      </c>
       <c r="I75" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45945.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E76" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
         <v>12</v>
       </c>
       <c r="I76" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45945.0</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D77" s="2">
         <v>0.4375</v>
       </c>
       <c r="E77" s="2">
         <v>0.53125</v>
       </c>
       <c r="F77" t="s">
         <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>18</v>
       </c>
       <c r="H77" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I77" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45945.0</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>29</v>
       </c>
       <c r="D78" s="2">
         <v>0.4375</v>
       </c>
       <c r="E78" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="F78" t="s">
         <v>30</v>
       </c>
       <c r="G78" t="s">
@@ -2971,57 +3025,57 @@
       </c>
       <c r="H78" t="s">
         <v>32</v>
       </c>
       <c r="I78" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45945.0</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>46</v>
       </c>
       <c r="D79" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E79" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F79" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G79" t="s">
         <v>31</v>
       </c>
       <c r="H79" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I79" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45945.0</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E80" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>11</v>
       </c>
       <c r="H80" t="s">
@@ -3061,51 +3115,51 @@
       <c r="A82" s="1">
         <v>45946.0</v>
       </c>
       <c r="B82" t="s">
         <v>25</v>
       </c>
       <c r="C82" t="s">
         <v>24</v>
       </c>
       <c r="D82" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E82" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F82" t="s">
         <v>17</v>
       </c>
       <c r="G82" t="s">
         <v>18</v>
       </c>
       <c r="H82" t="s">
         <v>19</v>
       </c>
       <c r="I82" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45946.0</v>
       </c>
       <c r="B83" t="s">
         <v>25</v>
       </c>
       <c r="C83" t="s">
         <v>29</v>
       </c>
       <c r="D83" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E83" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F83" t="s">
         <v>30</v>
       </c>
       <c r="G83" t="s">
         <v>31</v>
       </c>
       <c r="H83" t="s">
@@ -3148,51 +3202,51 @@
       <c r="A85" s="1">
         <v>45946.0</v>
       </c>
       <c r="B85" t="s">
         <v>25</v>
       </c>
       <c r="C85" t="s">
         <v>16</v>
       </c>
       <c r="D85" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E85" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F85" t="s">
         <v>17</v>
       </c>
       <c r="G85" t="s">
         <v>18</v>
       </c>
       <c r="H85" t="s">
         <v>19</v>
       </c>
       <c r="I85" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45946.0</v>
       </c>
       <c r="B86" t="s">
         <v>25</v>
       </c>
       <c r="C86" t="s">
         <v>34</v>
       </c>
       <c r="D86" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E86" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F86" t="s">
         <v>17</v>
       </c>
       <c r="G86" t="s">
         <v>18</v>
       </c>
       <c r="H86" t="s">
@@ -3206,51 +3260,51 @@
       <c r="A87" s="1">
         <v>45946.0</v>
       </c>
       <c r="B87" t="s">
         <v>25</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E87" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F87" t="s">
         <v>17</v>
       </c>
       <c r="G87" t="s">
         <v>18</v>
       </c>
       <c r="H87" t="s">
         <v>19</v>
       </c>
       <c r="I87" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45946.0</v>
       </c>
       <c r="B88" t="s">
         <v>25</v>
       </c>
       <c r="C88" t="s">
         <v>36</v>
       </c>
       <c r="D88" s="2">
         <v>0.53125</v>
       </c>
       <c r="E88" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F88" t="s">
         <v>30</v>
       </c>
       <c r="G88" t="s">
         <v>31</v>
       </c>
       <c r="H88" t="s">
@@ -3293,117 +3347,117 @@
       <c r="A90" s="1">
         <v>45946.0</v>
       </c>
       <c r="B90" t="s">
         <v>25</v>
       </c>
       <c r="C90" t="s">
         <v>23</v>
       </c>
       <c r="D90" s="2">
         <v>0.625</v>
       </c>
       <c r="E90" s="2">
         <v>0.71875</v>
       </c>
       <c r="F90" t="s">
         <v>17</v>
       </c>
       <c r="G90" t="s">
         <v>18</v>
       </c>
       <c r="H90" t="s">
         <v>19</v>
       </c>
       <c r="I90" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>45946.0</v>
       </c>
       <c r="B91" t="s">
         <v>25</v>
       </c>
       <c r="D91" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E91" s="2">
         <v>0.8125</v>
       </c>
       <c r="F91" t="s">
         <v>38</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
         <v>27</v>
       </c>
       <c r="I91" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>45947.0</v>
       </c>
       <c r="B92" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C92" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D92" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E92" s="2">
         <v>0.625</v>
       </c>
       <c r="F92" t="s">
         <v>52</v>
       </c>
       <c r="G92" t="s">
         <v>18</v>
       </c>
       <c r="H92" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I92" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45947.0</v>
       </c>
       <c r="B93" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C93" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D93" s="2">
         <v>0.625</v>
       </c>
       <c r="E93" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F93" t="s">
         <v>52</v>
       </c>
       <c r="G93" t="s">
         <v>18</v>
       </c>
       <c r="H93" t="s">
         <v>56</v>
       </c>
       <c r="I93" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45950.0</v>
       </c>
       <c r="B94" t="s">
@@ -3733,352 +3787,376 @@
       </c>
       <c r="E105" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F105" t="s">
         <v>59</v>
       </c>
       <c r="G105" t="s">
         <v>31</v>
       </c>
       <c r="H105" t="s">
         <v>60</v>
       </c>
       <c r="I105" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45951.0</v>
       </c>
       <c r="B106" t="s">
         <v>57</v>
       </c>
       <c r="C106" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D106" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E106" s="2">
         <v>0.75</v>
       </c>
       <c r="F106" t="s">
         <v>73</v>
       </c>
       <c r="G106" t="s">
         <v>18</v>
       </c>
+      <c r="H106" t="s">
+        <v>91</v>
+      </c>
       <c r="I106" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45951.0</v>
       </c>
       <c r="B107" t="s">
         <v>57</v>
       </c>
       <c r="C107" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D107" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E107" s="2">
         <v>0.75</v>
       </c>
       <c r="F107" t="s">
         <v>73</v>
       </c>
       <c r="G107" t="s">
         <v>18</v>
       </c>
+      <c r="H107" t="s">
+        <v>91</v>
+      </c>
       <c r="I107" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45951.0</v>
       </c>
       <c r="B108" t="s">
         <v>57</v>
       </c>
       <c r="C108" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D108" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E108" s="2">
         <v>0.75</v>
       </c>
       <c r="F108" t="s">
         <v>73</v>
       </c>
       <c r="G108" t="s">
         <v>18</v>
       </c>
+      <c r="H108" t="s">
+        <v>74</v>
+      </c>
       <c r="I108" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45951.0</v>
       </c>
       <c r="B109" t="s">
         <v>57</v>
       </c>
       <c r="C109" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D109" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E109" s="2">
         <v>0.75</v>
       </c>
       <c r="F109" t="s">
         <v>73</v>
       </c>
       <c r="G109" t="s">
         <v>18</v>
       </c>
+      <c r="H109" t="s">
+        <v>74</v>
+      </c>
       <c r="I109" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45951.0</v>
       </c>
       <c r="B110" t="s">
         <v>57</v>
       </c>
       <c r="C110" t="s">
         <v>23</v>
       </c>
       <c r="D110" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E110" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F110" t="s">
         <v>73</v>
       </c>
       <c r="G110" t="s">
         <v>18</v>
       </c>
+      <c r="H110" t="s">
+        <v>74</v>
+      </c>
       <c r="I110" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45951.0</v>
       </c>
       <c r="B111" t="s">
         <v>57</v>
       </c>
       <c r="C111" t="s">
         <v>24</v>
       </c>
       <c r="D111" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E111" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F111" t="s">
         <v>73</v>
       </c>
       <c r="G111" t="s">
         <v>18</v>
       </c>
+      <c r="H111" t="s">
+        <v>74</v>
+      </c>
       <c r="I111" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45951.0</v>
       </c>
       <c r="B112" t="s">
         <v>57</v>
       </c>
       <c r="C112" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E112" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F112" t="s">
         <v>73</v>
       </c>
       <c r="G112" t="s">
         <v>18</v>
       </c>
+      <c r="H112" t="s">
+        <v>91</v>
+      </c>
       <c r="I112" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45951.0</v>
       </c>
       <c r="B113" t="s">
         <v>57</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E113" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F113" t="s">
         <v>73</v>
       </c>
       <c r="G113" t="s">
         <v>18</v>
       </c>
+      <c r="H113" t="s">
+        <v>91</v>
+      </c>
       <c r="I113" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45951.0</v>
       </c>
       <c r="B114" t="s">
         <v>57</v>
       </c>
       <c r="C114" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D114" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E114" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F114" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G114" t="s">
         <v>31</v>
       </c>
       <c r="H114" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I114" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45952.0</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>46</v>
       </c>
       <c r="D115" s="2">
         <v>0.4375</v>
       </c>
       <c r="E115" s="2">
         <v>0.59375</v>
       </c>
       <c r="F115" t="s">
         <v>30</v>
       </c>
       <c r="G115" t="s">
         <v>31</v>
       </c>
       <c r="H115" t="s">
         <v>32</v>
       </c>
       <c r="I115" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45952.0</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D116" s="2">
         <v>0.4375</v>
       </c>
       <c r="E116" s="2">
         <v>0.625</v>
       </c>
       <c r="F116" t="s">
         <v>52</v>
       </c>
       <c r="G116" t="s">
         <v>18</v>
       </c>
       <c r="H116" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I116" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45952.0</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>29</v>
       </c>
       <c r="D117" s="2">
         <v>0.53125</v>
       </c>
       <c r="E117" s="2">
-        <v>0.60416666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F117" t="s">
         <v>44</v>
       </c>
       <c r="G117" t="s">
         <v>31</v>
       </c>
       <c r="H117" t="s">
         <v>42</v>
       </c>
       <c r="I117" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45952.0</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E118" s="2">
@@ -4109,66 +4187,66 @@
       </c>
       <c r="E119" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F119" t="s">
         <v>17</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119" t="s">
         <v>27</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45953.0</v>
       </c>
       <c r="B120" t="s">
         <v>25</v>
       </c>
       <c r="C120" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D120" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E120" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F120" t="s">
         <v>52</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I120" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45953.0</v>
       </c>
       <c r="B121" t="s">
         <v>25</v>
       </c>
       <c r="C121" t="s">
         <v>24</v>
       </c>
       <c r="D121" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E121" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F121" t="s">
         <v>17</v>
       </c>
       <c r="G121" t="s">
@@ -4243,51 +4321,51 @@
       <c r="A124" s="1">
         <v>45953.0</v>
       </c>
       <c r="B124" t="s">
         <v>25</v>
       </c>
       <c r="C124" t="s">
         <v>29</v>
       </c>
       <c r="D124" s="2">
         <v>0.625</v>
       </c>
       <c r="E124" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="F124" t="s">
         <v>55</v>
       </c>
       <c r="G124" t="s">
         <v>31</v>
       </c>
       <c r="H124" t="s">
         <v>56</v>
       </c>
       <c r="I124" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>45953.0</v>
       </c>
       <c r="B125" t="s">
         <v>25</v>
       </c>
       <c r="C125" t="s">
         <v>23</v>
       </c>
       <c r="D125" s="2">
         <v>0.625</v>
       </c>
       <c r="E125" s="2">
         <v>0.71875</v>
       </c>
       <c r="F125" t="s">
         <v>17</v>
       </c>
       <c r="G125" t="s">
         <v>18</v>
       </c>
       <c r="H125" t="s">
@@ -4306,254 +4384,254 @@
       </c>
       <c r="D126" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E126" s="2">
         <v>0.8125</v>
       </c>
       <c r="F126" t="s">
         <v>38</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
       <c r="H126" t="s">
         <v>27</v>
       </c>
       <c r="I126" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45954.0</v>
       </c>
       <c r="B127" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C127" t="s">
         <v>29</v>
       </c>
       <c r="D127" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E127" s="2">
         <v>0.375</v>
       </c>
       <c r="F127" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G127" t="s">
         <v>78</v>
       </c>
       <c r="H127" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45954.0</v>
       </c>
       <c r="B128" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C128" t="s">
         <v>37</v>
       </c>
       <c r="D128" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E128" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F128" t="s">
         <v>17</v>
       </c>
       <c r="G128" t="s">
         <v>18</v>
       </c>
       <c r="H128" t="s">
         <v>19</v>
       </c>
       <c r="I128" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45954.0</v>
       </c>
       <c r="B129" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C129" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D129" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E129" s="2">
         <v>0.625</v>
       </c>
       <c r="F129" t="s">
         <v>52</v>
       </c>
       <c r="G129" t="s">
         <v>18</v>
       </c>
       <c r="H129" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I129" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45954.0</v>
       </c>
       <c r="B130" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C130" t="s">
         <v>34</v>
       </c>
       <c r="D130" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E130" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F130" t="s">
         <v>17</v>
       </c>
       <c r="G130" t="s">
         <v>18</v>
       </c>
       <c r="H130" t="s">
         <v>19</v>
       </c>
       <c r="I130" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45954.0</v>
       </c>
       <c r="B131" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C131" t="s">
         <v>35</v>
       </c>
       <c r="D131" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E131" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F131" t="s">
         <v>17</v>
       </c>
       <c r="G131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
         <v>19</v>
       </c>
       <c r="I131" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45954.0</v>
       </c>
       <c r="B132" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C132" t="s">
         <v>26</v>
       </c>
       <c r="D132" s="2">
         <v>0.625</v>
       </c>
       <c r="E132" s="2">
         <v>0.71875</v>
       </c>
       <c r="F132" t="s">
         <v>17</v>
       </c>
       <c r="G132" t="s">
         <v>18</v>
       </c>
       <c r="H132" t="s">
         <v>19</v>
       </c>
       <c r="I132" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45954.0</v>
       </c>
       <c r="B133" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C133" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D133" s="2">
         <v>0.625</v>
       </c>
       <c r="E133" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F133" t="s">
         <v>52</v>
       </c>
       <c r="G133" t="s">
         <v>18</v>
       </c>
       <c r="H133" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I133" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>45954.0</v>
       </c>
       <c r="B134" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C134" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D134" s="2">
         <v>0.62847222222222</v>
       </c>
       <c r="E134" s="2">
         <v>0.86805555555556</v>
       </c>
       <c r="F134" t="s">
         <v>52</v>
       </c>
       <c r="G134" t="s">
         <v>18</v>
       </c>
       <c r="H134" t="s">
         <v>56</v>
       </c>
       <c r="I134" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>45957.0</v>
       </c>
       <c r="B135" t="s">
@@ -4611,51 +4689,51 @@
       <c r="A137" s="1">
         <v>45957.0</v>
       </c>
       <c r="B137" t="s">
         <v>40</v>
       </c>
       <c r="C137" t="s">
         <v>46</v>
       </c>
       <c r="D137" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="E137" s="2">
         <v>0.50694444444444</v>
       </c>
       <c r="F137" t="s">
         <v>86</v>
       </c>
       <c r="G137" t="s">
         <v>31</v>
       </c>
       <c r="H137" t="s">
         <v>87</v>
       </c>
       <c r="I137" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45957.0</v>
       </c>
       <c r="B138" t="s">
         <v>40</v>
       </c>
       <c r="C138" t="s">
         <v>29</v>
       </c>
       <c r="D138" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="E138" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F138" t="s">
         <v>86</v>
       </c>
       <c r="G138" t="s">
         <v>31</v>
       </c>
       <c r="H138" t="s">
@@ -4999,274 +5077,298 @@
       </c>
       <c r="E150" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F150" t="s">
         <v>59</v>
       </c>
       <c r="G150" t="s">
         <v>31</v>
       </c>
       <c r="H150" t="s">
         <v>60</v>
       </c>
       <c r="I150" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>45958.0</v>
       </c>
       <c r="B151" t="s">
         <v>57</v>
       </c>
       <c r="C151" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D151" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E151" s="2">
         <v>0.75</v>
       </c>
       <c r="F151" t="s">
         <v>73</v>
       </c>
       <c r="G151" t="s">
         <v>18</v>
       </c>
+      <c r="H151" t="s">
+        <v>91</v>
+      </c>
       <c r="I151" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>45958.0</v>
       </c>
       <c r="B152" t="s">
         <v>57</v>
       </c>
       <c r="C152" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D152" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E152" s="2">
         <v>0.75</v>
       </c>
       <c r="F152" t="s">
         <v>73</v>
       </c>
       <c r="G152" t="s">
         <v>18</v>
       </c>
+      <c r="H152" t="s">
+        <v>91</v>
+      </c>
       <c r="I152" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>45958.0</v>
       </c>
       <c r="B153" t="s">
         <v>57</v>
       </c>
       <c r="C153" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D153" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E153" s="2">
         <v>0.75</v>
       </c>
       <c r="F153" t="s">
         <v>73</v>
       </c>
       <c r="G153" t="s">
         <v>18</v>
       </c>
+      <c r="H153" t="s">
+        <v>74</v>
+      </c>
       <c r="I153" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>45958.0</v>
       </c>
       <c r="B154" t="s">
         <v>57</v>
       </c>
       <c r="C154" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D154" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E154" s="2">
         <v>0.75</v>
       </c>
       <c r="F154" t="s">
         <v>73</v>
       </c>
       <c r="G154" t="s">
         <v>18</v>
       </c>
+      <c r="H154" t="s">
+        <v>74</v>
+      </c>
       <c r="I154" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>45958.0</v>
       </c>
       <c r="B155" t="s">
         <v>57</v>
       </c>
       <c r="C155" t="s">
         <v>23</v>
       </c>
       <c r="D155" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E155" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F155" t="s">
         <v>73</v>
       </c>
       <c r="G155" t="s">
         <v>18</v>
       </c>
+      <c r="H155" t="s">
+        <v>74</v>
+      </c>
       <c r="I155" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>45958.0</v>
       </c>
       <c r="B156" t="s">
         <v>57</v>
       </c>
       <c r="C156" t="s">
         <v>24</v>
       </c>
       <c r="D156" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E156" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F156" t="s">
         <v>73</v>
       </c>
       <c r="G156" t="s">
         <v>18</v>
       </c>
+      <c r="H156" t="s">
+        <v>74</v>
+      </c>
       <c r="I156" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>45958.0</v>
       </c>
       <c r="B157" t="s">
         <v>57</v>
       </c>
       <c r="C157" t="s">
         <v>16</v>
       </c>
       <c r="D157" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E157" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F157" t="s">
         <v>73</v>
       </c>
       <c r="G157" t="s">
         <v>18</v>
       </c>
+      <c r="H157" t="s">
+        <v>91</v>
+      </c>
       <c r="I157" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>45958.0</v>
       </c>
       <c r="B158" t="s">
         <v>57</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E158" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F158" t="s">
         <v>73</v>
       </c>
       <c r="G158" t="s">
         <v>18</v>
       </c>
+      <c r="H158" t="s">
+        <v>91</v>
+      </c>
       <c r="I158" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>45958.0</v>
       </c>
       <c r="B159" t="s">
         <v>57</v>
       </c>
       <c r="C159" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D159" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E159" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F159" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G159" t="s">
         <v>31</v>
       </c>
       <c r="H159" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I159" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>45959.0</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="D160" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E160" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F160" t="s">
         <v>10</v>
       </c>
       <c r="G160" t="s">
         <v>11</v>
       </c>
       <c r="H160" t="s">
@@ -5300,57 +5402,57 @@
       </c>
       <c r="H161" t="s">
         <v>32</v>
       </c>
       <c r="I161" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>45959.0</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>36</v>
       </c>
       <c r="D162" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E162" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F162" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G162" t="s">
         <v>31</v>
       </c>
       <c r="H162" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I162" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>45959.0</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="D163" s="2">
         <v>0.6875</v>
       </c>
       <c r="E163" s="2">
         <v>0.75</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>11</v>
       </c>
       <c r="H163" t="s">
@@ -5511,153 +5613,153 @@
       </c>
       <c r="D169" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E169" s="2">
         <v>0.8125</v>
       </c>
       <c r="F169" t="s">
         <v>38</v>
       </c>
       <c r="G169" t="s">
         <v>11</v>
       </c>
       <c r="H169" t="s">
         <v>27</v>
       </c>
       <c r="I169" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>45961.0</v>
       </c>
       <c r="B170" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C170" t="s">
         <v>16</v>
       </c>
       <c r="D170" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E170" s="2">
         <v>0.63194444444444</v>
       </c>
       <c r="F170" t="s">
         <v>17</v>
       </c>
       <c r="G170" t="s">
         <v>18</v>
       </c>
       <c r="H170" t="s">
         <v>19</v>
       </c>
       <c r="I170" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45961.0</v>
       </c>
       <c r="B171" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E171" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F171" t="s">
         <v>17</v>
       </c>
       <c r="G171" t="s">
         <v>18</v>
       </c>
       <c r="H171" t="s">
         <v>19</v>
       </c>
       <c r="I171" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45964.0</v>
       </c>
       <c r="B172" t="s">
         <v>40</v>
       </c>
       <c r="D172" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E172" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F172" t="s">
         <v>41</v>
       </c>
       <c r="G172" t="s">
         <v>11</v>
       </c>
       <c r="H172" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I172" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>45964.0</v>
       </c>
       <c r="B173" t="s">
         <v>40</v>
       </c>
       <c r="C173" t="s">
         <v>36</v>
       </c>
       <c r="D173" s="2">
         <v>0.4375</v>
       </c>
       <c r="E173" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F173" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G173" t="s">
         <v>78</v>
       </c>
       <c r="H173" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>45964.0</v>
       </c>
       <c r="B174" t="s">
         <v>40</v>
       </c>
       <c r="C174" t="s">
         <v>46</v>
       </c>
       <c r="D174" s="2">
         <v>0.4375</v>
       </c>
       <c r="E174" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="F174" t="s">
         <v>47</v>
       </c>
       <c r="G174" t="s">
         <v>31</v>
       </c>
       <c r="H174" t="s">
@@ -5697,54 +5799,54 @@
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>45964.0</v>
       </c>
       <c r="B176" t="s">
         <v>40</v>
       </c>
       <c r="C176" t="s">
         <v>46</v>
       </c>
       <c r="D176" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E176" s="2">
         <v>0.65625</v>
       </c>
       <c r="F176" t="s">
         <v>44</v>
       </c>
       <c r="G176" t="s">
         <v>31</v>
       </c>
       <c r="H176" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I176" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>45964.0</v>
       </c>
       <c r="B177" t="s">
         <v>40</v>
       </c>
       <c r="C177" t="s">
         <v>36</v>
       </c>
       <c r="D177" s="2">
         <v>0.625</v>
       </c>
       <c r="E177" s="2">
         <v>0.72222222222222</v>
       </c>
       <c r="F177" t="s">
         <v>47</v>
       </c>
       <c r="G177" t="s">
         <v>31</v>
       </c>
       <c r="H177" t="s">
@@ -5845,77 +5947,77 @@
       <c r="A181" s="1">
         <v>45965.0</v>
       </c>
       <c r="B181" t="s">
         <v>57</v>
       </c>
       <c r="C181" t="s">
         <v>23</v>
       </c>
       <c r="D181" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E181" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F181" t="s">
         <v>17</v>
       </c>
       <c r="G181" t="s">
         <v>18</v>
       </c>
       <c r="H181" t="s">
         <v>19</v>
       </c>
       <c r="I181" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>45965.0</v>
       </c>
       <c r="B182" t="s">
         <v>57</v>
       </c>
       <c r="C182" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D182" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E182" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F182" t="s">
         <v>52</v>
       </c>
       <c r="G182" t="s">
         <v>18</v>
       </c>
       <c r="H182" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I182" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>45965.0</v>
       </c>
       <c r="B183" t="s">
         <v>57</v>
       </c>
       <c r="C183" t="s">
         <v>61</v>
       </c>
       <c r="D183" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E183" s="2">
         <v>0.42361111111111</v>
       </c>
       <c r="F183" t="s">
         <v>59</v>
       </c>
       <c r="G183" t="s">
@@ -6059,384 +6161,408 @@
       </c>
       <c r="E188" s="2">
         <v>0.62847222222222</v>
       </c>
       <c r="F188" t="s">
         <v>59</v>
       </c>
       <c r="G188" t="s">
         <v>31</v>
       </c>
       <c r="H188" t="s">
         <v>60</v>
       </c>
       <c r="I188" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>45965.0</v>
       </c>
       <c r="B189" t="s">
         <v>57</v>
       </c>
       <c r="C189" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D189" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E189" s="2">
         <v>0.75</v>
       </c>
       <c r="F189" t="s">
         <v>73</v>
       </c>
       <c r="G189" t="s">
         <v>18</v>
       </c>
+      <c r="H189" t="s">
+        <v>91</v>
+      </c>
       <c r="I189" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45965.0</v>
       </c>
       <c r="B190" t="s">
         <v>57</v>
       </c>
       <c r="C190" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D190" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E190" s="2">
         <v>0.75</v>
       </c>
       <c r="F190" t="s">
         <v>73</v>
       </c>
       <c r="G190" t="s">
         <v>18</v>
       </c>
+      <c r="H190" t="s">
+        <v>91</v>
+      </c>
       <c r="I190" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>45965.0</v>
       </c>
       <c r="B191" t="s">
         <v>57</v>
       </c>
       <c r="C191" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D191" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E191" s="2">
         <v>0.75</v>
       </c>
       <c r="F191" t="s">
         <v>73</v>
       </c>
       <c r="G191" t="s">
         <v>18</v>
       </c>
+      <c r="H191" t="s">
+        <v>74</v>
+      </c>
       <c r="I191" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>45965.0</v>
       </c>
       <c r="B192" t="s">
         <v>57</v>
       </c>
       <c r="C192" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D192" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E192" s="2">
         <v>0.75</v>
       </c>
       <c r="F192" t="s">
         <v>73</v>
       </c>
       <c r="G192" t="s">
         <v>18</v>
       </c>
+      <c r="H192" t="s">
+        <v>74</v>
+      </c>
       <c r="I192" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>45965.0</v>
       </c>
       <c r="B193" t="s">
         <v>57</v>
       </c>
       <c r="C193" t="s">
         <v>23</v>
       </c>
       <c r="D193" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E193" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F193" t="s">
         <v>73</v>
       </c>
       <c r="G193" t="s">
         <v>18</v>
       </c>
+      <c r="H193" t="s">
+        <v>74</v>
+      </c>
       <c r="I193" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>45965.0</v>
       </c>
       <c r="B194" t="s">
         <v>57</v>
       </c>
       <c r="C194" t="s">
         <v>24</v>
       </c>
       <c r="D194" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E194" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F194" t="s">
         <v>73</v>
       </c>
       <c r="G194" t="s">
         <v>18</v>
       </c>
+      <c r="H194" t="s">
+        <v>74</v>
+      </c>
       <c r="I194" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>45965.0</v>
       </c>
       <c r="B195" t="s">
         <v>57</v>
       </c>
       <c r="C195" t="s">
         <v>16</v>
       </c>
       <c r="D195" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E195" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F195" t="s">
         <v>73</v>
       </c>
       <c r="G195" t="s">
         <v>18</v>
       </c>
+      <c r="H195" t="s">
+        <v>91</v>
+      </c>
       <c r="I195" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>45965.0</v>
       </c>
       <c r="B196" t="s">
         <v>57</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E196" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F196" t="s">
         <v>73</v>
       </c>
       <c r="G196" t="s">
         <v>18</v>
       </c>
+      <c r="H196" t="s">
+        <v>91</v>
+      </c>
       <c r="I196" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>45965.0</v>
       </c>
       <c r="B197" t="s">
         <v>57</v>
       </c>
       <c r="C197" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D197" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E197" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F197" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G197" t="s">
         <v>31</v>
       </c>
       <c r="H197" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I197" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>45966.0</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="D198" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E198" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F198" t="s">
         <v>10</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
         <v>12</v>
       </c>
       <c r="I198" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>45966.0</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D199" s="2">
         <v>0.4375</v>
       </c>
       <c r="E199" s="2">
         <v>0.625</v>
       </c>
       <c r="F199" t="s">
         <v>52</v>
       </c>
       <c r="G199" t="s">
         <v>18</v>
       </c>
       <c r="H199" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I199" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>45966.0</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>46</v>
       </c>
       <c r="D200" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E200" s="2">
         <v>0.5</v>
       </c>
       <c r="F200" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G200" t="s">
         <v>78</v>
       </c>
       <c r="H200" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>45966.0</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>46</v>
       </c>
       <c r="D201" s="2">
         <v>0.56597222222222</v>
       </c>
       <c r="E201" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F201" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G201" t="s">
         <v>31</v>
       </c>
       <c r="H201" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I201" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>45966.0</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="D202" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E202" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
@@ -6447,51 +6573,51 @@
       <c r="A203" s="1">
         <v>45967.0</v>
       </c>
       <c r="B203" t="s">
         <v>25</v>
       </c>
       <c r="C203" t="s">
         <v>35</v>
       </c>
       <c r="D203" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E203" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F203" t="s">
         <v>17</v>
       </c>
       <c r="G203" t="s">
         <v>18</v>
       </c>
       <c r="H203" t="s">
         <v>19</v>
       </c>
       <c r="I203" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>45967.0</v>
       </c>
       <c r="B204" t="s">
         <v>25</v>
       </c>
       <c r="C204" t="s">
         <v>24</v>
       </c>
       <c r="D204" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E204" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F204" t="s">
         <v>17</v>
       </c>
       <c r="G204" t="s">
         <v>18</v>
       </c>
       <c r="H204" t="s">
@@ -6505,51 +6631,51 @@
       <c r="A205" s="1">
         <v>45967.0</v>
       </c>
       <c r="B205" t="s">
         <v>25</v>
       </c>
       <c r="C205" t="s">
         <v>34</v>
       </c>
       <c r="D205" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E205" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F205" t="s">
         <v>17</v>
       </c>
       <c r="G205" t="s">
         <v>18</v>
       </c>
       <c r="H205" t="s">
         <v>19</v>
       </c>
       <c r="I205" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>45967.0</v>
       </c>
       <c r="B206" t="s">
         <v>25</v>
       </c>
       <c r="C206" t="s">
         <v>23</v>
       </c>
       <c r="D206" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E206" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F206" t="s">
         <v>17</v>
       </c>
       <c r="G206" t="s">
         <v>18</v>
       </c>
       <c r="H206" t="s">
@@ -6592,51 +6718,51 @@
       <c r="A208" s="1">
         <v>45967.0</v>
       </c>
       <c r="B208" t="s">
         <v>25</v>
       </c>
       <c r="C208" t="s">
         <v>26</v>
       </c>
       <c r="D208" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E208" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F208" t="s">
         <v>17</v>
       </c>
       <c r="G208" t="s">
         <v>18</v>
       </c>
       <c r="H208" t="s">
         <v>19</v>
       </c>
       <c r="I208" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>45967.0</v>
       </c>
       <c r="B209" t="s">
         <v>25</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E209" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F209" t="s">
         <v>17</v>
       </c>
       <c r="G209" t="s">
         <v>18</v>
       </c>
       <c r="H209" t="s">
@@ -6679,51 +6805,51 @@
       <c r="A211" s="1">
         <v>45967.0</v>
       </c>
       <c r="B211" t="s">
         <v>25</v>
       </c>
       <c r="C211" t="s">
         <v>37</v>
       </c>
       <c r="D211" s="2">
         <v>0.625</v>
       </c>
       <c r="E211" s="2">
         <v>0.71875</v>
       </c>
       <c r="F211" t="s">
         <v>17</v>
       </c>
       <c r="G211" t="s">
         <v>18</v>
       </c>
       <c r="H211" t="s">
         <v>19</v>
       </c>
       <c r="I211" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>45967.0</v>
       </c>
       <c r="B212" t="s">
         <v>25</v>
       </c>
       <c r="C212" t="s">
         <v>16</v>
       </c>
       <c r="D212" s="2">
         <v>0.625</v>
       </c>
       <c r="E212" s="2">
         <v>0.71875</v>
       </c>
       <c r="F212" t="s">
         <v>17</v>
       </c>
       <c r="G212" t="s">
         <v>18</v>
       </c>
       <c r="H212" t="s">
@@ -6742,214 +6868,214 @@
       </c>
       <c r="D213" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E213" s="2">
         <v>0.8125</v>
       </c>
       <c r="F213" t="s">
         <v>38</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
         <v>27</v>
       </c>
       <c r="I213" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>45968.0</v>
       </c>
       <c r="B214" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D214" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E214" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F214" t="s">
         <v>81</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
         <v>32</v>
       </c>
       <c r="I214" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>45968.0</v>
       </c>
       <c r="B215" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C215" t="s">
         <v>36</v>
       </c>
       <c r="D215" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E215" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F215" t="s">
         <v>30</v>
       </c>
       <c r="G215" t="s">
         <v>31</v>
       </c>
       <c r="H215" t="s">
         <v>32</v>
       </c>
       <c r="I215" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>45968.0</v>
       </c>
       <c r="B216" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C216" t="s">
         <v>29</v>
       </c>
       <c r="D216" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E216" s="2">
         <v>0.625</v>
       </c>
       <c r="F216" t="s">
         <v>47</v>
       </c>
       <c r="G216" t="s">
         <v>31</v>
       </c>
       <c r="H216" t="s">
         <v>48</v>
       </c>
       <c r="I216" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>45968.0</v>
       </c>
       <c r="B217" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C217" t="s">
         <v>68</v>
       </c>
       <c r="D217" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E217" s="2">
         <v>0.75</v>
       </c>
       <c r="F217" t="s">
         <v>66</v>
       </c>
       <c r="G217" t="s">
         <v>18</v>
       </c>
       <c r="H217" t="s">
         <v>69</v>
       </c>
       <c r="I217" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>45968.0</v>
       </c>
       <c r="B218" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C218" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D218" s="2">
         <v>0.625</v>
       </c>
       <c r="E218" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F218" t="s">
         <v>52</v>
       </c>
       <c r="G218" t="s">
         <v>18</v>
       </c>
       <c r="H218" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I218" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>45968.0</v>
       </c>
       <c r="B219" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C219" t="s">
         <v>24</v>
       </c>
       <c r="D219" s="2">
         <v>0.73263888888889</v>
       </c>
       <c r="E219" s="2">
         <v>0.82638888888889</v>
       </c>
       <c r="F219" t="s">
         <v>17</v>
       </c>
       <c r="G219" t="s">
         <v>18</v>
       </c>
       <c r="H219" t="s">
         <v>19</v>
       </c>
       <c r="I219" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>45973.0</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="D220" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E220" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" t="s">
         <v>11</v>
       </c>
       <c r="H220" t="s">
         <v>12</v>
       </c>
       <c r="I220" t="s">
@@ -6971,124 +7097,124 @@
       </c>
       <c r="E221" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="F221" t="s">
         <v>30</v>
       </c>
       <c r="G221" t="s">
         <v>31</v>
       </c>
       <c r="H221" t="s">
         <v>32</v>
       </c>
       <c r="I221" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>45973.0</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D222" s="2">
         <v>0.4375</v>
       </c>
       <c r="E222" s="2">
         <v>0.625</v>
       </c>
       <c r="F222" t="s">
         <v>52</v>
       </c>
       <c r="G222" t="s">
         <v>18</v>
       </c>
       <c r="H222" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I222" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>45973.0</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D223" s="2">
         <v>0.4375</v>
       </c>
       <c r="E223" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F223" t="s">
         <v>52</v>
       </c>
       <c r="G223" t="s">
         <v>18</v>
       </c>
       <c r="H223" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I223" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>45973.0</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>29</v>
       </c>
       <c r="D224" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E224" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F224" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G224" t="s">
         <v>31</v>
       </c>
       <c r="H224" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I224" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>45973.0</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="D225" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E225" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>11</v>
       </c>
       <c r="H225" t="s">
@@ -7186,51 +7312,51 @@
       <c r="A229" s="1">
         <v>45974.0</v>
       </c>
       <c r="B229" t="s">
         <v>25</v>
       </c>
       <c r="C229" t="s">
         <v>46</v>
       </c>
       <c r="D229" s="2">
         <v>0.4375</v>
       </c>
       <c r="E229" s="2">
         <v>0.59375</v>
       </c>
       <c r="F229" t="s">
         <v>30</v>
       </c>
       <c r="G229" t="s">
         <v>31</v>
       </c>
       <c r="H229" t="s">
         <v>32</v>
       </c>
       <c r="I229" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>45974.0</v>
       </c>
       <c r="B230" t="s">
         <v>25</v>
       </c>
       <c r="C230" t="s">
         <v>35</v>
       </c>
       <c r="D230" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E230" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F230" t="s">
         <v>17</v>
       </c>
       <c r="G230" t="s">
         <v>18</v>
       </c>
       <c r="H230" t="s">
@@ -7255,66 +7381,66 @@
       </c>
       <c r="E231" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="F231" t="s">
         <v>66</v>
       </c>
       <c r="G231" t="s">
         <v>18</v>
       </c>
       <c r="H231" t="s">
         <v>69</v>
       </c>
       <c r="I231" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>45974.0</v>
       </c>
       <c r="B232" t="s">
         <v>25</v>
       </c>
       <c r="C232" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D232" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E232" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="F232" t="s">
         <v>52</v>
       </c>
       <c r="G232" t="s">
         <v>18</v>
       </c>
       <c r="H232" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I232" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>45974.0</v>
       </c>
       <c r="B233" t="s">
         <v>25</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="D233" s="2">
         <v>0.625</v>
       </c>
       <c r="E233" s="2">
         <v>0.71875</v>
       </c>
       <c r="F233" t="s">
         <v>17</v>
       </c>
       <c r="G233" t="s">
@@ -7365,344 +7491,344 @@
       </c>
       <c r="D235" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E235" s="2">
         <v>0.8125</v>
       </c>
       <c r="F235" t="s">
         <v>38</v>
       </c>
       <c r="G235" t="s">
         <v>11</v>
       </c>
       <c r="H235" t="s">
         <v>27</v>
       </c>
       <c r="I235" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>45975.0</v>
       </c>
       <c r="B236" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C236" t="s">
         <v>61</v>
       </c>
       <c r="D236" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E236" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="F236" t="s">
         <v>59</v>
       </c>
       <c r="G236" t="s">
         <v>31</v>
       </c>
       <c r="H236" t="s">
         <v>62</v>
       </c>
       <c r="I236" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>45975.0</v>
       </c>
       <c r="B237" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C237" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D237" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E237" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F237" t="s">
         <v>52</v>
       </c>
       <c r="G237" t="s">
         <v>18</v>
       </c>
       <c r="H237" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I237" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>45975.0</v>
       </c>
       <c r="B238" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C238" t="s">
         <v>58</v>
       </c>
       <c r="D238" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E238" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="F238" t="s">
         <v>59</v>
       </c>
       <c r="G238" t="s">
         <v>31</v>
       </c>
       <c r="H238" t="s">
         <v>60</v>
       </c>
       <c r="I238" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>45975.0</v>
       </c>
       <c r="B239" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C239" t="s">
         <v>64</v>
       </c>
       <c r="D239" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="E239" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F239" t="s">
         <v>59</v>
       </c>
       <c r="G239" t="s">
         <v>31</v>
       </c>
       <c r="H239" t="s">
         <v>62</v>
       </c>
       <c r="I239" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>45975.0</v>
       </c>
       <c r="B240" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C240" t="s">
         <v>65</v>
       </c>
       <c r="D240" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="E240" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="F240" t="s">
         <v>66</v>
       </c>
       <c r="G240" t="s">
         <v>18</v>
       </c>
       <c r="H240" t="s">
         <v>67</v>
       </c>
       <c r="I240" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
         <v>45975.0</v>
       </c>
       <c r="B241" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C241" t="s">
         <v>68</v>
       </c>
       <c r="D241" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="E241" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="F241" t="s">
         <v>66</v>
       </c>
       <c r="G241" t="s">
         <v>18</v>
       </c>
       <c r="H241" t="s">
         <v>69</v>
       </c>
       <c r="I241" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>45975.0</v>
       </c>
       <c r="B242" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C242" t="s">
         <v>71</v>
       </c>
       <c r="D242" s="2">
         <v>0.4375</v>
       </c>
       <c r="E242" s="2">
         <v>0.53472222222222</v>
       </c>
       <c r="F242" t="s">
         <v>59</v>
       </c>
       <c r="G242" t="s">
         <v>31</v>
       </c>
       <c r="H242" t="s">
         <v>60</v>
       </c>
       <c r="I242" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>45975.0</v>
       </c>
       <c r="B243" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C243" t="s">
         <v>72</v>
       </c>
       <c r="D243" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="E243" s="2">
         <v>0.625</v>
       </c>
       <c r="F243" t="s">
         <v>59</v>
       </c>
       <c r="G243" t="s">
         <v>31</v>
       </c>
       <c r="H243" t="s">
         <v>60</v>
       </c>
       <c r="I243" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>45975.0</v>
       </c>
       <c r="B244" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C244" t="s">
         <v>46</v>
       </c>
       <c r="D244" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="E244" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="F244" t="s">
         <v>55</v>
       </c>
       <c r="G244" t="s">
         <v>31</v>
       </c>
       <c r="H244" t="s">
         <v>56</v>
       </c>
       <c r="I244" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
         <v>45978.0</v>
       </c>
       <c r="B245" t="s">
         <v>40</v>
       </c>
       <c r="C245" t="s">
         <v>29</v>
       </c>
       <c r="D245" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E245" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F245" t="s">
         <v>44</v>
       </c>
       <c r="G245" t="s">
         <v>31</v>
       </c>
       <c r="H245" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I245" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>45978.0</v>
       </c>
       <c r="B246" t="s">
         <v>40</v>
       </c>
       <c r="C246" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D246" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E246" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F246" t="s">
         <v>52</v>
       </c>
       <c r="G246" t="s">
         <v>18</v>
       </c>
       <c r="H246" t="s">
         <v>56</v>
       </c>
       <c r="I246" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>45978.0</v>
       </c>
       <c r="B247" t="s">
@@ -7748,63 +7874,63 @@
       </c>
       <c r="F248" t="s">
         <v>47</v>
       </c>
       <c r="G248" t="s">
         <v>31</v>
       </c>
       <c r="H248" t="s">
         <v>48</v>
       </c>
       <c r="I248" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
         <v>45978.0</v>
       </c>
       <c r="B249" t="s">
         <v>40</v>
       </c>
       <c r="C249" t="s">
         <v>46</v>
       </c>
       <c r="D249" s="2">
-        <v>0.5625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E249" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F249" t="s">
         <v>44</v>
       </c>
       <c r="G249" t="s">
         <v>31</v>
       </c>
       <c r="H249" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I249" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>45978.0</v>
       </c>
       <c r="B250" t="s">
         <v>40</v>
       </c>
       <c r="C250" t="s">
         <v>46</v>
       </c>
       <c r="D250" s="2">
         <v>0.625</v>
       </c>
       <c r="E250" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="F250" t="s">
         <v>55</v>
       </c>
       <c r="G250" t="s">
@@ -7890,124 +8016,124 @@
       </c>
       <c r="E253" s="2">
         <v>0.85416666666667</v>
       </c>
       <c r="F253" t="s">
         <v>66</v>
       </c>
       <c r="G253" t="s">
         <v>18</v>
       </c>
       <c r="H253" t="s">
         <v>90</v>
       </c>
       <c r="I253" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
         <v>45978.0</v>
       </c>
       <c r="B254" t="s">
         <v>40</v>
       </c>
       <c r="C254" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D254" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E254" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F254" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G254" t="s">
         <v>31</v>
       </c>
       <c r="H254" t="s">
         <v>56</v>
       </c>
       <c r="I254" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
         <v>45979.0</v>
       </c>
       <c r="B255" t="s">
         <v>57</v>
       </c>
       <c r="C255" t="s">
         <v>61</v>
       </c>
       <c r="D255" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E255" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="F255" t="s">
         <v>59</v>
       </c>
       <c r="G255" t="s">
         <v>31</v>
       </c>
       <c r="H255" t="s">
         <v>62</v>
       </c>
       <c r="I255" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>45979.0</v>
       </c>
       <c r="B256" t="s">
         <v>57</v>
       </c>
       <c r="C256" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D256" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E256" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F256" t="s">
         <v>52</v>
       </c>
       <c r="G256" t="s">
         <v>18</v>
       </c>
       <c r="H256" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I256" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>45979.0</v>
       </c>
       <c r="B257" t="s">
         <v>57</v>
       </c>
       <c r="C257" t="s">
         <v>58</v>
       </c>
       <c r="D257" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E257" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="F257" t="s">
         <v>59</v>
       </c>
       <c r="G257" t="s">
@@ -8151,413 +8277,437 @@
       </c>
       <c r="E262" s="2">
         <v>0.625</v>
       </c>
       <c r="F262" t="s">
         <v>59</v>
       </c>
       <c r="G262" t="s">
         <v>31</v>
       </c>
       <c r="H262" t="s">
         <v>60</v>
       </c>
       <c r="I262" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
         <v>45979.0</v>
       </c>
       <c r="B263" t="s">
         <v>57</v>
       </c>
       <c r="C263" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D263" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E263" s="2">
         <v>0.75</v>
       </c>
       <c r="F263" t="s">
         <v>73</v>
       </c>
       <c r="G263" t="s">
         <v>18</v>
       </c>
+      <c r="H263" t="s">
+        <v>91</v>
+      </c>
       <c r="I263" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>45979.0</v>
       </c>
       <c r="B264" t="s">
         <v>57</v>
       </c>
       <c r="C264" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D264" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E264" s="2">
         <v>0.75</v>
       </c>
       <c r="F264" t="s">
         <v>73</v>
       </c>
       <c r="G264" t="s">
         <v>18</v>
       </c>
+      <c r="H264" t="s">
+        <v>91</v>
+      </c>
       <c r="I264" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>45979.0</v>
       </c>
       <c r="B265" t="s">
         <v>57</v>
       </c>
       <c r="C265" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D265" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E265" s="2">
         <v>0.75</v>
       </c>
       <c r="F265" t="s">
         <v>73</v>
       </c>
       <c r="G265" t="s">
         <v>18</v>
       </c>
+      <c r="H265" t="s">
+        <v>74</v>
+      </c>
       <c r="I265" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>45979.0</v>
       </c>
       <c r="B266" t="s">
         <v>57</v>
       </c>
       <c r="C266" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D266" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E266" s="2">
         <v>0.75</v>
       </c>
       <c r="F266" t="s">
         <v>73</v>
       </c>
       <c r="G266" t="s">
         <v>18</v>
       </c>
+      <c r="H266" t="s">
+        <v>74</v>
+      </c>
       <c r="I266" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>45979.0</v>
       </c>
       <c r="B267" t="s">
         <v>57</v>
       </c>
       <c r="C267" t="s">
         <v>23</v>
       </c>
       <c r="D267" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E267" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F267" t="s">
         <v>73</v>
       </c>
       <c r="G267" t="s">
         <v>18</v>
       </c>
+      <c r="H267" t="s">
+        <v>74</v>
+      </c>
       <c r="I267" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>45979.0</v>
       </c>
       <c r="B268" t="s">
         <v>57</v>
       </c>
       <c r="C268" t="s">
         <v>24</v>
       </c>
       <c r="D268" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E268" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F268" t="s">
         <v>73</v>
       </c>
       <c r="G268" t="s">
         <v>18</v>
       </c>
+      <c r="H268" t="s">
+        <v>74</v>
+      </c>
       <c r="I268" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>45979.0</v>
       </c>
       <c r="B269" t="s">
         <v>57</v>
       </c>
       <c r="C269" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E269" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F269" t="s">
         <v>73</v>
       </c>
       <c r="G269" t="s">
         <v>18</v>
       </c>
+      <c r="H269" t="s">
+        <v>91</v>
+      </c>
       <c r="I269" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>45979.0</v>
       </c>
       <c r="B270" t="s">
         <v>57</v>
       </c>
       <c r="C270" t="s">
         <v>20</v>
       </c>
       <c r="D270" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E270" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F270" t="s">
         <v>73</v>
       </c>
       <c r="G270" t="s">
         <v>18</v>
       </c>
+      <c r="H270" t="s">
+        <v>91</v>
+      </c>
       <c r="I270" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>45979.0</v>
       </c>
       <c r="B271" t="s">
         <v>57</v>
       </c>
       <c r="C271" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D271" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E271" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F271" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G271" t="s">
         <v>31</v>
       </c>
       <c r="H271" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I271" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>45980.0</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="D272" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E272" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F272" t="s">
         <v>10</v>
       </c>
       <c r="G272" t="s">
         <v>11</v>
       </c>
       <c r="H272" t="s">
         <v>12</v>
       </c>
       <c r="I272" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
         <v>45980.0</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="D273" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E273" s="2">
         <v>0.5625</v>
       </c>
       <c r="F273" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G273" t="s">
         <v>11</v>
       </c>
       <c r="H273" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I273" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
         <v>45980.0</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>36</v>
       </c>
       <c r="D274" s="2">
         <v>0.56597222222222</v>
       </c>
       <c r="E274" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F274" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G274" t="s">
         <v>31</v>
       </c>
       <c r="H274" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I274" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
         <v>45980.0</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>46</v>
       </c>
       <c r="D275" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E275" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="F275" t="s">
         <v>86</v>
       </c>
       <c r="G275" t="s">
         <v>31</v>
       </c>
       <c r="H275" t="s">
         <v>87</v>
       </c>
       <c r="I275" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
         <v>45980.0</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D276" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E276" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F276" t="s">
         <v>52</v>
       </c>
       <c r="G276" t="s">
         <v>18</v>
       </c>
       <c r="H276" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I276" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
         <v>45980.0</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="D277" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E277" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>11</v>
       </c>
       <c r="H277" t="s">
@@ -8568,3493 +8718,3523 @@
       <c r="A278" s="1">
         <v>45981.0</v>
       </c>
       <c r="B278" t="s">
         <v>25</v>
       </c>
       <c r="C278" t="s">
         <v>26</v>
       </c>
       <c r="D278" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E278" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F278" t="s">
         <v>17</v>
       </c>
       <c r="G278" t="s">
         <v>18</v>
       </c>
       <c r="H278" t="s">
         <v>19</v>
       </c>
       <c r="I278" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
         <v>45981.0</v>
       </c>
       <c r="B279" t="s">
         <v>25</v>
       </c>
       <c r="C279" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="D279" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E279" s="2">
-        <v>0.42708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F279" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G279" t="s">
         <v>18</v>
       </c>
       <c r="H279" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="I279" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
         <v>45981.0</v>
       </c>
       <c r="B280" t="s">
         <v>25</v>
       </c>
       <c r="C280" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="D280" s="2">
-        <v>0.33333333333333</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E280" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F280" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G280" t="s">
         <v>18</v>
       </c>
       <c r="H280" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="I280" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
         <v>45981.0</v>
       </c>
       <c r="B281" t="s">
         <v>25</v>
       </c>
       <c r="C281" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="D281" s="2">
-        <v>0.43055555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E281" s="2">
-        <v>0.52430555555556</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F281" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G281" t="s">
         <v>18</v>
       </c>
       <c r="H281" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="I281" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="1">
         <v>45981.0</v>
       </c>
       <c r="B282" t="s">
         <v>25</v>
       </c>
       <c r="C282" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="D282" s="2">
-        <v>0.43055555555556</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E282" s="2">
-        <v>0.52430555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F282" t="s">
         <v>17</v>
       </c>
       <c r="G282" t="s">
         <v>18</v>
       </c>
       <c r="H282" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="1">
         <v>45981.0</v>
       </c>
       <c r="B283" t="s">
         <v>25</v>
       </c>
       <c r="C283" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="D283" s="2">
-        <v>0.44444444444444</v>
+        <v>0.625</v>
       </c>
       <c r="E283" s="2">
-        <v>0.61111111111111</v>
+        <v>0.71875</v>
       </c>
       <c r="F283" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G283" t="s">
         <v>18</v>
       </c>
       <c r="H283" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="I283" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
         <v>45981.0</v>
       </c>
       <c r="B284" t="s">
         <v>25</v>
       </c>
-      <c r="C284" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D284" s="2">
-        <v>0.52777777777778</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E284" s="2">
-        <v>0.62152777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F284" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="G284" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H284" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="I284" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B285" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="C285" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D285" s="2">
-        <v>0.52777777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E285" s="2">
-        <v>0.62152777777778</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F285" t="s">
         <v>17</v>
       </c>
       <c r="G285" t="s">
         <v>18</v>
       </c>
       <c r="H285" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B286" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="C286" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="D286" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E286" s="2">
-        <v>0.71875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F286" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G286" t="s">
         <v>18</v>
       </c>
       <c r="H286" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="I286" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B287" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="C287" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D287" s="2">
-        <v>0.625</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E287" s="2">
-        <v>0.71875</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F287" t="s">
         <v>17</v>
       </c>
       <c r="G287" t="s">
         <v>18</v>
       </c>
       <c r="H287" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B288" t="s">
-        <v>25</v>
+        <v>99</v>
+      </c>
+      <c r="C288" t="s">
+        <v>111</v>
       </c>
       <c r="D288" s="2">
-        <v>0.72916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E288" s="2">
-        <v>0.8125</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F288" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="G288" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H288" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="I288" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>45982.0</v>
       </c>
       <c r="B289" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C289" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="D289" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E289" s="2">
-        <v>0.42708333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F289" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G289" t="s">
         <v>18</v>
       </c>
       <c r="H289" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="I289" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
         <v>45982.0</v>
       </c>
       <c r="B290" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C290" t="s">
-        <v>116</v>
+        <v>16</v>
       </c>
       <c r="D290" s="2">
-        <v>0.33333333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E290" s="2">
-        <v>0.61458333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F290" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G290" t="s">
         <v>18</v>
       </c>
       <c r="H290" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="I290" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
         <v>45982.0</v>
       </c>
       <c r="B291" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C291" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D291" s="2">
-        <v>0.43055555555556</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E291" s="2">
-        <v>0.52430555555556</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="F291" t="s">
         <v>17</v>
       </c>
       <c r="G291" t="s">
         <v>18</v>
       </c>
       <c r="H291" t="s">
         <v>19</v>
       </c>
       <c r="I291" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B292" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="D292" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E292" s="2">
-        <v>0.86458333333333</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F292" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="G292" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H292" t="s">
-        <v>111</v>
+        <v>12</v>
       </c>
       <c r="I292" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B293" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C293" t="s">
-        <v>101</v>
+        <v>29</v>
       </c>
       <c r="D293" s="2">
-        <v>0.625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E293" s="2">
-        <v>0.86458333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F293" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G293" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H293" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="I293" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B294" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C294" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="D294" s="2">
-        <v>0.63541666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E294" s="2">
-        <v>0.72916666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F294" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G294" t="s">
         <v>18</v>
       </c>
       <c r="H294" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I294" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B295" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C295" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D295" s="2">
-        <v>0.73263888888889</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E295" s="2">
-        <v>0.82638888888889</v>
+        <v>0.50694444444444</v>
       </c>
       <c r="F295" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="G295" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H295" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="I295" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
         <v>45985.0</v>
       </c>
       <c r="B296" t="s">
         <v>40</v>
       </c>
+      <c r="C296" t="s">
+        <v>68</v>
+      </c>
       <c r="D296" s="2">
-        <v>0.33333333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E296" s="2">
-        <v>0.41319444444444</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F296" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="G296" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H296" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="I296" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
         <v>45985.0</v>
       </c>
       <c r="B297" t="s">
         <v>40</v>
       </c>
       <c r="C297" t="s">
         <v>29</v>
       </c>
       <c r="D297" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E297" s="2">
-        <v>0.51388888888889</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F297" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="G297" t="s">
         <v>31</v>
       </c>
       <c r="H297" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="I297" t="s">
-        <v>45</v>
+        <v>108</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
         <v>45985.0</v>
       </c>
       <c r="B298" t="s">
         <v>40</v>
       </c>
       <c r="C298" t="s">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="D298" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="E298" s="2">
-        <v>0.52083333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F298" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G298" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H298" t="s">
-        <v>106</v>
+        <v>48</v>
       </c>
       <c r="I298" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
         <v>45985.0</v>
       </c>
       <c r="B299" t="s">
         <v>40</v>
       </c>
       <c r="C299" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D299" s="2">
-        <v>0.42708333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E299" s="2">
-        <v>0.50694444444444</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F299" t="s">
         <v>86</v>
       </c>
       <c r="G299" t="s">
         <v>31</v>
       </c>
       <c r="H299" t="s">
         <v>87</v>
       </c>
       <c r="I299" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>45985.0</v>
       </c>
       <c r="B300" t="s">
         <v>40</v>
       </c>
       <c r="C300" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="D300" s="2">
-        <v>0.51041666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E300" s="2">
-        <v>0.61458333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="F300" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="G300" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H300" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="I300" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
         <v>45985.0</v>
       </c>
       <c r="B301" t="s">
         <v>40</v>
       </c>
       <c r="C301" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="D301" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E301" s="2">
-        <v>0.62152777777778</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F301" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="G301" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H301" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I301" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
         <v>45985.0</v>
       </c>
       <c r="B302" t="s">
         <v>40</v>
       </c>
       <c r="C302" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D302" s="2">
-        <v>0.52430555555556</v>
+        <v>0.625</v>
       </c>
       <c r="E302" s="2">
-        <v>0.62152777777778</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F302" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G302" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H302" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="I302" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
         <v>45985.0</v>
       </c>
       <c r="B303" t="s">
         <v>40</v>
       </c>
       <c r="C303" t="s">
         <v>36</v>
       </c>
       <c r="D303" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E303" s="2">
-        <v>0.70486111111111</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="F303" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="G303" t="s">
         <v>31</v>
       </c>
       <c r="H303" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="I303" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
         <v>45985.0</v>
       </c>
       <c r="B304" t="s">
         <v>40</v>
       </c>
       <c r="C304" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="D304" s="2">
-        <v>0.625</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E304" s="2">
-        <v>0.72222222222222</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F304" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="G304" t="s">
         <v>31</v>
       </c>
       <c r="H304" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B305" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C305" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="D305" s="2">
-        <v>0.625</v>
+        <v>0.3125</v>
       </c>
       <c r="E305" s="2">
-        <v>0.86458333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F305" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G305" t="s">
         <v>18</v>
       </c>
       <c r="H305" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>107</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B306" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C306" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D306" s="2">
-        <v>0.625</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E306" s="2">
-        <v>0.86458333333333</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F306" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G306" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H306" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I306" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B307" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C307" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D307" s="2">
-        <v>0.70833333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E307" s="2">
-        <v>0.78819444444444</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="F307" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G307" t="s">
         <v>31</v>
       </c>
       <c r="H307" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I307" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B308" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C308" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="D308" s="2">
-        <v>0.79166666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E308" s="2">
-        <v>0.86458333333333</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F308" t="s">
-        <v>114</v>
+        <v>59</v>
       </c>
       <c r="G308" t="s">
         <v>31</v>
       </c>
       <c r="H308" t="s">
-        <v>56</v>
+        <v>62</v>
+      </c>
+      <c r="I308" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
         <v>45986.0</v>
       </c>
       <c r="B309" t="s">
         <v>57</v>
       </c>
       <c r="C309" t="s">
-        <v>105</v>
+        <v>65</v>
       </c>
       <c r="D309" s="2">
-        <v>0.3125</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="E309" s="2">
-        <v>0.4375</v>
+        <v>0.64236111111111</v>
       </c>
       <c r="F309" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G309" t="s">
         <v>18</v>
       </c>
       <c r="H309" t="s">
-        <v>106</v>
+        <v>67</v>
+      </c>
+      <c r="I309" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
         <v>45986.0</v>
       </c>
       <c r="B310" t="s">
         <v>57</v>
       </c>
       <c r="C310" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D310" s="2">
-        <v>0.32291666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E310" s="2">
-        <v>0.41319444444444</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F310" t="s">
         <v>59</v>
       </c>
       <c r="G310" t="s">
         <v>31</v>
       </c>
       <c r="H310" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I310" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
         <v>45986.0</v>
       </c>
       <c r="B311" t="s">
         <v>57</v>
       </c>
       <c r="C311" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D311" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E311" s="2">
-        <v>0.43055555555556</v>
+        <v>0.64236111111111</v>
       </c>
       <c r="F311" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G311" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H311" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="I311" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>45986.0</v>
       </c>
       <c r="B312" t="s">
         <v>57</v>
       </c>
       <c r="C312" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D312" s="2">
-        <v>0.42708333333333</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E312" s="2">
-        <v>0.51736111111111</v>
+        <v>0.625</v>
       </c>
       <c r="F312" t="s">
         <v>59</v>
       </c>
       <c r="G312" t="s">
         <v>31</v>
       </c>
       <c r="H312" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I312" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>45986.0</v>
       </c>
       <c r="B313" t="s">
         <v>57</v>
       </c>
       <c r="C313" t="s">
-        <v>65</v>
+        <v>114</v>
       </c>
       <c r="D313" s="2">
-        <v>0.43402777777778</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E313" s="2">
-        <v>0.64236111111111</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F313" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="G313" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H313" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="I313" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
         <v>45986.0</v>
       </c>
       <c r="B314" t="s">
         <v>57</v>
       </c>
       <c r="C314" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="D314" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E314" s="2">
-        <v>0.52083333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F314" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="G314" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H314" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="I314" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
         <v>45986.0</v>
       </c>
       <c r="B315" t="s">
         <v>57</v>
       </c>
       <c r="C315" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="D315" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E315" s="2">
-        <v>0.64236111111111</v>
+        <v>0.75</v>
       </c>
       <c r="F315" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G315" t="s">
         <v>18</v>
       </c>
       <c r="H315" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="I315" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
         <v>45986.0</v>
       </c>
       <c r="B316" t="s">
         <v>57</v>
       </c>
       <c r="C316" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D316" s="2">
-        <v>0.52777777777778</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E316" s="2">
-        <v>0.625</v>
+        <v>0.75</v>
       </c>
       <c r="F316" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="G316" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H316" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I316" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="1">
         <v>45986.0</v>
       </c>
       <c r="B317" t="s">
         <v>57</v>
       </c>
       <c r="C317" t="s">
-        <v>113</v>
+        <v>34</v>
       </c>
       <c r="D317" s="2">
-        <v>0.64583333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E317" s="2">
-        <v>0.70486111111111</v>
+        <v>0.75</v>
       </c>
       <c r="F317" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="G317" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H317" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="I317" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>45986.0</v>
       </c>
       <c r="B318" t="s">
         <v>57</v>
       </c>
       <c r="C318" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D318" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E318" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F318" t="s">
         <v>73</v>
       </c>
       <c r="G318" t="s">
         <v>18</v>
       </c>
+      <c r="H318" t="s">
+        <v>74</v>
+      </c>
       <c r="I318" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
         <v>45986.0</v>
       </c>
       <c r="B319" t="s">
         <v>57</v>
       </c>
       <c r="C319" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D319" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E319" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F319" t="s">
         <v>73</v>
       </c>
       <c r="G319" t="s">
         <v>18</v>
+      </c>
+      <c r="H319" t="s">
+        <v>74</v>
       </c>
       <c r="I319" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
         <v>45986.0</v>
       </c>
       <c r="B320" t="s">
         <v>57</v>
       </c>
       <c r="C320" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D320" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E320" s="2">
-        <v>0.75</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F320" t="s">
         <v>73</v>
       </c>
       <c r="G320" t="s">
         <v>18</v>
       </c>
+      <c r="H320" t="s">
+        <v>91</v>
+      </c>
       <c r="I320" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
         <v>45986.0</v>
       </c>
       <c r="B321" t="s">
         <v>57</v>
       </c>
       <c r="C321" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="D321" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E321" s="2">
-        <v>0.75</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F321" t="s">
         <v>73</v>
       </c>
       <c r="G321" t="s">
         <v>18</v>
       </c>
+      <c r="H321" t="s">
+        <v>91</v>
+      </c>
       <c r="I321" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="1">
         <v>45986.0</v>
       </c>
       <c r="B322" t="s">
         <v>57</v>
       </c>
       <c r="C322" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="D322" s="2">
-        <v>0.76041666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E322" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F322" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="G322" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H322" t="s">
+        <v>105</v>
       </c>
       <c r="I322" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B323" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D323" s="2">
-        <v>0.76041666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E323" s="2">
-        <v>0.83333333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F323" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G323" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>11</v>
+      </c>
+      <c r="H323" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B324" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="D324" s="2">
-        <v>0.76041666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E324" s="2">
-        <v>0.83333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F324" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G324" t="s">
         <v>18</v>
       </c>
+      <c r="H324" t="s">
+        <v>95</v>
+      </c>
       <c r="I324" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B325" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="D325" s="2">
-        <v>0.76041666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E325" s="2">
-        <v>0.83333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F325" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G325" t="s">
         <v>18</v>
       </c>
+      <c r="H325" t="s">
+        <v>101</v>
+      </c>
       <c r="I325" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B326" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="D326" s="2">
-        <v>0.77083333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E326" s="2">
-        <v>0.83333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F326" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="G326" t="s">
         <v>31</v>
       </c>
       <c r="H326" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="I326" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="1">
         <v>45987.0</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="D327" s="2">
-        <v>0.33333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E327" s="2">
-        <v>0.42708333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F327" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G327" t="s">
         <v>11</v>
       </c>
       <c r="H327" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="1">
         <v>45987.0</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
-      <c r="C328" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D328" s="2">
-        <v>0.4375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E328" s="2">
-        <v>0.625</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F328" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="G328" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H328" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>121</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B329" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="D329" s="2">
-        <v>0.4375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E329" s="2">
-        <v>0.64583333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F329" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="G329" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H329" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="I329" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B330" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C330" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D330" s="2">
-        <v>0.54166666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E330" s="2">
-        <v>0.64583333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F330" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="G330" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H330" t="s">
-        <v>96</v>
+        <v>27</v>
       </c>
       <c r="I330" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B331" t="s">
-        <v>9</v>
+        <v>25</v>
+      </c>
+      <c r="C331" t="s">
+        <v>106</v>
       </c>
       <c r="D331" s="2">
-        <v>0.66666666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E331" s="2">
-        <v>0.72916666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F331" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G331" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H331" t="s">
-        <v>22</v>
+        <v>107</v>
+      </c>
+      <c r="I331" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
         <v>45988.0</v>
       </c>
       <c r="B332" t="s">
         <v>25</v>
       </c>
+      <c r="C332" t="s">
+        <v>100</v>
+      </c>
       <c r="D332" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E332" s="2">
-        <v>0.41666666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F332" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="G332" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H332" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I332" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
         <v>45988.0</v>
       </c>
       <c r="B333" t="s">
         <v>25</v>
       </c>
       <c r="C333" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D333" s="2">
-        <v>0.42708333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="E333" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F333" t="s">
         <v>17</v>
       </c>
       <c r="G333" t="s">
         <v>18</v>
       </c>
       <c r="H333" t="s">
         <v>27</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="1">
         <v>45988.0</v>
       </c>
       <c r="B334" t="s">
         <v>25</v>
       </c>
       <c r="C334" t="s">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="D334" s="2">
-        <v>0.4375</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E334" s="2">
-        <v>0.60416666666667</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F334" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G334" t="s">
         <v>18</v>
       </c>
       <c r="H334" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="I334" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
         <v>45988.0</v>
       </c>
       <c r="B335" t="s">
         <v>25</v>
       </c>
       <c r="C335" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="D335" s="2">
-        <v>0.4375</v>
+        <v>0.71875</v>
       </c>
       <c r="E335" s="2">
-        <v>0.71875</v>
+        <v>0.8125</v>
       </c>
       <c r="F335" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G335" t="s">
         <v>18</v>
       </c>
       <c r="H335" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="I335" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
         <v>45988.0</v>
       </c>
       <c r="B336" t="s">
         <v>25</v>
       </c>
       <c r="C336" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="D336" s="2">
-        <v>0.52430555555556</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E336" s="2">
-        <v>0.61805555555556</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F336" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G336" t="s">
         <v>18</v>
       </c>
       <c r="H336" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="I336" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
         <v>45988.0</v>
       </c>
       <c r="B337" t="s">
         <v>25</v>
       </c>
       <c r="C337" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="D337" s="2">
-        <v>0.62152777777778</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E337" s="2">
-        <v>0.71527777777778</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F337" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G337" t="s">
         <v>18</v>
       </c>
       <c r="H337" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="I337" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B338" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="D338" s="2">
-        <v>0.71875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E338" s="2">
-        <v>0.8125</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F338" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="G338" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H338" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I338" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B339" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="C339" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="D339" s="2">
-        <v>0.72916666666667</v>
+        <v>0.49305555555556</v>
       </c>
       <c r="E339" s="2">
-        <v>0.85416666666667</v>
+        <v>0.55555555555556</v>
       </c>
       <c r="F339" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="G339" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H339" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="I339" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B340" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="C340" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="D340" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E340" s="2">
-        <v>0.86458333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F340" t="s">
         <v>52</v>
       </c>
       <c r="G340" t="s">
         <v>18</v>
       </c>
       <c r="H340" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="I340" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
         <v>45989.0</v>
       </c>
       <c r="B341" t="s">
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="C341" t="s">
+        <v>46</v>
       </c>
       <c r="D341" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E341" s="2">
-        <v>0.48958333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F341" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="G341" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H341" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I341" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
         <v>45989.0</v>
       </c>
       <c r="B342" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C342" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="D342" s="2">
-        <v>0.49305555555556</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E342" s="2">
-        <v>0.55555555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F342" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="G342" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H342" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="I342" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
         <v>45989.0</v>
       </c>
       <c r="B343" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C343" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D343" s="2">
-        <v>0.5</v>
+        <v>0.625</v>
       </c>
       <c r="E343" s="2">
-        <v>0.61458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F343" t="s">
         <v>52</v>
       </c>
       <c r="G343" t="s">
         <v>18</v>
       </c>
       <c r="H343" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="I343" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="1">
         <v>45989.0</v>
       </c>
       <c r="B344" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C344" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="D344" s="2">
-        <v>0.55902777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E344" s="2">
-        <v>0.64930555555556</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F344" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G344" t="s">
         <v>31</v>
       </c>
       <c r="H344" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I344" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B345" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C345" t="s">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="D345" s="2">
-        <v>0.57291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E345" s="2">
-        <v>0.83333333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F345" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G345" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H345" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="I345" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B346" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C346" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="D346" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E346" s="2">
-        <v>0.83333333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F346" t="s">
         <v>52</v>
       </c>
       <c r="G346" t="s">
         <v>18</v>
       </c>
       <c r="H346" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="I346" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B347" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C347" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="D347" s="2">
-        <v>0.65277777777778</v>
+        <v>0.375</v>
       </c>
       <c r="E347" s="2">
-        <v>0.71527777777778</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F347" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="G347" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H347" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="I347" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
         <v>45992.0</v>
       </c>
       <c r="B348" t="s">
         <v>40</v>
       </c>
       <c r="C348" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D348" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E348" s="2">
-        <v>0.39583333333333</v>
+        <v>0.70138888888889</v>
       </c>
       <c r="F348" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="G348" t="s">
         <v>31</v>
       </c>
       <c r="H348" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="I348" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
         <v>45992.0</v>
       </c>
       <c r="B349" t="s">
         <v>40</v>
       </c>
       <c r="C349" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="D349" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E349" s="2">
-        <v>0.62152777777778</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F349" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G349" t="s">
         <v>18</v>
       </c>
       <c r="H349" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="I349" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
         <v>45992.0</v>
       </c>
       <c r="B350" t="s">
         <v>40</v>
       </c>
       <c r="C350" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="D350" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="E350" s="2">
-        <v>0.62152777777778</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F350" t="s">
         <v>52</v>
       </c>
       <c r="G350" t="s">
         <v>18</v>
       </c>
       <c r="H350" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="I350" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
         <v>45992.0</v>
       </c>
       <c r="B351" t="s">
         <v>40</v>
       </c>
       <c r="C351" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D351" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E351" s="2">
-        <v>0.70138888888889</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="F351" t="s">
         <v>55</v>
       </c>
       <c r="G351" t="s">
         <v>31</v>
       </c>
       <c r="H351" t="s">
         <v>56</v>
       </c>
       <c r="I351" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B352" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C352" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="D352" s="2">
-        <v>0.625</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E352" s="2">
-        <v>0.85416666666667</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F352" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G352" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H352" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
       <c r="I352" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B353" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C353" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D353" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E353" s="2">
-        <v>0.85416666666667</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="F353" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G353" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H353" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="I353" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B354" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C354" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="D354" s="2">
-        <v>0.70833333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E354" s="2">
-        <v>0.78472222222222</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F354" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G354" t="s">
         <v>31</v>
       </c>
       <c r="H354" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I354" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
         <v>45993.0</v>
       </c>
       <c r="B355" t="s">
         <v>57</v>
       </c>
       <c r="C355" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D355" s="2">
-        <v>0.32291666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E355" s="2">
-        <v>0.41319444444444</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F355" t="s">
         <v>59</v>
       </c>
       <c r="G355" t="s">
         <v>31</v>
       </c>
       <c r="H355" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I355" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>45993.0</v>
       </c>
       <c r="B356" t="s">
         <v>57</v>
       </c>
       <c r="C356" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D356" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E356" s="2">
-        <v>0.43055555555556</v>
+        <v>0.65625</v>
       </c>
       <c r="F356" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G356" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H356" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="I356" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
         <v>45993.0</v>
       </c>
       <c r="B357" t="s">
         <v>57</v>
       </c>
       <c r="C357" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D357" s="2">
-        <v>0.42708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E357" s="2">
-        <v>0.51736111111111</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F357" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G357" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H357" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="I357" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
         <v>45993.0</v>
       </c>
       <c r="B358" t="s">
         <v>57</v>
       </c>
       <c r="C358" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D358" s="2">
-        <v>0.4375</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E358" s="2">
-        <v>0.53472222222222</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F358" t="s">
         <v>59</v>
       </c>
       <c r="G358" t="s">
         <v>31</v>
       </c>
       <c r="H358" t="s">
         <v>60</v>
       </c>
       <c r="I358" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
         <v>45993.0</v>
       </c>
       <c r="B359" t="s">
         <v>57</v>
       </c>
       <c r="C359" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="D359" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E359" s="2">
-        <v>0.65625</v>
+        <v>0.75</v>
       </c>
       <c r="F359" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G359" t="s">
         <v>18</v>
       </c>
       <c r="H359" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="I359" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
         <v>45993.0</v>
       </c>
       <c r="B360" t="s">
         <v>57</v>
       </c>
       <c r="C360" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="D360" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E360" s="2">
-        <v>0.65625</v>
+        <v>0.75</v>
       </c>
       <c r="F360" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G360" t="s">
         <v>18</v>
       </c>
       <c r="H360" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="I360" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
         <v>45993.0</v>
       </c>
       <c r="B361" t="s">
         <v>57</v>
       </c>
       <c r="C361" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D361" s="2">
-        <v>0.54166666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E361" s="2">
-        <v>0.63541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F361" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="G361" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H361" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I361" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>45993.0</v>
       </c>
       <c r="B362" t="s">
         <v>57</v>
       </c>
       <c r="C362" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D362" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E362" s="2">
         <v>0.75</v>
       </c>
       <c r="F362" t="s">
         <v>73</v>
       </c>
       <c r="G362" t="s">
         <v>18</v>
       </c>
+      <c r="H362" t="s">
+        <v>74</v>
+      </c>
       <c r="I362" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>45993.0</v>
       </c>
       <c r="B363" t="s">
         <v>57</v>
       </c>
       <c r="C363" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D363" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E363" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F363" t="s">
         <v>73</v>
       </c>
       <c r="G363" t="s">
         <v>18</v>
       </c>
+      <c r="H363" t="s">
+        <v>74</v>
+      </c>
       <c r="I363" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
         <v>45993.0</v>
       </c>
       <c r="B364" t="s">
         <v>57</v>
       </c>
       <c r="C364" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D364" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E364" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F364" t="s">
         <v>73</v>
       </c>
       <c r="G364" t="s">
         <v>18</v>
       </c>
+      <c r="H364" t="s">
+        <v>74</v>
+      </c>
       <c r="I364" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
         <v>45993.0</v>
       </c>
       <c r="B365" t="s">
         <v>57</v>
       </c>
       <c r="C365" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D365" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E365" s="2">
-        <v>0.75</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F365" t="s">
         <v>73</v>
       </c>
       <c r="G365" t="s">
         <v>18</v>
+      </c>
+      <c r="H365" t="s">
+        <v>91</v>
       </c>
       <c r="I365" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>45993.0</v>
       </c>
       <c r="B366" t="s">
         <v>57</v>
       </c>
       <c r="C366" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D366" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E366" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F366" t="s">
         <v>73</v>
       </c>
       <c r="G366" t="s">
         <v>18</v>
       </c>
+      <c r="H366" t="s">
+        <v>91</v>
+      </c>
       <c r="I366" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>45993.0</v>
       </c>
       <c r="B367" t="s">
         <v>57</v>
       </c>
       <c r="C367" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D367" s="2">
-        <v>0.76041666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E367" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F367" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="G367" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H367" t="s">
+        <v>56</v>
       </c>
       <c r="I367" t="s">
-        <v>76</v>
+        <v>45</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
         <v>45993.0</v>
       </c>
       <c r="B368" t="s">
         <v>57</v>
       </c>
       <c r="C368" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="D368" s="2">
-        <v>0.76041666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E368" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F368" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G368" t="s">
         <v>18</v>
       </c>
+      <c r="H368" t="s">
+        <v>112</v>
+      </c>
       <c r="I368" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B369" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D369" s="2">
-        <v>0.76041666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E369" s="2">
-        <v>0.83333333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F369" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G369" t="s">
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="H369" t="s">
+        <v>12</v>
       </c>
       <c r="I369" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B370" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D370" s="2">
-        <v>0.77083333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E370" s="2">
-        <v>0.83333333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F370" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="G370" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H370" t="s">
-        <v>56</v>
+        <v>97</v>
       </c>
       <c r="I370" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B371" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="D371" s="2">
-        <v>0.77083333333333</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="E371" s="2">
-        <v>0.86458333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F371" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="G371" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H371" t="s">
-        <v>111</v>
+        <v>97</v>
+      </c>
+      <c r="I371" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
         <v>45994.0</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
+      <c r="C372" t="s">
+        <v>36</v>
+      </c>
       <c r="D372" s="2">
-        <v>0.33333333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E372" s="2">
-        <v>0.42708333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F372" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="G372" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H372" t="s">
-        <v>12</v>
+        <v>87</v>
       </c>
       <c r="I372" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>45994.0</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="D373" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E373" s="2">
-        <v>0.5625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F373" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="G373" t="s">
         <v>11</v>
       </c>
       <c r="H373" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
         <v>45994.0</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
-      <c r="C374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D374" s="2">
-        <v>0.56597222222222</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E374" s="2">
-        <v>0.64583333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F374" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="G374" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H374" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>121</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B375" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C375" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D375" s="2">
-        <v>0.57291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E375" s="2">
-        <v>0.64583333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F375" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G375" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H375" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="I375" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B376" t="s">
-        <v>9</v>
+        <v>25</v>
+      </c>
+      <c r="C376" t="s">
+        <v>29</v>
       </c>
       <c r="D376" s="2">
-        <v>0.66666666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E376" s="2">
-        <v>0.72916666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F376" t="s">
-        <v>21</v>
+        <v>126</v>
       </c>
       <c r="G376" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H376" t="s">
-        <v>22</v>
+        <v>127</v>
+      </c>
+      <c r="I376" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="1">
         <v>45995.0</v>
       </c>
       <c r="B377" t="s">
         <v>25</v>
       </c>
       <c r="C377" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D377" s="2">
-        <v>0.33333333333333</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E377" s="2">
-        <v>0.42708333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F377" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="G377" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H377" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I377" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="1">
         <v>45995.0</v>
       </c>
       <c r="B378" t="s">
         <v>25</v>
       </c>
       <c r="C378" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="D378" s="2">
-        <v>0.33333333333333</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E378" s="2">
-        <v>0.5</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F378" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="G378" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H378" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="I378" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="1">
         <v>45995.0</v>
       </c>
       <c r="B379" t="s">
         <v>25</v>
       </c>
       <c r="C379" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D379" s="2">
-        <v>0.35416666666667</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E379" s="2">
-        <v>0.41666666666667</v>
+        <v>0.55555555555556</v>
       </c>
       <c r="F379" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G379" t="s">
         <v>31</v>
       </c>
       <c r="H379" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I379" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="1">
         <v>45995.0</v>
       </c>
       <c r="B380" t="s">
         <v>25</v>
       </c>
       <c r="C380" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D380" s="2">
-        <v>0.43055555555556</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E380" s="2">
-        <v>0.52430555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F380" t="s">
         <v>17</v>
       </c>
       <c r="G380" t="s">
         <v>18</v>
       </c>
       <c r="H380" t="s">
         <v>27</v>
       </c>
       <c r="I380" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="1">
         <v>45995.0</v>
       </c>
       <c r="B381" t="s">
         <v>25</v>
       </c>
       <c r="C381" t="s">
         <v>36</v>
       </c>
       <c r="D381" s="2">
-        <v>0.43055555555556</v>
+        <v>0.5625</v>
       </c>
       <c r="E381" s="2">
-        <v>0.55555555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F381" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G381" t="s">
         <v>31</v>
       </c>
       <c r="H381" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="I381" t="s">
-        <v>82</v>
+        <v>128</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="1">
         <v>45995.0</v>
       </c>
       <c r="B382" t="s">
         <v>25</v>
       </c>
       <c r="C382" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D382" s="2">
-        <v>0.52777777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="E382" s="2">
-        <v>0.62152777777778</v>
+        <v>0.6875</v>
       </c>
       <c r="F382" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="G382" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H382" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I382" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="1">
         <v>45995.0</v>
       </c>
       <c r="B383" t="s">
         <v>25</v>
       </c>
       <c r="C383" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D383" s="2">
-        <v>0.5625</v>
+        <v>0.625</v>
       </c>
       <c r="E383" s="2">
-        <v>0.61805555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F383" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="G383" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H383" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="I383" t="s">
-        <v>125</v>
+        <v>28</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="1">
         <v>45995.0</v>
       </c>
       <c r="B384" t="s">
         <v>25</v>
       </c>
-      <c r="C384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D384" s="2">
-        <v>0.5625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E384" s="2">
-        <v>0.6875</v>
+        <v>0.8125</v>
       </c>
       <c r="F384" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="G384" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H384" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="I384" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="1">
         <v>45995.0</v>
       </c>
       <c r="B385" t="s">
         <v>25</v>
       </c>
-      <c r="C385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D385" s="2">
-        <v>0.625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E385" s="2">
-        <v>0.71875</v>
+        <v>0.89583333333333</v>
       </c>
       <c r="F385" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="G385" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H385" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>121</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B386" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="D386" s="2">
-        <v>0.72916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E386" s="2">
-        <v>0.8125</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F386" t="s">
-        <v>38</v>
+        <v>123</v>
       </c>
       <c r="G386" t="s">
         <v>11</v>
       </c>
       <c r="H386" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I386" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="1">
         <v>45996.0</v>
       </c>
       <c r="B387" t="s">
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="C387" t="s">
+        <v>46</v>
       </c>
       <c r="D387" s="2">
-        <v>0.33333333333333</v>
+        <v>0.49305555555556</v>
       </c>
       <c r="E387" s="2">
-        <v>0.48958333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F387" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="G387" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H387" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I387" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="1">
         <v>45996.0</v>
       </c>
       <c r="B388" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C388" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D388" s="2">
-        <v>0.49305555555556</v>
+        <v>0.57638888888889</v>
       </c>
       <c r="E388" s="2">
-        <v>0.57291666666667</v>
+        <v>0.63888888888889</v>
       </c>
       <c r="F388" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G388" t="s">
         <v>31</v>
       </c>
       <c r="H388" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I388" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="1">
         <v>45996.0</v>
       </c>
       <c r="B389" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C389" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D389" s="2">
-        <v>0.57638888888889</v>
+        <v>0.64236111111111</v>
       </c>
       <c r="E389" s="2">
-        <v>0.63888888888889</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F389" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G389" t="s">
         <v>31</v>
       </c>
       <c r="H389" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I389" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="1">
         <v>45996.0</v>
       </c>
       <c r="B390" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C390" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="D390" s="2">
-        <v>0.64236111111111</v>
+        <v>0.65625</v>
       </c>
       <c r="E390" s="2">
-        <v>0.70486111111111</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F390" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="G390" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H390" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="I390" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="1">
         <v>45996.0</v>
       </c>
       <c r="B391" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C391" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D391" s="2">
         <v>0.65625</v>
       </c>
       <c r="E391" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F391" t="s">
         <v>52</v>
       </c>
       <c r="G391" t="s">
         <v>18</v>
       </c>
       <c r="H391" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="I391" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B392" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C392" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="D392" s="2">
-        <v>0.65625</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E392" s="2">
-        <v>0.86458333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F392" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G392" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H392" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="I392" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="1">
         <v>45999.0</v>
       </c>
       <c r="B393" t="s">
         <v>40</v>
       </c>
       <c r="C393" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="D393" s="2">
-        <v>0.32291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E393" s="2">
-        <v>0.39583333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F393" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="G393" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H393" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="I393" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="1">
         <v>45999.0</v>
       </c>
       <c r="B394" t="s">
         <v>40</v>
       </c>
       <c r="C394" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="D394" s="2">
-        <v>0.33333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E394" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F394" t="s">
         <v>52</v>
       </c>
       <c r="G394" t="s">
         <v>18</v>
       </c>
       <c r="H394" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="I394" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="1">
         <v>45999.0</v>
       </c>
       <c r="B395" t="s">
         <v>40</v>
       </c>
       <c r="C395" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="D395" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="E395" s="2">
-        <v>0.62152777777778</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F395" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G395" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H395" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
       <c r="I395" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="1">
         <v>45999.0</v>
       </c>
       <c r="B396" t="s">
         <v>40</v>
       </c>
       <c r="C396" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D396" s="2">
         <v>0.625</v>
       </c>
       <c r="E396" s="2">
-        <v>0.70486111111111</v>
+        <v>0.84375</v>
       </c>
       <c r="F396" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G396" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H396" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I396" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="1">
         <v>45999.0</v>
       </c>
       <c r="B397" t="s">
         <v>40</v>
       </c>
       <c r="C397" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="D397" s="2">
         <v>0.625</v>
       </c>
       <c r="E397" s="2">
-        <v>0.84375</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F397" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G397" t="s">
         <v>18</v>
       </c>
       <c r="H397" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="I397" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="1">
         <v>45999.0</v>
       </c>
       <c r="B398" t="s">
         <v>40</v>
       </c>
       <c r="C398" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="D398" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E398" s="2">
-        <v>0.85416666666667</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="F398" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G398" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H398" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="I398" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B399" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C399" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D399" s="2">
-        <v>0.70833333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E399" s="2">
-        <v>0.78819444444444</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F399" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G399" t="s">
         <v>31</v>
       </c>
       <c r="H399" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I399" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="1">
         <v>46000.0</v>
       </c>
       <c r="B400" t="s">
         <v>57</v>
       </c>
       <c r="C400" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="D400" s="2">
         <v>0.32291666666667</v>
       </c>
       <c r="E400" s="2">
-        <v>0.41319444444444</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F400" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G400" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H400" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I400" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="1">
         <v>46000.0</v>
       </c>
       <c r="B401" t="s">
         <v>57</v>
       </c>
       <c r="C401" t="s">
         <v>58</v>
       </c>
       <c r="D401" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E401" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="F401" t="s">
         <v>59</v>
       </c>
       <c r="G401" t="s">
         <v>31</v>
       </c>
       <c r="H401" t="s">
@@ -12137,2934 +12317,2997 @@
       </c>
       <c r="E404" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F404" t="s">
         <v>66</v>
       </c>
       <c r="G404" t="s">
         <v>18</v>
       </c>
       <c r="H404" t="s">
         <v>67</v>
       </c>
       <c r="I404" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="1">
         <v>46000.0</v>
       </c>
       <c r="B405" t="s">
         <v>57</v>
       </c>
       <c r="C405" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D405" s="2">
-        <v>0.4375</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E405" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F405" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G405" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H405" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="I405" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
         <v>46000.0</v>
       </c>
       <c r="B406" t="s">
         <v>57</v>
       </c>
       <c r="C406" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="D406" s="2">
-        <v>0.54861111111111</v>
+        <v>0.65625</v>
       </c>
       <c r="E406" s="2">
-        <v>0.64583333333333</v>
+        <v>0.71180555555556</v>
       </c>
       <c r="F406" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="G406" t="s">
         <v>31</v>
       </c>
       <c r="H406" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I406" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="1">
         <v>46000.0</v>
       </c>
       <c r="B407" t="s">
         <v>57</v>
       </c>
       <c r="C407" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D407" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E407" s="2">
         <v>0.75</v>
       </c>
       <c r="F407" t="s">
         <v>73</v>
       </c>
       <c r="G407" t="s">
         <v>18</v>
       </c>
+      <c r="H407" t="s">
+        <v>91</v>
+      </c>
       <c r="I407" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="1">
         <v>46000.0</v>
       </c>
       <c r="B408" t="s">
         <v>57</v>
       </c>
       <c r="C408" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D408" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E408" s="2">
         <v>0.75</v>
       </c>
       <c r="F408" t="s">
         <v>73</v>
       </c>
       <c r="G408" t="s">
         <v>18</v>
       </c>
+      <c r="H408" t="s">
+        <v>91</v>
+      </c>
       <c r="I408" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="1">
         <v>46000.0</v>
       </c>
       <c r="B409" t="s">
         <v>57</v>
       </c>
       <c r="C409" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D409" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E409" s="2">
         <v>0.75</v>
       </c>
       <c r="F409" t="s">
         <v>73</v>
       </c>
       <c r="G409" t="s">
         <v>18</v>
       </c>
+      <c r="H409" t="s">
+        <v>74</v>
+      </c>
       <c r="I409" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="1">
         <v>46000.0</v>
       </c>
       <c r="B410" t="s">
         <v>57</v>
       </c>
       <c r="C410" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D410" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E410" s="2">
         <v>0.75</v>
       </c>
       <c r="F410" t="s">
         <v>73</v>
       </c>
       <c r="G410" t="s">
         <v>18</v>
       </c>
+      <c r="H410" t="s">
+        <v>74</v>
+      </c>
       <c r="I410" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="1">
         <v>46000.0</v>
       </c>
       <c r="B411" t="s">
         <v>57</v>
       </c>
       <c r="C411" t="s">
         <v>23</v>
       </c>
       <c r="D411" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E411" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F411" t="s">
         <v>73</v>
       </c>
       <c r="G411" t="s">
         <v>18</v>
       </c>
+      <c r="H411" t="s">
+        <v>74</v>
+      </c>
       <c r="I411" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="1">
         <v>46000.0</v>
       </c>
       <c r="B412" t="s">
         <v>57</v>
       </c>
       <c r="C412" t="s">
         <v>24</v>
       </c>
       <c r="D412" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E412" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F412" t="s">
         <v>73</v>
       </c>
       <c r="G412" t="s">
         <v>18</v>
       </c>
+      <c r="H412" t="s">
+        <v>74</v>
+      </c>
       <c r="I412" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="1">
         <v>46000.0</v>
       </c>
       <c r="B413" t="s">
         <v>57</v>
       </c>
       <c r="C413" t="s">
         <v>16</v>
       </c>
       <c r="D413" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E413" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F413" t="s">
         <v>73</v>
       </c>
       <c r="G413" t="s">
         <v>18</v>
       </c>
+      <c r="H413" t="s">
+        <v>91</v>
+      </c>
       <c r="I413" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="1">
         <v>46000.0</v>
       </c>
       <c r="B414" t="s">
         <v>57</v>
       </c>
       <c r="C414" t="s">
         <v>20</v>
       </c>
       <c r="D414" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E414" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F414" t="s">
         <v>73</v>
       </c>
       <c r="G414" t="s">
         <v>18</v>
       </c>
+      <c r="H414" t="s">
+        <v>91</v>
+      </c>
       <c r="I414" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B415" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="D415" s="2">
-        <v>0.77777777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E415" s="2">
-        <v>0.83333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F415" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="G415" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H415" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I415" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="1">
         <v>46001.0</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D416" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E416" s="2">
-        <v>0.60416666666667</v>
+        <v>0.625</v>
       </c>
       <c r="F416" t="s">
         <v>52</v>
       </c>
       <c r="G416" t="s">
         <v>18</v>
       </c>
       <c r="H416" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="I416" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="1">
         <v>46001.0</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D417" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E417" s="2">
-        <v>0.625</v>
+        <v>0.53125</v>
       </c>
       <c r="F417" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G417" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H417" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="I417" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="1">
         <v>46001.0</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="D418" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E418" s="2">
-        <v>0.53125</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F418" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="G418" t="s">
         <v>31</v>
       </c>
       <c r="H418" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="I418" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="1">
         <v>46001.0</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D419" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E419" s="2">
-        <v>0.64583333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F419" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="G419" t="s">
         <v>31</v>
       </c>
       <c r="H419" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="I419" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="1">
         <v>46001.0</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D420" s="2">
-        <v>0.625</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="E420" s="2">
-        <v>0.71875</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F420" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="G420" t="s">
         <v>31</v>
       </c>
       <c r="H420" t="s">
-        <v>124</v>
+        <v>97</v>
       </c>
       <c r="I420" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="1">
         <v>46001.0</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
-      <c r="C421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D421" s="2">
-        <v>0.64930555555556</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E421" s="2">
-        <v>0.73611111111111</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F421" t="s">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="G421" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H421" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="I421" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B422" t="s">
-        <v>9</v>
+        <v>25</v>
+      </c>
+      <c r="C422" t="s">
+        <v>29</v>
       </c>
       <c r="D422" s="2">
-        <v>0.73958333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E422" s="2">
-        <v>0.83333333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F422" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G422" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H422" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="I422" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="1">
         <v>46002.0</v>
       </c>
       <c r="B423" t="s">
         <v>25</v>
       </c>
       <c r="C423" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D423" s="2">
-        <v>0.32291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E423" s="2">
-        <v>0.41666666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F423" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G423" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H423" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="I423" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="1">
         <v>46002.0</v>
       </c>
       <c r="B424" t="s">
         <v>25</v>
       </c>
       <c r="C424" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D424" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E424" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F424" t="s">
         <v>17</v>
       </c>
       <c r="G424" t="s">
         <v>18</v>
       </c>
       <c r="H424" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I424" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="1">
         <v>46002.0</v>
       </c>
       <c r="B425" t="s">
         <v>25</v>
       </c>
       <c r="C425" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D425" s="2">
-        <v>0.33333333333333</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E425" s="2">
-        <v>0.42708333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F425" t="s">
         <v>17</v>
       </c>
       <c r="G425" t="s">
         <v>18</v>
       </c>
       <c r="H425" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I425" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="1">
         <v>46002.0</v>
       </c>
       <c r="B426" t="s">
         <v>25</v>
       </c>
       <c r="C426" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D426" s="2">
         <v>0.43055555555556</v>
       </c>
       <c r="E426" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F426" t="s">
         <v>17</v>
       </c>
       <c r="G426" t="s">
         <v>18</v>
       </c>
       <c r="H426" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I426" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="1">
         <v>46002.0</v>
       </c>
       <c r="B427" t="s">
         <v>25</v>
       </c>
       <c r="C427" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D427" s="2">
-        <v>0.43055555555556</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E427" s="2">
-        <v>0.52430555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F427" t="s">
         <v>17</v>
       </c>
       <c r="G427" t="s">
         <v>18</v>
       </c>
       <c r="H427" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I427" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="1">
         <v>46002.0</v>
       </c>
       <c r="B428" t="s">
         <v>25</v>
       </c>
       <c r="C428" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D428" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E428" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F428" t="s">
         <v>17</v>
       </c>
       <c r="G428" t="s">
         <v>18</v>
       </c>
       <c r="H428" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I428" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="1">
         <v>46002.0</v>
       </c>
       <c r="B429" t="s">
         <v>25</v>
       </c>
       <c r="C429" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="D429" s="2">
-        <v>0.52777777777778</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E429" s="2">
-        <v>0.62152777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F429" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G429" t="s">
         <v>18</v>
       </c>
       <c r="H429" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="I429" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="1">
         <v>46002.0</v>
       </c>
       <c r="B430" t="s">
         <v>25</v>
       </c>
       <c r="C430" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="D430" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E430" s="2">
-        <v>0.66666666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F430" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G430" t="s">
         <v>18</v>
       </c>
       <c r="H430" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="I430" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="1">
         <v>46002.0</v>
       </c>
       <c r="B431" t="s">
         <v>25</v>
       </c>
       <c r="C431" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D431" s="2">
         <v>0.625</v>
       </c>
       <c r="E431" s="2">
         <v>0.71875</v>
       </c>
       <c r="F431" t="s">
         <v>17</v>
       </c>
       <c r="G431" t="s">
         <v>18</v>
       </c>
       <c r="H431" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I431" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="1">
         <v>46002.0</v>
       </c>
       <c r="B432" t="s">
         <v>25</v>
       </c>
-      <c r="C432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D432" s="2">
-        <v>0.625</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E432" s="2">
-        <v>0.71875</v>
+        <v>0.79513888888889</v>
       </c>
       <c r="F432" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G432" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H432" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I432" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="1">
         <v>46002.0</v>
       </c>
       <c r="B433" t="s">
         <v>25</v>
       </c>
       <c r="D433" s="2">
-        <v>0.72916666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="E433" s="2">
-        <v>0.79166666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F433" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="G433" t="s">
         <v>11</v>
       </c>
       <c r="H433" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>121</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="1">
         <v>46003.0</v>
       </c>
       <c r="B434" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C434" t="s">
         <v>37</v>
       </c>
       <c r="D434" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E434" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="F434" t="s">
         <v>17</v>
       </c>
       <c r="G434" t="s">
         <v>18</v>
       </c>
       <c r="H434" t="s">
         <v>19</v>
       </c>
       <c r="I434" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="1">
         <v>46003.0</v>
       </c>
       <c r="B435" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C435" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D435" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E435" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F435" t="s">
         <v>52</v>
       </c>
       <c r="G435" t="s">
         <v>18</v>
       </c>
       <c r="H435" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I435" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="1">
         <v>46003.0</v>
       </c>
       <c r="B436" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C436" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="D436" s="2">
-        <v>0.41666666666667</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E436" s="2">
-        <v>0.61458333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F436" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G436" t="s">
         <v>18</v>
       </c>
       <c r="H436" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="I436" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="1">
         <v>46003.0</v>
       </c>
       <c r="B437" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C437" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="D437" s="2">
-        <v>0.43055555555556</v>
+        <v>0.625</v>
       </c>
       <c r="E437" s="2">
-        <v>0.52430555555556</v>
+        <v>0.875</v>
       </c>
       <c r="F437" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G437" t="s">
         <v>18</v>
       </c>
       <c r="H437" t="s">
-        <v>19</v>
+        <v>112</v>
       </c>
       <c r="I437" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="1">
         <v>46003.0</v>
       </c>
       <c r="B438" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C438" t="s">
-        <v>110</v>
+        <v>35</v>
       </c>
       <c r="D438" s="2">
-        <v>0.625</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E438" s="2">
-        <v>0.86458333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F438" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G438" t="s">
         <v>18</v>
       </c>
       <c r="H438" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="I438" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="1">
         <v>46003.0</v>
       </c>
       <c r="B439" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C439" t="s">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="D439" s="2">
-        <v>0.625</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E439" s="2">
-        <v>0.86458333333333</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="F439" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G439" t="s">
         <v>18</v>
       </c>
       <c r="H439" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="I439" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B440" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C440" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D440" s="2">
-        <v>0.63541666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E440" s="2">
-        <v>0.72916666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F440" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G440" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H440" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="I440" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B441" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C441" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="D441" s="2">
-        <v>0.73263888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E441" s="2">
-        <v>0.82638888888889</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F441" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G441" t="s">
         <v>18</v>
       </c>
       <c r="H441" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="I441" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="1">
         <v>46006.0</v>
       </c>
       <c r="B442" t="s">
         <v>40</v>
       </c>
       <c r="C442" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="D442" s="2">
-        <v>0.33333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E442" s="2">
-        <v>0.39583333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F442" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="G442" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H442" t="s">
-        <v>112</v>
+        <v>101</v>
+      </c>
+      <c r="I442" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="1">
         <v>46006.0</v>
       </c>
       <c r="B443" t="s">
         <v>40</v>
       </c>
       <c r="C443" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="D443" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E443" s="2">
-        <v>0.62152777777778</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F443" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G443" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H443" t="s">
-        <v>117</v>
+        <v>56</v>
       </c>
       <c r="I443" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="1">
         <v>46006.0</v>
       </c>
       <c r="B444" t="s">
         <v>40</v>
       </c>
       <c r="C444" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="D444" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="E444" s="2">
-        <v>0.62152777777778</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F444" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G444" t="s">
         <v>18</v>
       </c>
       <c r="H444" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I444" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="1">
         <v>46006.0</v>
       </c>
       <c r="B445" t="s">
         <v>40</v>
       </c>
       <c r="C445" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D445" s="2">
         <v>0.625</v>
       </c>
       <c r="E445" s="2">
-        <v>0.70486111111111</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F445" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G445" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H445" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I445" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="1">
         <v>46006.0</v>
       </c>
       <c r="B446" t="s">
         <v>40</v>
       </c>
       <c r="C446" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="D446" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E446" s="2">
-        <v>0.85416666666667</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="F446" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G446" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H446" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="I446" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B447" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C447" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D447" s="2">
-        <v>0.625</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E447" s="2">
-        <v>0.85416666666667</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F447" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G447" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H447" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I447" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B448" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C448" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="D448" s="2">
-        <v>0.70833333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E448" s="2">
-        <v>0.78819444444444</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="F448" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G448" t="s">
         <v>31</v>
       </c>
       <c r="H448" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I448" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="1">
         <v>46007.0</v>
       </c>
       <c r="B449" t="s">
         <v>57</v>
       </c>
       <c r="C449" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D449" s="2">
-        <v>0.32291666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E449" s="2">
-        <v>0.41319444444444</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F449" t="s">
         <v>59</v>
       </c>
       <c r="G449" t="s">
         <v>31</v>
       </c>
       <c r="H449" t="s">
         <v>62</v>
       </c>
       <c r="I449" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="1">
         <v>46007.0</v>
       </c>
       <c r="B450" t="s">
         <v>57</v>
       </c>
       <c r="C450" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D450" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E450" s="2">
-        <v>0.43055555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F450" t="s">
         <v>59</v>
       </c>
       <c r="G450" t="s">
         <v>31</v>
       </c>
       <c r="H450" t="s">
         <v>60</v>
       </c>
       <c r="I450" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="1">
         <v>46007.0</v>
       </c>
       <c r="B451" t="s">
         <v>57</v>
       </c>
       <c r="C451" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D451" s="2">
-        <v>0.42708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E451" s="2">
-        <v>0.51736111111111</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F451" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G451" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H451" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I451" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="1">
         <v>46007.0</v>
       </c>
       <c r="B452" t="s">
         <v>57</v>
       </c>
       <c r="C452" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D452" s="2">
         <v>0.4375</v>
       </c>
       <c r="E452" s="2">
-        <v>0.54166666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F452" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G452" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H452" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>69</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="1">
         <v>46007.0</v>
       </c>
       <c r="B453" t="s">
         <v>57</v>
       </c>
       <c r="C453" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D453" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E453" s="2">
-        <v>0.64583333333333</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F453" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G453" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H453" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="I453" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="1">
         <v>46007.0</v>
       </c>
       <c r="B454" t="s">
         <v>57</v>
       </c>
       <c r="C454" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="D454" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E454" s="2">
-        <v>0.64583333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F454" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G454" t="s">
         <v>18</v>
       </c>
       <c r="H454" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="I454" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="1">
         <v>46007.0</v>
       </c>
       <c r="B455" t="s">
         <v>57</v>
       </c>
       <c r="C455" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="D455" s="2">
-        <v>0.55208333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E455" s="2">
-        <v>0.63194444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F455" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="G455" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H455" t="s">
-        <v>60</v>
+        <v>91</v>
       </c>
       <c r="I455" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="1">
         <v>46007.0</v>
       </c>
       <c r="B456" t="s">
         <v>57</v>
       </c>
       <c r="C456" t="s">
         <v>26</v>
       </c>
       <c r="D456" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E456" s="2">
         <v>0.75</v>
       </c>
       <c r="F456" t="s">
         <v>73</v>
       </c>
       <c r="G456" t="s">
         <v>18</v>
       </c>
+      <c r="H456" t="s">
+        <v>74</v>
+      </c>
       <c r="I456" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="1">
         <v>46007.0</v>
       </c>
       <c r="B457" t="s">
         <v>57</v>
       </c>
       <c r="C457" t="s">
         <v>34</v>
       </c>
       <c r="D457" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E457" s="2">
         <v>0.75</v>
       </c>
       <c r="F457" t="s">
         <v>73</v>
       </c>
       <c r="G457" t="s">
         <v>18</v>
       </c>
+      <c r="H457" t="s">
+        <v>74</v>
+      </c>
       <c r="I457" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="1">
         <v>46007.0</v>
       </c>
       <c r="B458" t="s">
         <v>57</v>
       </c>
       <c r="C458" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D458" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E458" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F458" t="s">
         <v>73</v>
       </c>
       <c r="G458" t="s">
         <v>18</v>
       </c>
+      <c r="H458" t="s">
+        <v>74</v>
+      </c>
       <c r="I458" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="1">
         <v>46007.0</v>
       </c>
       <c r="B459" t="s">
         <v>57</v>
       </c>
       <c r="C459" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D459" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E459" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F459" t="s">
         <v>73</v>
       </c>
       <c r="G459" t="s">
         <v>18</v>
       </c>
+      <c r="H459" t="s">
+        <v>74</v>
+      </c>
       <c r="I459" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="1">
         <v>46007.0</v>
       </c>
       <c r="B460" t="s">
         <v>57</v>
       </c>
       <c r="C460" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D460" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E460" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F460" t="s">
         <v>73</v>
       </c>
       <c r="G460" t="s">
         <v>18</v>
       </c>
+      <c r="H460" t="s">
+        <v>91</v>
+      </c>
       <c r="I460" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="1">
         <v>46007.0</v>
       </c>
       <c r="B461" t="s">
         <v>57</v>
       </c>
       <c r="C461" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D461" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E461" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F461" t="s">
         <v>73</v>
       </c>
       <c r="G461" t="s">
         <v>18</v>
       </c>
+      <c r="H461" t="s">
+        <v>91</v>
+      </c>
       <c r="I461" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="1">
         <v>46007.0</v>
       </c>
       <c r="B462" t="s">
         <v>57</v>
       </c>
       <c r="C462" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="D462" s="2">
-        <v>0.76041666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E462" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F462" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G462" t="s">
         <v>18</v>
       </c>
+      <c r="H462" t="s">
+        <v>112</v>
+      </c>
       <c r="I462" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B463" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D463" s="2">
-        <v>0.76041666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E463" s="2">
-        <v>0.83333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F463" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="G463" t="s">
-        <v>18</v>
+        <v>11</v>
+      </c>
+      <c r="H463" t="s">
+        <v>97</v>
       </c>
       <c r="I463" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B464" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="D464" s="2">
-        <v>0.77083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E464" s="2">
-        <v>0.84375</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="F464" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="G464" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H464" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="I464" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="1">
         <v>46008.0</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
+      <c r="C465" t="s">
+        <v>117</v>
+      </c>
       <c r="D465" s="2">
-        <v>0.33333333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E465" s="2">
-        <v>0.4375</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F465" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="G465" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H465" t="s">
-        <v>96</v>
+        <v>118</v>
       </c>
       <c r="I465" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="1">
         <v>46008.0</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="D466" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E466" s="2">
-        <v>0.52777777777778</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F466" t="s">
+        <v>52</v>
+      </c>
+      <c r="G466" t="s">
+        <v>18</v>
+      </c>
+      <c r="H466" t="s">
         <v>95</v>
       </c>
-      <c r="G466" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I466" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="1">
         <v>46008.0</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>116</v>
+        <v>46</v>
       </c>
       <c r="D467" s="2">
-        <v>0.44791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E467" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F467" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="G467" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H467" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="I467" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="1">
         <v>46008.0</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="D468" s="2">
-        <v>0.44791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E468" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F468" t="s">
         <v>52</v>
       </c>
       <c r="G468" t="s">
         <v>18</v>
       </c>
       <c r="H468" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="I468" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="1">
         <v>46008.0</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="D469" s="2">
         <v>0.625</v>
       </c>
       <c r="E469" s="2">
         <v>0.71875</v>
       </c>
       <c r="F469" t="s">
-        <v>123</v>
+        <v>55</v>
       </c>
       <c r="G469" t="s">
         <v>31</v>
       </c>
       <c r="H469" t="s">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="I469" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="1">
         <v>46008.0</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
-      <c r="C470" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D470" s="2">
-        <v>0.625</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E470" s="2">
-        <v>0.71875</v>
+        <v>0.81944444444444</v>
       </c>
       <c r="F470" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="G470" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H470" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="I470" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="1">
         <v>46008.0</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D471" s="2">
-        <v>0.625</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E471" s="2">
-        <v>0.71875</v>
+        <v>0.875</v>
       </c>
       <c r="F471" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="G471" t="s">
         <v>31</v>
       </c>
       <c r="H471" t="s">
-        <v>56</v>
+        <v>127</v>
       </c>
       <c r="I471" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B472" t="s">
-        <v>9</v>
+        <v>25</v>
+      </c>
+      <c r="C472" t="s">
+        <v>16</v>
       </c>
       <c r="D472" s="2">
-        <v>0.72916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E472" s="2">
-        <v>0.82291666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F472" t="s">
-        <v>126</v>
+        <v>17</v>
       </c>
       <c r="G472" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H472" t="s">
-        <v>124</v>
+        <v>27</v>
       </c>
       <c r="I472" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="1">
         <v>46009.0</v>
       </c>
       <c r="B473" t="s">
         <v>25</v>
       </c>
       <c r="C473" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D473" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E473" s="2">
-        <v>0.42708333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F473" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="G473" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H473" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="I473" t="s">
-        <v>28</v>
+        <v>131</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="1">
         <v>46009.0</v>
       </c>
       <c r="B474" t="s">
         <v>25</v>
       </c>
       <c r="C474" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D474" s="2">
-        <v>0.33333333333333</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E474" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F474" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G474" t="s">
         <v>31</v>
       </c>
       <c r="H474" t="s">
         <v>124</v>
       </c>
       <c r="I474" t="s">
-        <v>127</v>
+        <v>82</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="1">
         <v>46009.0</v>
       </c>
       <c r="B475" t="s">
         <v>25</v>
       </c>
       <c r="C475" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D475" s="2">
-        <v>0.35416666666667</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E475" s="2">
-        <v>0.51041666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F475" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G475" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H475" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="I475" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="1">
         <v>46009.0</v>
       </c>
       <c r="B476" t="s">
         <v>25</v>
       </c>
       <c r="C476" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D476" s="2">
-        <v>0.43055555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E476" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F476" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="G476" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H476" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I476" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="1">
         <v>46009.0</v>
       </c>
       <c r="B477" t="s">
         <v>25</v>
       </c>
       <c r="C477" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D477" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="E477" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F477" t="s">
         <v>17</v>
       </c>
       <c r="G477" t="s">
         <v>18</v>
       </c>
       <c r="H477" t="s">
         <v>27</v>
       </c>
       <c r="I477" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="1">
         <v>46009.0</v>
       </c>
       <c r="B478" t="s">
         <v>25</v>
       </c>
       <c r="C478" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D478" s="2">
-        <v>0.52777777777778</v>
+        <v>0.625</v>
       </c>
       <c r="E478" s="2">
-        <v>0.68402777777778</v>
+        <v>0.71875</v>
       </c>
       <c r="F478" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G478" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H478" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="I478" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="1">
         <v>46009.0</v>
       </c>
       <c r="B479" t="s">
         <v>25</v>
       </c>
       <c r="C479" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D479" s="2">
-        <v>0.625</v>
+        <v>0.6875</v>
       </c>
       <c r="E479" s="2">
-        <v>0.71875</v>
+        <v>0.84375</v>
       </c>
       <c r="F479" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="G479" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H479" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
       <c r="I479" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="1">
         <v>46009.0</v>
       </c>
       <c r="B480" t="s">
         <v>25</v>
       </c>
       <c r="C480" t="s">
         <v>36</v>
       </c>
       <c r="D480" s="2">
-        <v>0.6875</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E480" s="2">
-        <v>0.875</v>
+        <v>0.87847222222222</v>
       </c>
       <c r="F480" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G480" t="s">
         <v>31</v>
       </c>
       <c r="H480" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="I480" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B481" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="D481" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E481" s="2">
-        <v>0.85416666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F481" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G481" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H481" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I481" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="1">
         <v>46010.0</v>
       </c>
       <c r="B482" t="s">
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="C482" t="s">
+        <v>36</v>
       </c>
       <c r="D482" s="2">
-        <v>0.33333333333333</v>
+        <v>0.49305555555556</v>
       </c>
       <c r="E482" s="2">
-        <v>0.48958333333333</v>
+        <v>0.55555555555556</v>
       </c>
       <c r="F482" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="G482" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H482" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I482" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="1">
         <v>46010.0</v>
       </c>
       <c r="B483" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C483" t="s">
         <v>46</v>
       </c>
       <c r="D483" s="2">
-        <v>0.49305555555556</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E483" s="2">
-        <v>0.57291666666667</v>
+        <v>0.63888888888889</v>
       </c>
       <c r="F483" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G483" t="s">
         <v>31</v>
       </c>
       <c r="H483" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="I483" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="1">
         <v>46010.0</v>
       </c>
       <c r="B484" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C484" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="D484" s="2">
-        <v>0.57638888888889</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E484" s="2">
-        <v>0.63888888888889</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F484" t="s">
-        <v>122</v>
+        <v>52</v>
       </c>
       <c r="G484" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H484" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>112</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="1">
         <v>46010.0</v>
       </c>
       <c r="B485" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C485" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="D485" s="2">
-        <v>0.625</v>
+        <v>0.64236111111111</v>
       </c>
       <c r="E485" s="2">
-        <v>0.86458333333333</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F485" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="G485" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H485" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="I485" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="1">
         <v>46010.0</v>
       </c>
       <c r="B486" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C486" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D486" s="2">
-        <v>0.625</v>
+        <v>0.65625</v>
       </c>
       <c r="E486" s="2">
-        <v>0.86458333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F486" t="s">
         <v>52</v>
       </c>
       <c r="G486" t="s">
         <v>18</v>
       </c>
       <c r="H486" t="s">
         <v>56</v>
       </c>
       <c r="I486" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B487" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D487" s="2">
-        <v>0.64236111111111</v>
+        <v>0.31597222222222</v>
       </c>
       <c r="E487" s="2">
-        <v>0.70486111111111</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="F487" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G487" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H487" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="I487" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="1">
         <v>46029.0</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D488" s="2">
-        <v>0.31597222222222</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E488" s="2">
-        <v>0.42013888888889</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F488" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G488" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H488" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="I488" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="1">
         <v>46029.0</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D489" s="2">
-        <v>0.32291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E489" s="2">
-        <v>0.41319444444444</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="F489" t="s">
         <v>59</v>
       </c>
       <c r="G489" t="s">
         <v>31</v>
       </c>
       <c r="H489" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I489" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="1">
         <v>46029.0</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D490" s="2">
-        <v>0.33333333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E490" s="2">
-        <v>0.43055555555556</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F490" t="s">
         <v>59</v>
       </c>
       <c r="G490" t="s">
         <v>31</v>
       </c>
       <c r="H490" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I490" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="1">
         <v>46029.0</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D491" s="2">
-        <v>0.42708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E491" s="2">
-        <v>0.51736111111111</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F491" t="s">
         <v>59</v>
       </c>
       <c r="G491" t="s">
         <v>31</v>
       </c>
       <c r="H491" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I491" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="1">
         <v>46029.0</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D492" s="2">
         <v>0.4375</v>
       </c>
       <c r="E492" s="2">
-        <v>0.53472222222222</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F492" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G492" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H492" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="I492" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="1">
         <v>46029.0</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D493" s="2">
         <v>0.4375</v>
       </c>
       <c r="E493" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F493" t="s">
         <v>66</v>
       </c>
       <c r="G493" t="s">
         <v>18</v>
       </c>
       <c r="H493" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I493" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="1">
         <v>46029.0</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="D494" s="2">
-        <v>0.4375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E494" s="2">
-        <v>0.64583333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F494" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G494" t="s">
         <v>18</v>
       </c>
       <c r="H494" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="I494" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="1">
         <v>46029.0</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="D495" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E495" s="2">
-        <v>0.55208333333333</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F495" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="G495" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H495" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="I495" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="1">
         <v>46029.0</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="D496" s="2">
-        <v>0.54166666666667</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E496" s="2">
-        <v>0.63194444444444</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F496" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G496" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H496" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="I496" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="1">
         <v>46029.0</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D497" s="2">
-        <v>0.5625</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E497" s="2">
-        <v>0.66666666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F497" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G497" t="s">
         <v>18</v>
       </c>
       <c r="H497" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="I497" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="1">
         <v>46029.0</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D498" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E498" s="2">
         <v>0.75</v>
       </c>
       <c r="F498" t="s">
         <v>73</v>
       </c>
       <c r="G498" t="s">
         <v>18</v>
       </c>
+      <c r="H498" t="s">
+        <v>74</v>
+      </c>
       <c r="I498" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="1">
         <v>46029.0</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D499" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E499" s="2">
         <v>0.75</v>
       </c>
       <c r="F499" t="s">
         <v>73</v>
       </c>
       <c r="G499" t="s">
         <v>18</v>
       </c>
+      <c r="H499" t="s">
+        <v>91</v>
+      </c>
       <c r="I499" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="1">
         <v>46029.0</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D500" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E500" s="2">
         <v>0.75</v>
       </c>
       <c r="F500" t="s">
         <v>73</v>
       </c>
       <c r="G500" t="s">
         <v>18</v>
       </c>
+      <c r="H500" t="s">
+        <v>91</v>
+      </c>
       <c r="I500" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="1">
         <v>46029.0</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D501" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E501" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F501" t="s">
         <v>73</v>
       </c>
       <c r="G501" t="s">
         <v>18</v>
       </c>
+      <c r="H501" t="s">
+        <v>74</v>
+      </c>
       <c r="I501" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="1">
         <v>46029.0</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D502" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E502" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F502" t="s">
         <v>73</v>
       </c>
       <c r="G502" t="s">
         <v>18</v>
       </c>
+      <c r="H502" t="s">
+        <v>74</v>
+      </c>
       <c r="I502" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="1">
         <v>46029.0</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D503" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E503" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F503" t="s">
         <v>73</v>
       </c>
       <c r="G503" t="s">
         <v>18</v>
       </c>
+      <c r="H503" t="s">
+        <v>91</v>
+      </c>
       <c r="I503" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="1">
         <v>46029.0</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D504" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E504" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F504" t="s">
         <v>73</v>
       </c>
       <c r="G504" t="s">
         <v>18</v>
       </c>
+      <c r="H504" t="s">
+        <v>91</v>
+      </c>
       <c r="I504" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B505" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="C505" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="D505" s="2">
-        <v>0.76041666666667</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E505" s="2">
-        <v>0.83333333333333</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F505" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G505" t="s">
         <v>18</v>
       </c>
+      <c r="H505" t="s">
+        <v>56</v>
+      </c>
       <c r="I505" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="1">
         <v>46030.0</v>
       </c>
       <c r="B506" t="s">
         <v>25</v>
       </c>
       <c r="C506" t="s">
         <v>29</v>
       </c>
       <c r="D506" s="2">
         <v>0.375</v>
       </c>
       <c r="E506" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="F506" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G506" t="s">
         <v>31</v>
       </c>
       <c r="H506" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I506" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="1">
         <v>46030.0</v>
       </c>
       <c r="B507" t="s">
         <v>25</v>
       </c>
       <c r="C507" t="s">
         <v>46</v>
       </c>
       <c r="D507" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E507" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="F507" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G507" t="s">
         <v>31</v>
       </c>
       <c r="H507" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I507" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="1">
         <v>46030.0</v>
       </c>
       <c r="B508" t="s">
         <v>25</v>
       </c>
       <c r="C508" t="s">
         <v>36</v>
       </c>
       <c r="D508" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E508" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="F508" t="s">
         <v>30</v>
       </c>
       <c r="G508" t="s">
@@ -15101,4148 +15344,4634 @@
       </c>
       <c r="H509" t="s">
         <v>32</v>
       </c>
       <c r="I509" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="1">
         <v>46030.0</v>
       </c>
       <c r="B510" t="s">
         <v>25</v>
       </c>
       <c r="C510" t="s">
         <v>36</v>
       </c>
       <c r="D510" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E510" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F510" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G510" t="s">
         <v>31</v>
       </c>
       <c r="H510" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I510" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="1">
         <v>46030.0</v>
       </c>
       <c r="B511" t="s">
         <v>25</v>
       </c>
       <c r="D511" s="2">
         <v>0.625</v>
       </c>
       <c r="E511" s="2">
         <v>0.78819444444444</v>
       </c>
       <c r="F511" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G511" t="s">
         <v>11</v>
       </c>
       <c r="H511" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I511" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B512" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D512" s="2">
-        <v>0.32638888888889</v>
+        <v>0.8125</v>
       </c>
       <c r="E512" s="2">
-        <v>0.43055555555556</v>
+        <v>0.875</v>
       </c>
       <c r="F512" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="G512" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H512" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>121</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="1">
         <v>46031.0</v>
       </c>
       <c r="B513" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C513" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D513" s="2">
-        <v>0.33333333333333</v>
+        <v>0.32638888888889</v>
       </c>
       <c r="E513" s="2">
-        <v>0.61805555555556</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="F513" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G513" t="s">
         <v>18</v>
       </c>
       <c r="H513" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="I513" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="1">
         <v>46031.0</v>
       </c>
       <c r="B514" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C514" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="D514" s="2">
-        <v>0.43402777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E514" s="2">
-        <v>0.53819444444444</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F514" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G514" t="s">
         <v>18</v>
       </c>
       <c r="H514" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I514" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="1">
         <v>46031.0</v>
       </c>
       <c r="B515" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C515" t="s">
-        <v>20</v>
+        <v>94</v>
       </c>
       <c r="D515" s="2">
-        <v>0.54166666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E515" s="2">
-        <v>0.64583333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F515" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G515" t="s">
         <v>18</v>
       </c>
       <c r="H515" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="I515" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="1">
         <v>46031.0</v>
       </c>
       <c r="B516" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C516" t="s">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="D516" s="2">
-        <v>0.625</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="E516" s="2">
-        <v>0.86458333333333</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F516" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G516" t="s">
         <v>18</v>
       </c>
       <c r="H516" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="I516" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="1">
         <v>46031.0</v>
       </c>
       <c r="B517" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C517" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="D517" s="2">
-        <v>0.625</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E517" s="2">
-        <v>0.86458333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F517" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G517" t="s">
         <v>18</v>
       </c>
       <c r="H517" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="I517" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="1">
         <v>46031.0</v>
       </c>
       <c r="B518" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C518" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="D518" s="2">
-        <v>0.64930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E518" s="2">
-        <v>0.75347222222222</v>
+        <v>0.875</v>
       </c>
       <c r="F518" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G518" t="s">
         <v>18</v>
       </c>
       <c r="H518" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="I518" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="1">
         <v>46031.0</v>
       </c>
       <c r="B519" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C519" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="D519" s="2">
-        <v>0.75694444444444</v>
+        <v>0.625</v>
       </c>
       <c r="E519" s="2">
-        <v>0.86111111111111</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F519" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G519" t="s">
         <v>18</v>
       </c>
       <c r="H519" t="s">
-        <v>19</v>
+        <v>112</v>
       </c>
       <c r="I519" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="1">
-        <v>46034.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B520" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C520" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="D520" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="E520" s="2">
-        <v>0.62152777777778</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F520" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G520" t="s">
         <v>18</v>
       </c>
       <c r="H520" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="I520" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="1">
-        <v>46034.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B521" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C521" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="D521" s="2">
-        <v>0.34375</v>
+        <v>0.65625</v>
       </c>
       <c r="E521" s="2">
-        <v>0.38541666666667</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F521" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="G521" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H521" t="s">
-        <v>112</v>
+        <v>69</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="1">
-        <v>46034.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B522" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C522" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="D522" s="2">
-        <v>0.375</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="E522" s="2">
-        <v>0.62152777777778</v>
+        <v>0.86111111111111</v>
       </c>
       <c r="F522" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G522" t="s">
         <v>18</v>
       </c>
       <c r="H522" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="I522" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="1">
         <v>46034.0</v>
       </c>
       <c r="B523" t="s">
         <v>40</v>
       </c>
       <c r="C523" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="D523" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E523" s="2">
-        <v>0.70486111111111</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F523" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G523" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H523" t="s">
-        <v>56</v>
+        <v>118</v>
       </c>
       <c r="I523" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="1">
         <v>46034.0</v>
       </c>
       <c r="B524" t="s">
         <v>40</v>
       </c>
       <c r="C524" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D524" s="2">
-        <v>0.625</v>
+        <v>0.34375</v>
       </c>
       <c r="E524" s="2">
-        <v>0.84375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="F524" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G524" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H524" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="I524" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="1">
         <v>46034.0</v>
       </c>
       <c r="B525" t="s">
         <v>40</v>
       </c>
       <c r="C525" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D525" s="2">
-        <v>0.625</v>
+        <v>0.375</v>
       </c>
       <c r="E525" s="2">
-        <v>0.85416666666667</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F525" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G525" t="s">
         <v>18</v>
       </c>
       <c r="H525" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="I525" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="1">
         <v>46034.0</v>
       </c>
       <c r="B526" t="s">
         <v>40</v>
       </c>
       <c r="C526" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D526" s="2">
-        <v>0.70833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E526" s="2">
-        <v>0.78819444444444</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F526" t="s">
         <v>55</v>
       </c>
       <c r="G526" t="s">
         <v>31</v>
       </c>
       <c r="H526" t="s">
         <v>56</v>
       </c>
       <c r="I526" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="1">
         <v>46034.0</v>
       </c>
       <c r="B527" t="s">
         <v>40</v>
       </c>
       <c r="C527" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="D527" s="2">
-        <v>0.79166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E527" s="2">
-        <v>0.86458333333333</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F527" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="G527" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H527" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="I527" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B528" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C528" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D528" s="2">
-        <v>0.32291666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E528" s="2">
-        <v>0.41319444444444</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F528" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G528" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H528" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="I528" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B529" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C529" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D529" s="2">
-        <v>0.33333333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E529" s="2">
-        <v>0.43055555555556</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="F529" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G529" t="s">
         <v>31</v>
       </c>
       <c r="H529" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I529" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B530" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C530" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="D530" s="2">
-        <v>0.42708333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E530" s="2">
-        <v>0.51736111111111</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F530" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="G530" t="s">
         <v>31</v>
       </c>
       <c r="H530" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I530" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="1">
         <v>46035.0</v>
       </c>
       <c r="B531" t="s">
         <v>57</v>
       </c>
       <c r="C531" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D531" s="2">
-        <v>0.43055555555556</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E531" s="2">
-        <v>0.63888888888889</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F531" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G531" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H531" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="I531" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="1">
         <v>46035.0</v>
       </c>
       <c r="B532" t="s">
         <v>57</v>
       </c>
       <c r="C532" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D532" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E532" s="2">
         <v>0.43055555555556</v>
       </c>
-      <c r="E532" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F532" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G532" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H532" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="I532" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="1">
         <v>46035.0</v>
       </c>
       <c r="B533" t="s">
         <v>57</v>
       </c>
       <c r="C533" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="D533" s="2">
-        <v>0.4375</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E533" s="2">
-        <v>0.53472222222222</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F533" t="s">
         <v>59</v>
       </c>
       <c r="G533" t="s">
         <v>31</v>
       </c>
       <c r="H533" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I533" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="1">
         <v>46035.0</v>
       </c>
       <c r="B534" t="s">
         <v>57</v>
       </c>
       <c r="C534" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D534" s="2">
-        <v>0.54166666666667</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E534" s="2">
-        <v>0.63194444444444</v>
+        <v>0.63888888888889</v>
       </c>
       <c r="F534" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G534" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H534" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="I534" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="1">
         <v>46035.0</v>
       </c>
       <c r="B535" t="s">
         <v>57</v>
       </c>
       <c r="C535" t="s">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="D535" s="2">
-        <v>0.64583333333333</v>
+        <v>0.43055555555556</v>
       </c>
       <c r="E535" s="2">
-        <v>0.73958333333333</v>
+        <v>0.63888888888889</v>
       </c>
       <c r="F535" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="G535" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H535" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="I535" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="1">
         <v>46035.0</v>
       </c>
       <c r="B536" t="s">
         <v>57</v>
       </c>
       <c r="C536" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="D536" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E536" s="2">
-        <v>0.75</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F536" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G536" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H536" t="s">
+        <v>60</v>
       </c>
       <c r="I536" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="1">
         <v>46035.0</v>
       </c>
       <c r="B537" t="s">
         <v>57</v>
       </c>
       <c r="C537" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="D537" s="2">
-        <v>0.67708333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E537" s="2">
-        <v>0.75</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F537" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G537" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H537" t="s">
+        <v>60</v>
       </c>
       <c r="I537" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="1">
         <v>46035.0</v>
       </c>
       <c r="B538" t="s">
         <v>57</v>
       </c>
       <c r="C538" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="D538" s="2">
-        <v>0.67708333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E538" s="2">
-        <v>0.75</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F538" t="s">
-        <v>73</v>
+        <v>115</v>
       </c>
       <c r="G538" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H538" t="s">
+        <v>56</v>
       </c>
       <c r="I538" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="1">
         <v>46035.0</v>
       </c>
       <c r="B539" t="s">
         <v>57</v>
       </c>
       <c r="C539" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D539" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66736111111111</v>
       </c>
       <c r="E539" s="2">
-        <v>0.75</v>
+        <v>0.75069444444444</v>
       </c>
       <c r="F539" t="s">
         <v>73</v>
       </c>
       <c r="G539" t="s">
         <v>18</v>
+      </c>
+      <c r="H539" t="s">
+        <v>91</v>
       </c>
       <c r="I539" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="1">
         <v>46035.0</v>
       </c>
       <c r="B540" t="s">
         <v>57</v>
       </c>
       <c r="C540" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="D540" s="2">
-        <v>0.76041666666667</v>
+        <v>0.66736111111111</v>
       </c>
       <c r="E540" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75069444444444</v>
       </c>
       <c r="F540" t="s">
         <v>73</v>
       </c>
       <c r="G540" t="s">
         <v>18</v>
       </c>
+      <c r="H540" t="s">
+        <v>91</v>
+      </c>
       <c r="I540" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="1">
         <v>46035.0</v>
       </c>
       <c r="B541" t="s">
         <v>57</v>
       </c>
       <c r="C541" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D541" s="2">
-        <v>0.76041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E541" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F541" t="s">
         <v>73</v>
       </c>
       <c r="G541" t="s">
         <v>18</v>
       </c>
+      <c r="H541" t="s">
+        <v>74</v>
+      </c>
       <c r="I541" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="1">
         <v>46035.0</v>
       </c>
       <c r="B542" t="s">
         <v>57</v>
       </c>
       <c r="C542" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D542" s="2">
-        <v>0.76041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E542" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F542" t="s">
         <v>73</v>
       </c>
       <c r="G542" t="s">
         <v>18</v>
       </c>
+      <c r="H542" t="s">
+        <v>74</v>
+      </c>
       <c r="I542" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="1">
         <v>46035.0</v>
       </c>
       <c r="B543" t="s">
         <v>57</v>
       </c>
       <c r="C543" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D543" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E543" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F543" t="s">
         <v>73</v>
       </c>
       <c r="G543" t="s">
         <v>18</v>
       </c>
+      <c r="H543" t="s">
+        <v>74</v>
+      </c>
       <c r="I543" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="1">
         <v>46035.0</v>
       </c>
       <c r="B544" t="s">
         <v>57</v>
       </c>
       <c r="C544" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="D544" s="2">
-        <v>0.77083333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E544" s="2">
-        <v>0.85416666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F544" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="G544" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H544" t="s">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="I544" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B545" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C545" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="D545" s="2">
-        <v>0.3125</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E545" s="2">
-        <v>0.53819444444444</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F545" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G545" t="s">
         <v>18</v>
       </c>
       <c r="H545" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="I545" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B546" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C546" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D546" s="2">
-        <v>0.375</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E546" s="2">
-        <v>0.45486111111111</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F546" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="G546" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H546" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="I546" t="s">
-        <v>33</v>
+        <v>93</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B547" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C547" t="s">
-        <v>46</v>
+        <v>103</v>
       </c>
       <c r="D547" s="2">
-        <v>0.45833333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E547" s="2">
-        <v>0.53819444444444</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F547" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="G547" t="s">
         <v>31</v>
       </c>
       <c r="H547" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="I547" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="1">
         <v>46036.0</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="D548" s="2">
-        <v>0.46875</v>
+        <v>0.3125</v>
       </c>
       <c r="E548" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F548" t="s">
         <v>52</v>
       </c>
       <c r="G548" t="s">
         <v>18</v>
       </c>
       <c r="H548" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="I548" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="1">
         <v>46036.0</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D549" s="2">
-        <v>0.54166666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E549" s="2">
-        <v>0.62152777777778</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F549" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G549" t="s">
         <v>31</v>
       </c>
       <c r="H549" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I549" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="1">
         <v>46036.0</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
         <v>46</v>
       </c>
       <c r="D550" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E550" s="2">
-        <v>0.71875</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F550" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="G550" t="s">
         <v>31</v>
       </c>
       <c r="H550" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I550" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="1">
         <v>46036.0</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
+      <c r="C551" t="s">
+        <v>117</v>
+      </c>
       <c r="D551" s="2">
-        <v>0.72916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E551" s="2">
-        <v>0.82291666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F551" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="G551" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H551" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="I551" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B552" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D552" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E552" s="2">
-        <v>0.4375</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F552" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G552" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H552" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="I552" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B553" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D553" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E553" s="2">
-        <v>0.45138888888889</v>
+        <v>0.71875</v>
       </c>
       <c r="F553" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G553" t="s">
         <v>31</v>
       </c>
       <c r="H553" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="I553" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B554" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D554" s="2">
-        <v>0.44097222222222</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E554" s="2">
-        <v>0.54513888888889</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F554" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="G554" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H554" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="I554" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B555" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="D555" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E555" s="2">
-        <v>0.61458333333333</v>
+        <v>0.89583333333333</v>
       </c>
       <c r="F555" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="G555" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H555" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>121</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="1">
         <v>46037.0</v>
       </c>
       <c r="B556" t="s">
         <v>25</v>
       </c>
       <c r="C556" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D556" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E556" s="2">
-        <v>0.60069444444444</v>
+        <v>0.4375</v>
       </c>
       <c r="F556" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="G556" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H556" t="s">
-        <v>124</v>
+        <v>19</v>
       </c>
       <c r="I556" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="1">
         <v>46037.0</v>
       </c>
       <c r="B557" t="s">
         <v>25</v>
       </c>
       <c r="C557" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="D557" s="2">
-        <v>0.54861111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E557" s="2">
-        <v>0.65277777777778</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F557" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="G557" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H557" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="I557" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="1">
         <v>46037.0</v>
       </c>
       <c r="B558" t="s">
         <v>25</v>
       </c>
       <c r="C558" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="D558" s="2">
-        <v>0.625</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E558" s="2">
-        <v>0.79166666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F558" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G558" t="s">
         <v>18</v>
       </c>
       <c r="H558" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="I558" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="1">
         <v>46037.0</v>
       </c>
       <c r="B559" t="s">
         <v>25</v>
       </c>
       <c r="C559" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D559" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E559" s="2">
-        <v>0.79166666666667</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F559" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="G559" t="s">
         <v>31</v>
       </c>
       <c r="H559" t="s">
-        <v>56</v>
+        <v>127</v>
       </c>
       <c r="I559" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="1">
         <v>46037.0</v>
       </c>
       <c r="B560" t="s">
         <v>25</v>
       </c>
       <c r="C560" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="D560" s="2">
-        <v>0.65625</v>
+        <v>0.46875</v>
       </c>
       <c r="E560" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F560" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G560" t="s">
         <v>18</v>
       </c>
       <c r="H560" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="I560" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="1">
         <v>46037.0</v>
       </c>
       <c r="B561" t="s">
         <v>25</v>
       </c>
+      <c r="C561" t="s">
+        <v>16</v>
+      </c>
       <c r="D561" s="2">
-        <v>0.80555555555556</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E561" s="2">
-        <v>0.86805555555556</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F561" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G561" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H561" t="s">
         <v>19</v>
       </c>
       <c r="I561" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B562" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C562" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="D562" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E562" s="2">
-        <v>0.4375</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F562" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G562" t="s">
         <v>18</v>
       </c>
       <c r="H562" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I562" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B563" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C563" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D563" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E563" s="2">
-        <v>0.48958333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F563" t="s">
         <v>52</v>
       </c>
       <c r="G563" t="s">
         <v>18</v>
       </c>
       <c r="H563" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="I563" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B564" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C564" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="D564" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E564" s="2">
-        <v>0.58333333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F564" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G564" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H564" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="I564" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B565" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C565" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D565" s="2">
-        <v>0.44097222222222</v>
+        <v>0.65625</v>
       </c>
       <c r="E565" s="2">
-        <v>0.54513888888889</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F565" t="s">
         <v>17</v>
       </c>
       <c r="G565" t="s">
         <v>18</v>
       </c>
       <c r="H565" t="s">
         <v>19</v>
       </c>
       <c r="I565" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B566" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D566" s="2">
-        <v>0.54861111111111</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="E566" s="2">
-        <v>0.65277777777778</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F566" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G566" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H566" t="s">
         <v>19</v>
       </c>
       <c r="I566" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="1">
         <v>46038.0</v>
       </c>
       <c r="B567" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C567" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="D567" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E567" s="2">
-        <v>0.86458333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F567" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G567" t="s">
         <v>18</v>
       </c>
       <c r="H567" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="I567" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="1">
         <v>46038.0</v>
       </c>
       <c r="B568" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C568" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D568" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E568" s="2">
-        <v>0.86458333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F568" t="s">
         <v>52</v>
       </c>
       <c r="G568" t="s">
         <v>18</v>
       </c>
       <c r="H568" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="I568" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="1">
         <v>46038.0</v>
       </c>
       <c r="B569" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C569" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="D569" s="2">
-        <v>0.65625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E569" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F569" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G569" t="s">
         <v>18</v>
       </c>
       <c r="H569" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="I569" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B570" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C570" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="D570" s="2">
-        <v>0.33333333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E570" s="2">
-        <v>0.62152777777778</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F570" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G570" t="s">
         <v>18</v>
       </c>
       <c r="H570" t="s">
-        <v>117</v>
+        <v>19</v>
       </c>
       <c r="I570" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B571" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C571" t="s">
-        <v>99</v>
+        <v>37</v>
       </c>
       <c r="D571" s="2">
-        <v>0.375</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E571" s="2">
-        <v>0.62152777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F571" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G571" t="s">
         <v>18</v>
       </c>
       <c r="H571" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="I571" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B572" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C572" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="D572" s="2">
-        <v>0.625</v>
+        <v>0.65625</v>
       </c>
       <c r="E572" s="2">
-        <v>0.85416666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F572" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G572" t="s">
         <v>18</v>
       </c>
       <c r="H572" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="I572" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B573" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C573" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
       <c r="D573" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E573" s="2">
-        <v>0.85416666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F573" t="s">
         <v>52</v>
       </c>
       <c r="G573" t="s">
         <v>18</v>
       </c>
       <c r="H573" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
       <c r="I573" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="1">
-        <v>46042.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B574" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C574" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="D574" s="2">
-        <v>0.32291666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E574" s="2">
-        <v>0.41319444444444</v>
+        <v>0.875</v>
       </c>
       <c r="F574" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G574" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H574" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I574" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B575" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C575" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="D575" s="2">
-        <v>0.42708333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E575" s="2">
-        <v>0.51736111111111</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F575" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G575" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H575" t="s">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="I575" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B576" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C576" t="s">
-        <v>68</v>
+        <v>100</v>
       </c>
       <c r="D576" s="2">
-        <v>0.4375</v>
+        <v>0.375</v>
       </c>
       <c r="E576" s="2">
-        <v>0.64583333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F576" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G576" t="s">
         <v>18</v>
       </c>
       <c r="H576" t="s">
-        <v>69</v>
+        <v>101</v>
       </c>
       <c r="I576" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B577" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C577" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="D577" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="E577" s="2">
-        <v>0.65625</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F577" t="s">
         <v>66</v>
       </c>
       <c r="G577" t="s">
         <v>18</v>
       </c>
       <c r="H577" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="I577" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B578" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C578" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="D578" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E578" s="2">
-        <v>0.61111111111111</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F578" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G578" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H578" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="I578" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="1">
         <v>46042.0</v>
       </c>
       <c r="B579" t="s">
         <v>57</v>
       </c>
       <c r="C579" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D579" s="2">
-        <v>0.67708333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E579" s="2">
-        <v>0.75</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F579" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G579" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H579" t="s">
+        <v>62</v>
       </c>
       <c r="I579" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="1">
         <v>46042.0</v>
       </c>
       <c r="B580" t="s">
         <v>57</v>
       </c>
       <c r="C580" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="D580" s="2">
-        <v>0.67708333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E580" s="2">
-        <v>0.75</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F580" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G580" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H580" t="s">
+        <v>62</v>
       </c>
       <c r="I580" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="1">
         <v>46042.0</v>
       </c>
       <c r="B581" t="s">
         <v>57</v>
       </c>
       <c r="C581" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="D581" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E581" s="2">
-        <v>0.75</v>
+        <v>0.65625</v>
       </c>
       <c r="F581" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="G581" t="s">
         <v>18</v>
       </c>
+      <c r="H581" t="s">
+        <v>67</v>
+      </c>
       <c r="I581" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="1">
         <v>46042.0</v>
       </c>
       <c r="B582" t="s">
         <v>57</v>
       </c>
       <c r="C582" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="D582" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E582" s="2">
-        <v>0.75</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F582" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="G582" t="s">
         <v>18</v>
       </c>
+      <c r="H582" t="s">
+        <v>69</v>
+      </c>
       <c r="I582" t="s">
-        <v>92</v>
+        <v>70</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="1">
         <v>46042.0</v>
       </c>
       <c r="B583" t="s">
         <v>57</v>
       </c>
       <c r="C583" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="D583" s="2">
-        <v>0.76041666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E583" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F583" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G583" t="s">
-        <v>18</v>
+        <v>31</v>
+      </c>
+      <c r="H583" t="s">
+        <v>60</v>
       </c>
       <c r="I583" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="1">
         <v>46042.0</v>
       </c>
       <c r="B584" t="s">
         <v>57</v>
       </c>
       <c r="C584" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D584" s="2">
-        <v>0.76041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E584" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F584" t="s">
         <v>73</v>
       </c>
       <c r="G584" t="s">
         <v>18</v>
       </c>
+      <c r="H584" t="s">
+        <v>74</v>
+      </c>
       <c r="I584" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="1">
         <v>46042.0</v>
       </c>
       <c r="B585" t="s">
         <v>57</v>
       </c>
       <c r="C585" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D585" s="2">
-        <v>0.76041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E585" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F585" t="s">
         <v>73</v>
       </c>
       <c r="G585" t="s">
         <v>18</v>
       </c>
+      <c r="H585" t="s">
+        <v>74</v>
+      </c>
       <c r="I585" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="1">
         <v>46042.0</v>
       </c>
       <c r="B586" t="s">
         <v>57</v>
       </c>
       <c r="C586" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D586" s="2">
-        <v>0.76041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E586" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F586" t="s">
         <v>73</v>
       </c>
       <c r="G586" t="s">
         <v>18</v>
       </c>
+      <c r="H586" t="s">
+        <v>91</v>
+      </c>
       <c r="I586" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B587" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C587" t="s">
+        <v>37</v>
+      </c>
+      <c r="D587" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E587" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F587" t="s">
+        <v>73</v>
+      </c>
+      <c r="G587" t="s">
+        <v>18</v>
+      </c>
+      <c r="H587" t="s">
+        <v>91</v>
+      </c>
+      <c r="I587" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B588" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C588" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D588" s="2">
-        <v>0.33333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E588" s="2">
-        <v>0.44791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F588" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G588" t="s">
         <v>18</v>
       </c>
       <c r="H588" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I588" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B589" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C589" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D589" s="2">
-        <v>0.375</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E589" s="2">
-        <v>0.45486111111111</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F589" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="G589" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H589" t="s">
-        <v>129</v>
+        <v>74</v>
       </c>
       <c r="I589" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B590" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C590" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D590" s="2">
-        <v>0.45833333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E590" s="2">
-        <v>0.53819444444444</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F590" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="G590" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H590" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="I590" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B591" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C591" t="s">
-        <v>116</v>
+        <v>20</v>
       </c>
       <c r="D591" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E591" s="2">
-        <v>0.71875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F591" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G591" t="s">
         <v>18</v>
       </c>
       <c r="H591" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="I591" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B592" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C592" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D592" s="2">
-        <v>0.54166666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E592" s="2">
-        <v>0.62152777777778</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F592" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="G592" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H592" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="I592" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="1">
         <v>46043.0</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="D593" s="2">
-        <v>0.625</v>
+        <v>0.3125</v>
       </c>
       <c r="E593" s="2">
-        <v>0.71875</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F593" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G593" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H593" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="I593" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="1">
         <v>46043.0</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="D594" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E594" s="2">
-        <v>0.71875</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F594" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="G594" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H594" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="I594" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="1">
         <v>46043.0</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
+      <c r="C595" t="s">
+        <v>29</v>
+      </c>
       <c r="D595" s="2">
-        <v>0.72916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E595" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F595" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G595" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H595" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I595" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B596" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D596" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E596" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F596" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G596" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H596" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="I596" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B597" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D597" s="2">
-        <v>0.33333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E597" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F597" t="s">
         <v>52</v>
       </c>
       <c r="G597" t="s">
         <v>18</v>
       </c>
       <c r="H597" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I597" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B598" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="D598" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E598" s="2">
-        <v>0.61458333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F598" t="s">
-        <v>52</v>
+        <v>132</v>
       </c>
       <c r="G598" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H598" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="I598" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B599" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D599" s="2">
-        <v>0.46180555555556</v>
+        <v>0.625</v>
       </c>
       <c r="E599" s="2">
-        <v>0.58680555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F599" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="G599" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H599" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="I599" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B600" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="D600" s="2">
-        <v>0.59027777777778</v>
+        <v>0.625</v>
       </c>
       <c r="E600" s="2">
-        <v>0.71527777777778</v>
+        <v>0.71875</v>
       </c>
       <c r="F600" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="G600" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H600" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="I600" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B601" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="D601" s="2">
-        <v>0.625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E601" s="2">
-        <v>0.83333333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F601" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="G601" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H601" t="s">
-        <v>56</v>
+        <v>127</v>
       </c>
       <c r="I601" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B602" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="D602" s="2">
-        <v>0.625</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E602" s="2">
-        <v>0.84375</v>
+        <v>0.89583333333333</v>
       </c>
       <c r="F602" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="G602" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H602" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>121</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="1">
         <v>46044.0</v>
       </c>
       <c r="B603" t="s">
         <v>25</v>
       </c>
       <c r="C603" t="s">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="D603" s="2">
-        <v>0.71875</v>
+        <v>0.3125</v>
       </c>
       <c r="E603" s="2">
-        <v>0.84375</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F603" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G603" t="s">
         <v>18</v>
       </c>
       <c r="H603" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I603" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B604" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C604" t="s">
         <v>26</v>
       </c>
       <c r="D604" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E604" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F604" t="s">
         <v>17</v>
       </c>
       <c r="G604" t="s">
         <v>18</v>
       </c>
       <c r="H604" t="s">
         <v>19</v>
       </c>
       <c r="I604" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B605" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C605" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="D605" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E605" s="2">
-        <v>0.57291666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F605" t="s">
         <v>52</v>
       </c>
       <c r="G605" t="s">
         <v>18</v>
       </c>
       <c r="H605" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="I605" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B606" t="s">
+        <v>25</v>
+      </c>
+      <c r="C606" t="s">
+        <v>23</v>
+      </c>
+      <c r="D606" s="2">
+        <v>0.46180555555556</v>
+      </c>
+      <c r="E606" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="F606" t="s">
+        <v>17</v>
+      </c>
+      <c r="G606" t="s">
+        <v>18</v>
+      </c>
+      <c r="H606" t="s">
+        <v>19</v>
+      </c>
+      <c r="I606" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B607" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C607" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D607" s="2">
-        <v>0.46180555555556</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E607" s="2">
-        <v>0.58680555555556</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F607" t="s">
         <v>17</v>
       </c>
       <c r="G607" t="s">
         <v>18</v>
       </c>
       <c r="H607" t="s">
         <v>19</v>
       </c>
       <c r="I607" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B608" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C608" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="D608" s="2">
-        <v>0.59027777777778</v>
+        <v>0.625</v>
       </c>
       <c r="E608" s="2">
-        <v>0.71527777777778</v>
+        <v>0.84375</v>
       </c>
       <c r="F608" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G608" t="s">
         <v>18</v>
       </c>
       <c r="H608" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="I608" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B609" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C609" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D609" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E609" s="2">
-        <v>0.86458333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F609" t="s">
         <v>52</v>
       </c>
       <c r="G609" t="s">
         <v>18</v>
       </c>
       <c r="H609" t="s">
-        <v>111</v>
+        <v>56</v>
       </c>
       <c r="I609" t="s">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B610" t="s">
+        <v>25</v>
+      </c>
+      <c r="C610" t="s">
+        <v>24</v>
+      </c>
+      <c r="D610" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="E610" s="2">
+        <v>0.84375</v>
+      </c>
+      <c r="F610" t="s">
+        <v>17</v>
+      </c>
+      <c r="G610" t="s">
+        <v>18</v>
+      </c>
+      <c r="H610" t="s">
+        <v>19</v>
+      </c>
+      <c r="I610" t="s">
         <v>98</v>
-      </c>
-[...19 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="1">
         <v>46045.0</v>
       </c>
       <c r="B611" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C611" t="s">
-        <v>37</v>
+        <v>106</v>
       </c>
       <c r="D611" s="2">
-        <v>0.71875</v>
+        <v>0.3125</v>
       </c>
       <c r="E611" s="2">
-        <v>0.84375</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F611" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G611" t="s">
         <v>18</v>
       </c>
       <c r="H611" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I611" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B612" t="s">
-        <v>40</v>
+        <v>99</v>
+      </c>
+      <c r="C612" t="s">
+        <v>20</v>
       </c>
       <c r="D612" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E612" s="2">
-        <v>0.5625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F612" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="G612" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H612" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I612" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B613" t="s">
-        <v>40</v>
+        <v>99</v>
+      </c>
+      <c r="C613" t="s">
+        <v>94</v>
       </c>
       <c r="D613" s="2">
-        <v>0.57291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E613" s="2">
-        <v>0.62152777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F613" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G613" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H613" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="I613" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B614" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C614" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="D614" s="2">
-        <v>0.625</v>
+        <v>0.46180555555556</v>
       </c>
       <c r="E614" s="2">
-        <v>0.84375</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F614" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G614" t="s">
         <v>18</v>
       </c>
       <c r="H614" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="I614" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B615" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C615" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
       <c r="D615" s="2">
-        <v>0.625</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E615" s="2">
-        <v>0.85416666666667</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F615" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G615" t="s">
         <v>18</v>
       </c>
       <c r="H615" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="I615" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B616" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C616" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D616" s="2">
-        <v>0.3125</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E616" s="2">
-        <v>0.48958333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F616" t="s">
         <v>52</v>
       </c>
       <c r="G616" t="s">
         <v>18</v>
       </c>
       <c r="H616" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
       <c r="I616" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B617" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C617" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="D617" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E617" s="2">
-        <v>0.375</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F617" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G617" t="s">
         <v>18</v>
       </c>
       <c r="H617" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="I617" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B618" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C618" t="s">
         <v>34</v>
       </c>
       <c r="D618" s="2">
-        <v>0.37847222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="E618" s="2">
-        <v>0.42013888888889</v>
+        <v>0.84375</v>
       </c>
       <c r="F618" t="s">
         <v>17</v>
       </c>
       <c r="G618" t="s">
         <v>18</v>
       </c>
       <c r="H618" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I618" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B619" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="D619" s="2">
-        <v>0.42361111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E619" s="2">
-        <v>0.46527777777778</v>
+        <v>0.5625</v>
       </c>
       <c r="F619" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="G619" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H619" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I619" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B620" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D620" s="2">
-        <v>0.46875</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E620" s="2">
-        <v>0.51041666666667</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F620" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G620" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H620" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I620" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B621" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C621" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="D621" s="2">
-        <v>0.51388888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E621" s="2">
-        <v>0.55555555555556</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F621" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G621" t="s">
         <v>18</v>
       </c>
       <c r="H621" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="I621" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B622" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C622" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="D622" s="2">
-        <v>0.55902777777778</v>
+        <v>0.625</v>
       </c>
       <c r="E622" s="2">
-        <v>0.60069444444444</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F622" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G622" t="s">
         <v>18</v>
       </c>
       <c r="H622" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="I622" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" s="1">
         <v>46049.0</v>
       </c>
       <c r="B623" t="s">
         <v>57</v>
       </c>
-      <c r="C623" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D623" s="2">
-        <v>0.60416666666667</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E623" s="2">
-        <v>0.64583333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="F623" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="G623" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H623" t="s">
         <v>27</v>
       </c>
       <c r="I623" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" s="1">
         <v>46049.0</v>
       </c>
       <c r="B624" t="s">
         <v>57</v>
       </c>
       <c r="C624" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D624" s="2">
-        <v>0.64930555555556</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="E624" s="2">
-        <v>0.69097222222222</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F624" t="s">
         <v>17</v>
       </c>
       <c r="G624" t="s">
         <v>18</v>
       </c>
       <c r="H624" t="s">
         <v>27</v>
       </c>
       <c r="I624" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="1">
         <v>46049.0</v>
       </c>
       <c r="B625" t="s">
         <v>57</v>
       </c>
       <c r="C625" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="D625" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E625" s="2">
-        <v>0.75</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F625" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G625" t="s">
         <v>18</v>
       </c>
+      <c r="H625" t="s">
+        <v>27</v>
+      </c>
       <c r="I625" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="1">
         <v>46049.0</v>
       </c>
       <c r="B626" t="s">
         <v>57</v>
       </c>
       <c r="C626" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D626" s="2">
-        <v>0.67708333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E626" s="2">
-        <v>0.75</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F626" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G626" t="s">
         <v>18</v>
       </c>
+      <c r="H626" t="s">
+        <v>27</v>
+      </c>
       <c r="I626" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="1">
         <v>46049.0</v>
       </c>
       <c r="B627" t="s">
         <v>57</v>
       </c>
       <c r="C627" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D627" s="2">
-        <v>0.67708333333333</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E627" s="2">
-        <v>0.75</v>
+        <v>0.56944444444444</v>
       </c>
       <c r="F627" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G627" t="s">
         <v>18</v>
       </c>
+      <c r="H627" t="s">
+        <v>27</v>
+      </c>
       <c r="I627" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="1">
         <v>46049.0</v>
       </c>
       <c r="B628" t="s">
         <v>57</v>
       </c>
       <c r="C628" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D628" s="2">
-        <v>0.67708333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E628" s="2">
-        <v>0.75</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F628" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G628" t="s">
         <v>18</v>
       </c>
+      <c r="H628" t="s">
+        <v>27</v>
+      </c>
       <c r="I628" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="1">
         <v>46049.0</v>
       </c>
       <c r="B629" t="s">
         <v>57</v>
       </c>
       <c r="C629" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D629" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E629" s="2">
-        <v>0.83333333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F629" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G629" t="s">
         <v>18</v>
       </c>
+      <c r="H629" t="s">
+        <v>27</v>
+      </c>
       <c r="I629" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="1">
         <v>46049.0</v>
       </c>
       <c r="B630" t="s">
         <v>57</v>
       </c>
       <c r="C630" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D630" s="2">
-        <v>0.76041666666667</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="E630" s="2">
-        <v>0.83333333333333</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F630" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="G630" t="s">
         <v>18</v>
       </c>
+      <c r="H630" t="s">
+        <v>27</v>
+      </c>
       <c r="I630" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="1">
         <v>46049.0</v>
       </c>
       <c r="B631" t="s">
         <v>57</v>
       </c>
       <c r="C631" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D631" s="2">
-        <v>0.76041666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E631" s="2">
-        <v>0.83333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F631" t="s">
         <v>73</v>
       </c>
       <c r="G631" t="s">
         <v>18</v>
       </c>
+      <c r="H631" t="s">
+        <v>91</v>
+      </c>
       <c r="I631" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="1">
         <v>46049.0</v>
       </c>
       <c r="B632" t="s">
         <v>57</v>
       </c>
       <c r="C632" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="D632" s="2">
-        <v>0.76041666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E632" s="2">
-        <v>0.83333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F632" t="s">
         <v>73</v>
       </c>
       <c r="G632" t="s">
         <v>18</v>
       </c>
+      <c r="H632" t="s">
+        <v>91</v>
+      </c>
       <c r="I632" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B633" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C633" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="D633" s="2">
-        <v>0.3125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E633" s="2">
-        <v>0.44791666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F633" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G633" t="s">
         <v>18</v>
       </c>
       <c r="H633" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I633" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B634" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C634" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="D634" s="2">
-        <v>0.33333333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E634" s="2">
-        <v>0.53819444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F634" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G634" t="s">
         <v>18</v>
       </c>
       <c r="H634" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="I634" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B635" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C635" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D635" s="2">
-        <v>0.45833333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E635" s="2">
-        <v>0.53819444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F635" t="s">
-        <v>128</v>
+        <v>17</v>
       </c>
       <c r="G635" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H635" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="I635" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B636" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C636" t="s">
+        <v>23</v>
       </c>
       <c r="D636" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E636" s="2">
-        <v>0.61458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F636" t="s">
-        <v>130</v>
+        <v>73</v>
       </c>
       <c r="G636" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H636" t="s">
-        <v>129</v>
+        <v>74</v>
       </c>
       <c r="I636" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B637" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C637" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D637" s="2">
-        <v>0.625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E637" s="2">
-        <v>0.6875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F637" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="G637" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H637" t="s">
-        <v>56</v>
+        <v>74</v>
+      </c>
+      <c r="I637" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B638" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C638" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D638" s="2">
-        <v>0.625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E638" s="2">
-        <v>0.71875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F638" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="G638" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H638" t="s">
-        <v>124</v>
+        <v>53</v>
       </c>
       <c r="I638" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B639" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C639" t="s">
+        <v>16</v>
       </c>
       <c r="D639" s="2">
-        <v>0.72916666666667</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="E639" s="2">
-        <v>0.82291666666667</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F639" t="s">
-        <v>126</v>
+        <v>73</v>
       </c>
       <c r="G639" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H639" t="s">
-        <v>124</v>
+        <v>91</v>
       </c>
       <c r="I639" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B640" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="C640" t="s">
+        <v>20</v>
       </c>
       <c r="D640" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="E640" s="2">
-        <v>0.44791666666667</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F640" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="G640" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H640" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="I640" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B641" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D641" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E641" s="2">
-        <v>0.61458333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F641" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G641" t="s">
         <v>18</v>
       </c>
       <c r="H641" t="s">
-        <v>100</v>
+        <v>67</v>
       </c>
       <c r="I641" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B642" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="D642" s="2">
-        <v>0.45833333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E642" s="2">
-        <v>0.61458333333333</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F642" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="G642" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H642" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="I642" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B643" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D643" s="2">
-        <v>0.54513888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E643" s="2">
-        <v>0.62152777777778</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F643" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G643" t="s">
         <v>31</v>
       </c>
       <c r="H643" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I643" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B644" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D644" s="2">
-        <v>0.625</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E644" s="2">
-        <v>0.70486111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F644" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G644" t="s">
         <v>11</v>
       </c>
       <c r="H644" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I644" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B645" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D645" s="2">
-        <v>0.70833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E645" s="2">
-        <v>0.78819444444444</v>
+        <v>0.6875</v>
       </c>
       <c r="F645" t="s">
-        <v>128</v>
+        <v>55</v>
       </c>
       <c r="G645" t="s">
         <v>31</v>
       </c>
       <c r="H645" t="s">
-        <v>129</v>
+        <v>56</v>
       </c>
       <c r="I645" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B646" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D646" s="2">
-        <v>0.70833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E646" s="2">
-        <v>0.79166666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F646" t="s">
-        <v>55</v>
+        <v>126</v>
       </c>
       <c r="G646" t="s">
         <v>31</v>
       </c>
       <c r="H646" t="s">
-        <v>56</v>
+        <v>127</v>
+      </c>
+      <c r="I646" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="1">
-        <v>46052.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B647" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>9</v>
       </c>
       <c r="D647" s="2">
-        <v>0.33333333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E647" s="2">
-        <v>0.58333333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F647" t="s">
-        <v>52</v>
+        <v>130</v>
       </c>
       <c r="G647" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H647" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="I647" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="1">
-        <v>46052.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B648" t="s">
-        <v>98</v>
+        <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="D648" s="2">
-        <v>0.40625</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E648" s="2">
-        <v>0.62152777777778</v>
+        <v>0.875</v>
       </c>
       <c r="F648" t="s">
-        <v>66</v>
+        <v>126</v>
       </c>
       <c r="G648" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H648" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="I648" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B649" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="D649" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E649" s="2">
-        <v>0.86458333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F649" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="G649" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H649" t="s">
-        <v>111</v>
+        <v>32</v>
+      </c>
+      <c r="I649" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B650" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
       <c r="C650" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D650" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E650" s="2">
-        <v>0.86458333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F650" t="s">
         <v>52</v>
       </c>
       <c r="G650" t="s">
         <v>18</v>
       </c>
       <c r="H650" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I650" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B651" t="s">
-        <v>40</v>
+        <v>25</v>
+      </c>
+      <c r="C651" t="s">
+        <v>36</v>
       </c>
       <c r="D651" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E651" s="2">
-        <v>0.44444444444444</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F651" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G651" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H651" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I651" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B652" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C652" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="D652" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="E652" s="2">
-        <v>0.61458333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F652" t="s">
-        <v>52</v>
+        <v>132</v>
       </c>
       <c r="G652" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H652" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="I652" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B653" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>25</v>
       </c>
       <c r="D653" s="2">
-        <v>0.45486111111111</v>
+        <v>0.625</v>
       </c>
       <c r="E653" s="2">
-        <v>0.62152777777778</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F653" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="G653" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H653" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="I653" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B654" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C654" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="D654" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E654" s="2">
-        <v>0.85416666666667</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="F654" t="s">
-        <v>66</v>
+        <v>132</v>
       </c>
       <c r="G654" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H654" t="s">
-        <v>90</v>
+        <v>133</v>
       </c>
       <c r="I654" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B655" t="s">
+        <v>25</v>
+      </c>
+      <c r="C655" t="s">
+        <v>29</v>
+      </c>
+      <c r="D655" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="E655" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F655" t="s">
+        <v>55</v>
+      </c>
+      <c r="G655" t="s">
+        <v>31</v>
+      </c>
+      <c r="H655" t="s">
+        <v>56</v>
+      </c>
+      <c r="I655" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="656" spans="1:10">
+      <c r="A656" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B656" t="s">
+        <v>25</v>
+      </c>
+      <c r="D656" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="E656" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F656" t="s">
+        <v>120</v>
+      </c>
+      <c r="G656" t="s">
+        <v>11</v>
+      </c>
+      <c r="H656" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="657" spans="1:10">
+      <c r="A657" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B657" t="s">
+        <v>99</v>
+      </c>
+      <c r="C657" t="s">
+        <v>94</v>
+      </c>
+      <c r="D657" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E657" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F657" t="s">
+        <v>52</v>
+      </c>
+      <c r="G657" t="s">
+        <v>18</v>
+      </c>
+      <c r="H657" t="s">
+        <v>95</v>
+      </c>
+      <c r="I657" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="658" spans="1:10">
+      <c r="A658" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B658" t="s">
+        <v>99</v>
+      </c>
+      <c r="C658" t="s">
+        <v>68</v>
+      </c>
+      <c r="D658" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E658" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F658" t="s">
+        <v>66</v>
+      </c>
+      <c r="G658" t="s">
+        <v>18</v>
+      </c>
+      <c r="H658" t="s">
+        <v>69</v>
+      </c>
+      <c r="I658" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="659" spans="1:10">
+      <c r="A659" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B659" t="s">
+        <v>99</v>
+      </c>
+      <c r="C659" t="s">
+        <v>102</v>
+      </c>
+      <c r="D659" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E659" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F659" t="s">
+        <v>52</v>
+      </c>
+      <c r="G659" t="s">
+        <v>18</v>
+      </c>
+      <c r="H659" t="s">
+        <v>56</v>
+      </c>
+      <c r="I659" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="660" spans="1:10">
+      <c r="A660" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B660" t="s">
+        <v>99</v>
+      </c>
+      <c r="C660" t="s">
+        <v>111</v>
+      </c>
+      <c r="D660" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E660" s="2">
+        <v>0.86458333333333</v>
+      </c>
+      <c r="F660" t="s">
+        <v>52</v>
+      </c>
+      <c r="G660" t="s">
+        <v>18</v>
+      </c>
+      <c r="H660" t="s">
+        <v>112</v>
+      </c>
+      <c r="I660" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="661" spans="1:10">
+      <c r="A661" s="1">
         <v>46055.0</v>
       </c>
-      <c r="B655" t="s">
+      <c r="B661" t="s">
         <v>40</v>
       </c>
-      <c r="C655" t="s">
+      <c r="D661" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E661" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="F661" t="s">
+        <v>10</v>
+      </c>
+      <c r="G661" t="s">
+        <v>11</v>
+      </c>
+      <c r="H661" t="s">
+        <v>12</v>
+      </c>
+      <c r="I661" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10">
+      <c r="A662" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B662" t="s">
+        <v>40</v>
+      </c>
+      <c r="C662" t="s">
+        <v>106</v>
+      </c>
+      <c r="D662" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E662" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F662" t="s">
+        <v>52</v>
+      </c>
+      <c r="G662" t="s">
+        <v>18</v>
+      </c>
+      <c r="H662" t="s">
+        <v>107</v>
+      </c>
+      <c r="I662" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10">
+      <c r="A663" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B663" t="s">
+        <v>40</v>
+      </c>
+      <c r="C663" t="s">
+        <v>117</v>
+      </c>
+      <c r="D663" s="2">
+        <v>0.45486111111111</v>
+      </c>
+      <c r="E663" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F663" t="s">
+        <v>52</v>
+      </c>
+      <c r="G663" t="s">
+        <v>18</v>
+      </c>
+      <c r="H663" t="s">
+        <v>118</v>
+      </c>
+      <c r="I663" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="664" spans="1:10">
+      <c r="A664" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B664" t="s">
+        <v>40</v>
+      </c>
+      <c r="C664" t="s">
+        <v>23</v>
+      </c>
+      <c r="D664" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E664" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="F664" t="s">
+        <v>17</v>
+      </c>
+      <c r="G664" t="s">
+        <v>18</v>
+      </c>
+      <c r="H664" t="s">
+        <v>27</v>
+      </c>
+      <c r="I664" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="665" spans="1:10">
+      <c r="A665" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B665" t="s">
+        <v>40</v>
+      </c>
+      <c r="C665" t="s">
+        <v>16</v>
+      </c>
+      <c r="D665" s="2">
+        <v>0.55555555555556</v>
+      </c>
+      <c r="E665" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F665" t="s">
+        <v>17</v>
+      </c>
+      <c r="G665" t="s">
+        <v>18</v>
+      </c>
+      <c r="H665" t="s">
+        <v>27</v>
+      </c>
+      <c r="I665" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="666" spans="1:10">
+      <c r="A666" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B666" t="s">
+        <v>40</v>
+      </c>
+      <c r="C666" t="s">
+        <v>89</v>
+      </c>
+      <c r="D666" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E666" s="2">
+        <v>0.85416666666667</v>
+      </c>
+      <c r="F666" t="s">
+        <v>66</v>
+      </c>
+      <c r="G666" t="s">
+        <v>18</v>
+      </c>
+      <c r="H666" t="s">
+        <v>90</v>
+      </c>
+      <c r="I666" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="667" spans="1:10">
+      <c r="A667" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B667" t="s">
+        <v>40</v>
+      </c>
+      <c r="C667" t="s">
         <v>51</v>
       </c>
-      <c r="D655" s="2">
+      <c r="D667" s="2">
         <v>0.625</v>
       </c>
-      <c r="E655" s="2">
+      <c r="E667" s="2">
         <v>0.85416666666667</v>
       </c>
-      <c r="F655" t="s">
+      <c r="F667" t="s">
         <v>52</v>
       </c>
-      <c r="G655" t="s">
-[...2 lines deleted...]
-      <c r="H655" t="s">
+      <c r="G667" t="s">
+        <v>18</v>
+      </c>
+      <c r="H667" t="s">
         <v>53</v>
       </c>
-      <c r="I655" t="s">
+      <c r="I667" t="s">
         <v>54</v>
+      </c>
+    </row>
+    <row r="668" spans="1:10">
+      <c r="A668" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B668" t="s">
+        <v>40</v>
+      </c>
+      <c r="C668" t="s">
+        <v>20</v>
+      </c>
+      <c r="D668" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E668" s="2">
+        <v>0.74652777777778</v>
+      </c>
+      <c r="F668" t="s">
+        <v>17</v>
+      </c>
+      <c r="G668" t="s">
+        <v>18</v>
+      </c>
+      <c r="H668" t="s">
+        <v>27</v>
+      </c>
+      <c r="I668" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="669" spans="1:10">
+      <c r="A669" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B669" t="s">
+        <v>40</v>
+      </c>
+      <c r="C669" t="s">
+        <v>24</v>
+      </c>
+      <c r="D669" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E669" s="2">
+        <v>0.84375</v>
+      </c>
+      <c r="F669" t="s">
+        <v>17</v>
+      </c>
+      <c r="G669" t="s">
+        <v>18</v>
+      </c>
+      <c r="H669" t="s">
+        <v>27</v>
+      </c>
+      <c r="I669" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="670" spans="1:10">
+      <c r="A670" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B670" t="s">
+        <v>99</v>
+      </c>
+      <c r="D670" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E670" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F670" t="s">
+        <v>136</v>
+      </c>
+      <c r="G670" t="s">
+        <v>15</v>
+      </c>
+      <c r="H670" t="s">
+        <v>137</v>
+      </c>
+      <c r="I670" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>