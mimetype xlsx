--- v1 (2025-12-30)
+++ v2 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -419,57 +419,153 @@
   <si>
     <t>dr n. med. Adam Haliński</t>
   </si>
   <si>
     <t>109 A-22</t>
   </si>
   <si>
     <t>309 A-22; 314 A-22</t>
   </si>
   <si>
     <t>Genetyka (W)</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>Organizacja pracy pielęgniarki (Ć)</t>
   </si>
   <si>
     <t>mgr Aurelia Maciejewska</t>
   </si>
   <si>
     <t>Organizacja pracy pielęgniarki (W)</t>
   </si>
   <si>
+    <t>dr hab. n. med. Agnieszka Ziółkowska, prof. UZ</t>
+  </si>
+  <si>
+    <t>zp4</t>
+  </si>
+  <si>
+    <t>Promocja zdrowia (Zp)</t>
+  </si>
+  <si>
+    <t>Zp</t>
+  </si>
+  <si>
+    <t>mgr Donata Dordzik</t>
+  </si>
+  <si>
+    <t>zp8</t>
+  </si>
+  <si>
+    <t>10 A-22</t>
+  </si>
+  <si>
+    <t>zp3</t>
+  </si>
+  <si>
+    <t>zp6</t>
+  </si>
+  <si>
+    <t>zp7</t>
+  </si>
+  <si>
+    <t>zp5</t>
+  </si>
+  <si>
+    <t>zp2</t>
+  </si>
+  <si>
+    <t>zp1</t>
+  </si>
+  <si>
+    <t>zp10</t>
+  </si>
+  <si>
     <t>308/308a A-22; 309 A-22; 314 A-22</t>
+  </si>
+  <si>
+    <t>zp9</t>
+  </si>
+  <si>
+    <t>prof. dr hab. n. med. Miłosz Czuba; dr Barbara Morawin</t>
+  </si>
+  <si>
+    <t>309 A-22</t>
+  </si>
+  <si>
+    <t>Anatomia - egzamin (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Promocja zdrowia - zaliczenie (I)</t>
+  </si>
+  <si>
+    <t>CEN EGZ A-23</t>
+  </si>
+  <si>
+    <t>Zajęcia fakultatywne - Telemedycyna i e-zdrowie - zaliczenie (I)</t>
+  </si>
+  <si>
+    <t>Psychologia - egzamin (E)</t>
+  </si>
+  <si>
+    <t>Fizjologia konsultacje (I)</t>
   </si>
   <si>
     <t>Prawo Medyczne - zaliczenie (R)</t>
   </si>
   <si>
     <t>dr n. biol. Monica Abreu-Głowacka</t>
+  </si>
+  <si>
+    <t>Fizjologia - egzamin (E)</t>
+  </si>
+  <si>
+    <t>Promocja zdrowia (R)</t>
+  </si>
+  <si>
+    <t>101 A-22</t>
+  </si>
+  <si>
+    <t>Telemedycyna i e-zdrowie (R)</t>
+  </si>
+  <si>
+    <t>Zdrowie Publiczne - egzamin (R)</t>
+  </si>
+  <si>
+    <t>dr Aneta Klimberg</t>
+  </si>
+  <si>
+    <t>Fizjologia - konsultacje (I)</t>
+  </si>
+  <si>
+    <t>Fizjologia - egzamin poprawkowy (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -777,54 +873,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J670"/>
+  <dimension ref="A1:J704"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E670" sqref="E670"/>
+      <selection activeCell="E704" sqref="E704"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="201.665" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -15775,53 +15871,50 @@
     <row r="525" spans="1:10">
       <c r="A525" s="1">
         <v>46034.0</v>
       </c>
       <c r="B525" t="s">
         <v>40</v>
       </c>
       <c r="C525" t="s">
         <v>100</v>
       </c>
       <c r="D525" s="2">
         <v>0.375</v>
       </c>
       <c r="E525" s="2">
         <v>0.62152777777778</v>
       </c>
       <c r="F525" t="s">
         <v>52</v>
       </c>
       <c r="G525" t="s">
         <v>18</v>
       </c>
       <c r="H525" t="s">
         <v>101</v>
       </c>
-      <c r="I525" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="1">
         <v>46034.0</v>
       </c>
       <c r="B526" t="s">
         <v>40</v>
       </c>
       <c r="C526" t="s">
         <v>46</v>
       </c>
       <c r="D526" s="2">
         <v>0.625</v>
       </c>
       <c r="E526" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="F526" t="s">
         <v>55</v>
       </c>
       <c r="G526" t="s">
         <v>31</v>
       </c>
       <c r="H526" t="s">
         <v>56</v>
@@ -16048,591 +16141,591 @@
       </c>
       <c r="E534" s="2">
         <v>0.63888888888889</v>
       </c>
       <c r="F534" t="s">
         <v>66</v>
       </c>
       <c r="G534" t="s">
         <v>18</v>
       </c>
       <c r="H534" t="s">
         <v>67</v>
       </c>
       <c r="I534" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="1">
         <v>46035.0</v>
       </c>
       <c r="B535" t="s">
         <v>57</v>
       </c>
       <c r="C535" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D535" s="2">
-        <v>0.43055555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="E535" s="2">
-        <v>0.63888888888889</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F535" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G535" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H535" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="I535" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="1">
         <v>46035.0</v>
       </c>
       <c r="B536" t="s">
         <v>57</v>
       </c>
       <c r="C536" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D536" s="2">
-        <v>0.4375</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E536" s="2">
-        <v>0.53472222222222</v>
+        <v>0.63194444444444</v>
       </c>
       <c r="F536" t="s">
         <v>59</v>
       </c>
       <c r="G536" t="s">
         <v>31</v>
       </c>
       <c r="H536" t="s">
         <v>60</v>
       </c>
       <c r="I536" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="1">
         <v>46035.0</v>
       </c>
       <c r="B537" t="s">
         <v>57</v>
       </c>
       <c r="C537" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="D537" s="2">
-        <v>0.54166666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E537" s="2">
-        <v>0.63194444444444</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F537" t="s">
-        <v>59</v>
+        <v>115</v>
       </c>
       <c r="G537" t="s">
         <v>31</v>
       </c>
       <c r="H537" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I537" t="s">
-        <v>50</v>
+        <v>129</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="1">
         <v>46035.0</v>
       </c>
       <c r="B538" t="s">
         <v>57</v>
       </c>
       <c r="C538" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="D538" s="2">
-        <v>0.64583333333333</v>
+        <v>0.66736111111111</v>
       </c>
       <c r="E538" s="2">
-        <v>0.73958333333333</v>
+        <v>0.75069444444444</v>
       </c>
       <c r="F538" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="G538" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H538" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="I538" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="1">
         <v>46035.0</v>
       </c>
       <c r="B539" t="s">
         <v>57</v>
       </c>
       <c r="C539" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D539" s="2">
         <v>0.66736111111111</v>
       </c>
       <c r="E539" s="2">
         <v>0.75069444444444</v>
       </c>
       <c r="F539" t="s">
         <v>73</v>
       </c>
       <c r="G539" t="s">
         <v>18</v>
       </c>
       <c r="H539" t="s">
         <v>91</v>
       </c>
       <c r="I539" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="1">
         <v>46035.0</v>
       </c>
       <c r="B540" t="s">
         <v>57</v>
       </c>
       <c r="C540" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D540" s="2">
-        <v>0.66736111111111</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E540" s="2">
-        <v>0.75069444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F540" t="s">
         <v>73</v>
       </c>
       <c r="G540" t="s">
         <v>18</v>
       </c>
       <c r="H540" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="I540" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="1">
         <v>46035.0</v>
       </c>
       <c r="B541" t="s">
         <v>57</v>
       </c>
       <c r="C541" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D541" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E541" s="2">
         <v>0.75</v>
       </c>
       <c r="F541" t="s">
         <v>73</v>
       </c>
       <c r="G541" t="s">
         <v>18</v>
       </c>
       <c r="H541" t="s">
         <v>74</v>
       </c>
       <c r="I541" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="1">
         <v>46035.0</v>
       </c>
       <c r="B542" t="s">
         <v>57</v>
       </c>
       <c r="C542" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D542" s="2">
-        <v>0.67708333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E542" s="2">
-        <v>0.75</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F542" t="s">
         <v>73</v>
       </c>
       <c r="G542" t="s">
         <v>18</v>
       </c>
       <c r="H542" t="s">
         <v>74</v>
       </c>
       <c r="I542" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="1">
         <v>46035.0</v>
       </c>
       <c r="B543" t="s">
         <v>57</v>
       </c>
       <c r="C543" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D543" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E543" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F543" t="s">
         <v>73</v>
       </c>
       <c r="G543" t="s">
         <v>18</v>
       </c>
       <c r="H543" t="s">
         <v>74</v>
       </c>
       <c r="I543" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="1">
         <v>46035.0</v>
       </c>
       <c r="B544" t="s">
         <v>57</v>
       </c>
       <c r="C544" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="D544" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E544" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F544" t="s">
         <v>73</v>
       </c>
       <c r="G544" t="s">
         <v>18</v>
       </c>
       <c r="H544" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="I544" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="1">
         <v>46035.0</v>
       </c>
       <c r="B545" t="s">
         <v>57</v>
       </c>
       <c r="C545" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D545" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E545" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F545" t="s">
         <v>73</v>
       </c>
       <c r="G545" t="s">
         <v>18</v>
       </c>
       <c r="H545" t="s">
         <v>91</v>
       </c>
       <c r="I545" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="1">
         <v>46035.0</v>
       </c>
       <c r="B546" t="s">
         <v>57</v>
       </c>
       <c r="C546" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="D546" s="2">
-        <v>0.76041666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E546" s="2">
-        <v>0.83333333333333</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F546" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="G546" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H546" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="I546" t="s">
-        <v>93</v>
+        <v>50</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B547" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D547" s="2">
-        <v>0.77083333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E547" s="2">
-        <v>0.85416666666667</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F547" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G547" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H547" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="I547" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="1">
         <v>46036.0</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D548" s="2">
-        <v>0.3125</v>
+        <v>0.375</v>
       </c>
       <c r="E548" s="2">
-        <v>0.53819444444444</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F548" t="s">
-        <v>52</v>
+        <v>132</v>
       </c>
       <c r="G548" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H548" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="I548" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="1">
         <v>46036.0</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D549" s="2">
-        <v>0.375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E549" s="2">
-        <v>0.45486111111111</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F549" t="s">
         <v>132</v>
       </c>
       <c r="G549" t="s">
         <v>31</v>
       </c>
       <c r="H549" t="s">
         <v>133</v>
       </c>
       <c r="I549" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="1">
         <v>46036.0</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>46</v>
+        <v>117</v>
       </c>
       <c r="D550" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E550" s="2">
-        <v>0.53819444444444</v>
+        <v>0.625</v>
       </c>
       <c r="F550" t="s">
-        <v>132</v>
+        <v>52</v>
       </c>
       <c r="G550" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H550" t="s">
-        <v>133</v>
+        <v>118</v>
       </c>
       <c r="I550" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="1">
         <v>46036.0</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>117</v>
+        <v>36</v>
       </c>
       <c r="D551" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E551" s="2">
-        <v>0.67708333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F551" t="s">
-        <v>52</v>
+        <v>132</v>
       </c>
       <c r="G551" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H551" t="s">
-        <v>118</v>
+        <v>133</v>
       </c>
       <c r="I551" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="1">
         <v>46036.0</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D552" s="2">
-        <v>0.54166666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E552" s="2">
-        <v>0.62152777777778</v>
+        <v>0.71875</v>
       </c>
       <c r="F552" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="G552" t="s">
         <v>31</v>
       </c>
       <c r="H552" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="I552" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="1">
         <v>46036.0</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>46</v>
+        <v>102</v>
       </c>
       <c r="D553" s="2">
         <v>0.625</v>
       </c>
       <c r="E553" s="2">
         <v>0.71875</v>
       </c>
       <c r="F553" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="G553" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H553" t="s">
-        <v>127</v>
+        <v>56</v>
       </c>
       <c r="I553" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="1">
         <v>46036.0</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="D554" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E554" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F554" t="s">
         <v>130</v>
       </c>
       <c r="G554" t="s">
         <v>11</v>
       </c>
       <c r="H554" t="s">
         <v>127</v>
       </c>
       <c r="I554" t="s">
@@ -16767,54 +16860,54 @@
       </c>
       <c r="F559" t="s">
         <v>126</v>
       </c>
       <c r="G559" t="s">
         <v>31</v>
       </c>
       <c r="H559" t="s">
         <v>127</v>
       </c>
       <c r="I559" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="1">
         <v>46037.0</v>
       </c>
       <c r="B560" t="s">
         <v>25</v>
       </c>
       <c r="C560" t="s">
         <v>117</v>
       </c>
       <c r="D560" s="2">
-        <v>0.46875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E560" s="2">
-        <v>0.61458333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F560" t="s">
         <v>52</v>
       </c>
       <c r="G560" t="s">
         <v>18</v>
       </c>
       <c r="H560" t="s">
         <v>118</v>
       </c>
       <c r="I560" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="1">
         <v>46037.0</v>
       </c>
       <c r="B561" t="s">
         <v>25</v>
       </c>
       <c r="C561" t="s">
         <v>16</v>
       </c>
       <c r="D561" s="2">
@@ -16964,3014 +17057,3940 @@
       </c>
       <c r="E566" s="2">
         <v>0.86805555555556</v>
       </c>
       <c r="F566" t="s">
         <v>38</v>
       </c>
       <c r="G566" t="s">
         <v>11</v>
       </c>
       <c r="H566" t="s">
         <v>19</v>
       </c>
       <c r="I566" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="1">
         <v>46038.0</v>
       </c>
       <c r="B567" t="s">
         <v>99</v>
       </c>
       <c r="C567" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D567" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E567" s="2">
-        <v>0.4375</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F567" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G567" t="s">
         <v>18</v>
       </c>
       <c r="H567" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="I567" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="1">
         <v>46038.0</v>
       </c>
       <c r="B568" t="s">
         <v>99</v>
       </c>
       <c r="C568" t="s">
-        <v>106</v>
+        <v>23</v>
       </c>
       <c r="D568" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E568" s="2">
-        <v>0.48958333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F568" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G568" t="s">
         <v>18</v>
       </c>
       <c r="H568" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
       <c r="I568" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="1">
         <v>46038.0</v>
       </c>
       <c r="B569" t="s">
         <v>99</v>
       </c>
       <c r="C569" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="D569" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E569" s="2">
-        <v>0.58333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F569" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G569" t="s">
         <v>18</v>
       </c>
       <c r="H569" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="I569" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="1">
         <v>46038.0</v>
       </c>
       <c r="B570" t="s">
         <v>99</v>
       </c>
       <c r="C570" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="D570" s="2">
-        <v>0.44097222222222</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E570" s="2">
-        <v>0.54513888888889</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F570" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G570" t="s">
         <v>18</v>
       </c>
       <c r="H570" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="I570" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="1">
         <v>46038.0</v>
       </c>
       <c r="B571" t="s">
         <v>99</v>
       </c>
       <c r="C571" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="D571" s="2">
-        <v>0.54861111111111</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E571" s="2">
-        <v>0.65277777777778</v>
+        <v>0.625</v>
       </c>
       <c r="F571" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G571" t="s">
         <v>18</v>
       </c>
       <c r="H571" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="I571" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="1">
         <v>46038.0</v>
       </c>
       <c r="B572" t="s">
         <v>99</v>
       </c>
       <c r="C572" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D572" s="2">
-        <v>0.65625</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E572" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F572" t="s">
         <v>17</v>
       </c>
       <c r="G572" t="s">
         <v>18</v>
       </c>
       <c r="H572" t="s">
         <v>19</v>
       </c>
       <c r="I572" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="1">
         <v>46038.0</v>
       </c>
       <c r="B573" t="s">
         <v>99</v>
       </c>
       <c r="C573" t="s">
-        <v>111</v>
+        <v>37</v>
       </c>
       <c r="D573" s="2">
-        <v>0.66666666666667</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E573" s="2">
-        <v>0.875</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F573" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G573" t="s">
         <v>18</v>
       </c>
       <c r="H573" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="I573" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="1">
         <v>46038.0</v>
       </c>
       <c r="B574" t="s">
         <v>99</v>
       </c>
       <c r="C574" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="D574" s="2">
-        <v>0.66666666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E574" s="2">
-        <v>0.875</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F574" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G574" t="s">
         <v>18</v>
       </c>
       <c r="H574" t="s">
-        <v>56</v>
+        <v>135</v>
       </c>
       <c r="I574" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B575" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C575" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="D575" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E575" s="2">
-        <v>0.62152777777778</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F575" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G575" t="s">
         <v>18</v>
       </c>
       <c r="H575" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="I575" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B576" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C576" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="D576" s="2">
-        <v>0.375</v>
+        <v>0.65625</v>
       </c>
       <c r="E576" s="2">
-        <v>0.62152777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F576" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G576" t="s">
         <v>18</v>
       </c>
       <c r="H576" t="s">
-        <v>101</v>
+        <v>19</v>
       </c>
       <c r="I576" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B577" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C577" t="s">
-        <v>89</v>
+        <v>111</v>
       </c>
       <c r="D577" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E577" s="2">
-        <v>0.85416666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F577" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G577" t="s">
         <v>18</v>
       </c>
       <c r="H577" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="I577" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B578" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="C578" t="s">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="D578" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E578" s="2">
-        <v>0.85416666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F578" t="s">
         <v>52</v>
       </c>
       <c r="G578" t="s">
         <v>18</v>
       </c>
       <c r="H578" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I578" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B579" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C579" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="D579" s="2">
-        <v>0.32291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E579" s="2">
-        <v>0.41319444444444</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F579" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G579" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H579" t="s">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="I579" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B580" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C580" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="D580" s="2">
-        <v>0.42708333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E580" s="2">
-        <v>0.51736111111111</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F580" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G580" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H580" t="s">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="I580" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B581" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C581" t="s">
-        <v>65</v>
+        <v>136</v>
       </c>
       <c r="D581" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E581" s="2">
-        <v>0.65625</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F581" t="s">
-        <v>66</v>
+        <v>137</v>
       </c>
       <c r="G581" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H581" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>139</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B582" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C582" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="D582" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="E582" s="2">
-        <v>0.70833333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F582" t="s">
-        <v>66</v>
+        <v>137</v>
       </c>
       <c r="G582" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H582" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>101</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B583" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C583" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="D583" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E583" s="2">
-        <v>0.61111111111111</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F583" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G583" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H583" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="I583" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B584" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C584" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="D584" s="2">
-        <v>0.67708333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E584" s="2">
-        <v>0.75</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F584" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G584" t="s">
         <v>18</v>
       </c>
       <c r="H584" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="I584" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="1">
         <v>46042.0</v>
       </c>
       <c r="B585" t="s">
         <v>57</v>
       </c>
       <c r="C585" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="D585" s="2">
-        <v>0.67708333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E585" s="2">
-        <v>0.75</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F585" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G585" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H585" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="I585" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="1">
         <v>46042.0</v>
       </c>
       <c r="B586" t="s">
         <v>57</v>
       </c>
       <c r="C586" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="D586" s="2">
-        <v>0.67708333333333</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E586" s="2">
-        <v>0.75</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F586" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G586" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H586" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="I586" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="1">
         <v>46042.0</v>
       </c>
       <c r="B587" t="s">
         <v>57</v>
       </c>
       <c r="C587" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="D587" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E587" s="2">
-        <v>0.75</v>
+        <v>0.65625</v>
       </c>
       <c r="F587" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="G587" t="s">
         <v>18</v>
       </c>
       <c r="H587" t="s">
-        <v>91</v>
+        <v>67</v>
       </c>
       <c r="I587" t="s">
-        <v>93</v>
+        <v>54</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="1">
         <v>46042.0</v>
       </c>
       <c r="B588" t="s">
         <v>57</v>
       </c>
       <c r="C588" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="D588" s="2">
-        <v>0.76041666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E588" s="2">
-        <v>0.83333333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F588" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="G588" t="s">
         <v>18</v>
       </c>
       <c r="H588" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I588" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="1">
         <v>46042.0</v>
       </c>
       <c r="B589" t="s">
         <v>57</v>
       </c>
       <c r="C589" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="D589" s="2">
-        <v>0.76041666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E589" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F589" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="G589" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H589" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="I589" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="1">
         <v>46042.0</v>
       </c>
       <c r="B590" t="s">
         <v>57</v>
       </c>
       <c r="C590" t="s">
-        <v>16</v>
+        <v>140</v>
       </c>
       <c r="D590" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E590" s="2">
-        <v>0.83333333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F590" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G590" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H590" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="I590" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="1">
         <v>46042.0</v>
       </c>
       <c r="B591" t="s">
         <v>57</v>
       </c>
       <c r="C591" t="s">
-        <v>20</v>
+        <v>142</v>
       </c>
       <c r="D591" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E591" s="2">
-        <v>0.83333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F591" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G591" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H591" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>53</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="1">
         <v>46042.0</v>
       </c>
       <c r="B592" t="s">
         <v>57</v>
       </c>
       <c r="C592" t="s">
-        <v>51</v>
+        <v>143</v>
       </c>
       <c r="D592" s="2">
-        <v>0.77083333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E592" s="2">
-        <v>0.86458333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F592" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G592" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H592" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>139</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B593" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C593" t="s">
-        <v>94</v>
+        <v>144</v>
       </c>
       <c r="D593" s="2">
-        <v>0.3125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E593" s="2">
-        <v>0.53819444444444</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F593" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G593" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H593" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B594" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C594" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="D594" s="2">
-        <v>0.33333333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E594" s="2">
-        <v>0.44791666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F594" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G594" t="s">
         <v>18</v>
       </c>
       <c r="H594" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I594" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B595" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C595" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D595" s="2">
-        <v>0.375</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E595" s="2">
-        <v>0.45486111111111</v>
+        <v>0.75</v>
       </c>
       <c r="F595" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="G595" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H595" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="I595" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B596" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C596" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D596" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E596" s="2">
-        <v>0.53819444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F596" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="G596" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H596" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="I596" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B597" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C597" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="D597" s="2">
-        <v>0.46875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E597" s="2">
-        <v>0.71875</v>
+        <v>0.75</v>
       </c>
       <c r="F597" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G597" t="s">
         <v>18</v>
       </c>
       <c r="H597" t="s">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="I597" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B598" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C598" t="s">
-        <v>36</v>
+        <v>145</v>
       </c>
       <c r="D598" s="2">
-        <v>0.54166666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E598" s="2">
-        <v>0.62152777777778</v>
+        <v>0.8125</v>
       </c>
       <c r="F598" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="G598" t="s">
-        <v>31</v>
+        <v>138</v>
       </c>
       <c r="H598" t="s">
-        <v>133</v>
+        <v>101</v>
       </c>
       <c r="I598" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B599" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C599" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D599" s="2">
-        <v>0.625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E599" s="2">
-        <v>0.71875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F599" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="G599" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H599" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="I599" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B600" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C600" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D600" s="2">
-        <v>0.625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E600" s="2">
-        <v>0.71875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F600" t="s">
-        <v>126</v>
+        <v>73</v>
       </c>
       <c r="G600" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H600" t="s">
-        <v>127</v>
+        <v>74</v>
       </c>
       <c r="I600" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B601" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C601" t="s">
+        <v>16</v>
       </c>
       <c r="D601" s="2">
-        <v>0.72916666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E601" s="2">
-        <v>0.82291666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F601" t="s">
-        <v>130</v>
+        <v>73</v>
       </c>
       <c r="G601" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H601" t="s">
-        <v>127</v>
+        <v>91</v>
       </c>
       <c r="I601" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B602" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C602" t="s">
+        <v>20</v>
       </c>
       <c r="D602" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E602" s="2">
         <v>0.83333333333333</v>
       </c>
-      <c r="E602" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F602" t="s">
-        <v>120</v>
+        <v>73</v>
       </c>
       <c r="G602" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H602" t="s">
-        <v>121</v>
+        <v>91</v>
+      </c>
+      <c r="I602" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="1">
-        <v>46044.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B603" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C603" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="D603" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E603" s="2">
-        <v>0.57291666666667</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F603" t="s">
         <v>52</v>
       </c>
       <c r="G603" t="s">
         <v>18</v>
       </c>
       <c r="H603" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="I603" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B604" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="D604" s="2">
-        <v>0.33333333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E604" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F604" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G604" t="s">
         <v>18</v>
       </c>
       <c r="H604" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="I604" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B605" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D605" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E605" s="2">
-        <v>0.61458333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F605" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G605" t="s">
         <v>18</v>
       </c>
       <c r="H605" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="I605" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B606" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D606" s="2">
-        <v>0.46180555555556</v>
+        <v>0.375</v>
       </c>
       <c r="E606" s="2">
-        <v>0.58680555555556</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F606" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G606" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H606" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="I606" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B607" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D607" s="2">
-        <v>0.59027777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E607" s="2">
-        <v>0.71527777777778</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F607" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G607" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H607" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="I607" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B608" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>89</v>
+        <v>117</v>
       </c>
       <c r="D608" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E608" s="2">
-        <v>0.84375</v>
+        <v>0.71875</v>
       </c>
       <c r="F608" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G608" t="s">
         <v>18</v>
       </c>
       <c r="H608" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="I608" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B609" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>102</v>
+        <v>146</v>
       </c>
       <c r="D609" s="2">
-        <v>0.66666666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E609" s="2">
-        <v>0.875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F609" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G609" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H609" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>53</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B610" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D610" s="2">
-        <v>0.71875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E610" s="2">
-        <v>0.84375</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F610" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="G610" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H610" t="s">
-        <v>19</v>
+        <v>133</v>
       </c>
       <c r="I610" t="s">
-        <v>98</v>
+        <v>33</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="1">
-        <v>46045.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B611" t="s">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
       <c r="D611" s="2">
-        <v>0.3125</v>
+        <v>0.5625</v>
       </c>
       <c r="E611" s="2">
-        <v>0.57291666666667</v>
+        <v>0.625</v>
       </c>
       <c r="F611" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G611" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H611" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>53</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="1">
-        <v>46045.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B612" t="s">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="D612" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E612" s="2">
-        <v>0.45833333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F612" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="G612" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H612" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="I612" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="1">
-        <v>46045.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B613" t="s">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="D613" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E613" s="2">
-        <v>0.58333333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="F613" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="G613" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H613" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="I613" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="1">
-        <v>46045.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B614" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D614" s="2">
-        <v>0.46180555555556</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E614" s="2">
-        <v>0.58680555555556</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F614" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="G614" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H614" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="I614" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="1">
-        <v>46045.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B615" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D615" s="2">
-        <v>0.59027777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E615" s="2">
-        <v>0.71527777777778</v>
+        <v>0.89583333333333</v>
       </c>
       <c r="F615" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="G615" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H615" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>121</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B616" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="C616" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D616" s="2">
-        <v>0.61458333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E616" s="2">
-        <v>0.875</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F616" t="s">
         <v>52</v>
       </c>
       <c r="G616" t="s">
         <v>18</v>
       </c>
       <c r="H616" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="I616" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B617" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="C617" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="D617" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E617" s="2">
-        <v>0.86458333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F617" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G617" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H617" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>53</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B618" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="C618" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D618" s="2">
-        <v>0.71875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E618" s="2">
-        <v>0.84375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F618" t="s">
         <v>17</v>
       </c>
       <c r="G618" t="s">
         <v>18</v>
       </c>
       <c r="H618" t="s">
         <v>19</v>
       </c>
       <c r="I618" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B619" t="s">
-        <v>40</v>
+        <v>25</v>
+      </c>
+      <c r="C619" t="s">
+        <v>117</v>
       </c>
       <c r="D619" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E619" s="2">
-        <v>0.5625</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F619" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="G619" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H619" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="I619" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B620" t="s">
-        <v>40</v>
+        <v>25</v>
+      </c>
+      <c r="C620" t="s">
+        <v>23</v>
       </c>
       <c r="D620" s="2">
-        <v>0.57291666666667</v>
+        <v>0.46180555555556</v>
       </c>
       <c r="E620" s="2">
-        <v>0.62152777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F620" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G620" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H620" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I620" t="s">
-        <v>43</v>
+        <v>82</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="A621" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B621" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C621" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="D621" s="2">
-        <v>0.625</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E621" s="2">
-        <v>0.85416666666667</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F621" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="G621" t="s">
         <v>18</v>
       </c>
       <c r="H621" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="I621" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="A622" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B622" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C622" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="D622" s="2">
         <v>0.625</v>
       </c>
       <c r="E622" s="2">
-        <v>0.85416666666667</v>
+        <v>0.84375</v>
       </c>
       <c r="F622" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G622" t="s">
         <v>18</v>
       </c>
       <c r="H622" t="s">
-        <v>53</v>
+        <v>90</v>
       </c>
       <c r="I622" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="A623" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B623" t="s">
-        <v>57</v>
+        <v>25</v>
+      </c>
+      <c r="C623" t="s">
+        <v>24</v>
       </c>
       <c r="D623" s="2">
-        <v>0.32291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="E623" s="2">
-        <v>0.38541666666667</v>
+        <v>0.84375</v>
       </c>
       <c r="F623" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G623" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H623" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I623" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="A624" s="1">
-        <v>46049.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B624" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="C624" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="D624" s="2">
-        <v>0.39236111111111</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E624" s="2">
-        <v>0.43402777777778</v>
+        <v>0.875</v>
       </c>
       <c r="F624" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G624" t="s">
         <v>18</v>
       </c>
       <c r="H624" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="I624" t="s">
-        <v>28</v>
+        <v>149</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B625" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C625" t="s">
-        <v>37</v>
+        <v>106</v>
       </c>
       <c r="D625" s="2">
-        <v>0.4375</v>
+        <v>0.3125</v>
       </c>
       <c r="E625" s="2">
-        <v>0.47916666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F625" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G625" t="s">
         <v>18</v>
       </c>
       <c r="H625" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="I625" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B626" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C626" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D626" s="2">
-        <v>0.48263888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E626" s="2">
-        <v>0.52430555555556</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F626" t="s">
         <v>17</v>
       </c>
       <c r="G626" t="s">
         <v>18</v>
       </c>
       <c r="H626" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I626" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B627" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C627" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="D627" s="2">
-        <v>0.52777777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E627" s="2">
-        <v>0.56944444444444</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F627" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G627" t="s">
         <v>18</v>
       </c>
       <c r="H627" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="I627" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B628" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C628" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D628" s="2">
-        <v>0.57291666666667</v>
+        <v>0.46180555555556</v>
       </c>
       <c r="E628" s="2">
-        <v>0.61458333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="F628" t="s">
         <v>17</v>
       </c>
       <c r="G628" t="s">
         <v>18</v>
       </c>
       <c r="H628" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I628" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B629" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C629" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="D629" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E629" s="2">
-        <v>0.65972222222222</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F629" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="G629" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H629" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B630" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C630" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D630" s="2">
-        <v>0.66319444444444</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="E630" s="2">
-        <v>0.70486111111111</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F630" t="s">
         <v>17</v>
       </c>
       <c r="G630" t="s">
         <v>18</v>
       </c>
       <c r="H630" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I630" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B631" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C631" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="D631" s="2">
-        <v>0.66666666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E631" s="2">
-        <v>0.77083333333333</v>
+        <v>0.84375</v>
       </c>
       <c r="F631" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G631" t="s">
         <v>18</v>
       </c>
       <c r="H631" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="I631" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B632" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C632" t="s">
-        <v>37</v>
+        <v>148</v>
       </c>
       <c r="D632" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E632" s="2">
-        <v>0.77083333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F632" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G632" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H632" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="I632" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B633" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C633" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="D633" s="2">
-        <v>0.67708333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E633" s="2">
-        <v>0.75</v>
+        <v>0.8125</v>
       </c>
       <c r="F633" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G633" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H633" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="I633" t="s">
-        <v>75</v>
+        <v>141</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B634" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C634" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="D634" s="2">
-        <v>0.67708333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E634" s="2">
-        <v>0.75</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F634" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="G634" t="s">
         <v>18</v>
       </c>
       <c r="H634" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="I634" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="1">
-        <v>46049.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B635" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="C635" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="D635" s="2">
-        <v>0.70833333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="E635" s="2">
-        <v>0.75</v>
+        <v>0.84375</v>
       </c>
       <c r="F635" t="s">
         <v>17</v>
       </c>
       <c r="G635" t="s">
         <v>18</v>
       </c>
       <c r="H635" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I635" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B636" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="D636" s="2">
-        <v>0.76041666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E636" s="2">
-        <v>0.83333333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F636" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="G636" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H636" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="I636" t="s">
-        <v>75</v>
+        <v>43</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B637" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D637" s="2">
-        <v>0.76041666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E637" s="2">
-        <v>0.83333333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F637" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G637" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H637" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="I637" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B638" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C638" t="s">
-        <v>51</v>
+        <v>148</v>
       </c>
       <c r="D638" s="2">
-        <v>0.77083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E638" s="2">
-        <v>0.86458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F638" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="G638" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H638" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="I638" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B639" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C639" t="s">
-        <v>16</v>
+        <v>145</v>
       </c>
       <c r="D639" s="2">
-        <v>0.77430555555556</v>
+        <v>0.625</v>
       </c>
       <c r="E639" s="2">
-        <v>0.86805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F639" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G639" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H639" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="I639" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B640" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="C640" t="s">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="D640" s="2">
-        <v>0.77430555555556</v>
+        <v>0.625</v>
       </c>
       <c r="E640" s="2">
-        <v>0.86805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F640" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="G640" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H640" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="I640" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B641" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="C641" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="D641" s="2">
-        <v>0.3125</v>
+        <v>0.625</v>
       </c>
       <c r="E641" s="2">
-        <v>0.44791666666667</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F641" t="s">
         <v>66</v>
       </c>
       <c r="G641" t="s">
         <v>18</v>
       </c>
       <c r="H641" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="I641" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B642" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="C642" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="D642" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E642" s="2">
-        <v>0.53819444444444</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F642" t="s">
         <v>52</v>
       </c>
       <c r="G642" t="s">
         <v>18</v>
       </c>
       <c r="H642" t="s">
-        <v>95</v>
+        <v>53</v>
       </c>
       <c r="I642" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B643" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="D643" s="2">
-        <v>0.45833333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E643" s="2">
-        <v>0.53819444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="F643" t="s">
-        <v>132</v>
+        <v>38</v>
       </c>
       <c r="G643" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H643" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="I643" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B644" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C644" t="s">
+        <v>35</v>
       </c>
       <c r="D644" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="E644" s="2">
-        <v>0.61458333333333</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F644" t="s">
-        <v>134</v>
+        <v>17</v>
       </c>
       <c r="G644" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H644" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="I644" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B645" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C645" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="D645" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E645" s="2">
         <v>0.625</v>
       </c>
-      <c r="E645" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F645" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G645" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H645" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="I645" t="s">
-        <v>108</v>
+        <v>70</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B646" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C646" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D646" s="2">
-        <v>0.625</v>
+        <v>0.4375</v>
       </c>
       <c r="E646" s="2">
-        <v>0.71875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F646" t="s">
-        <v>126</v>
+        <v>17</v>
       </c>
       <c r="G646" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H646" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="I646" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B647" t="s">
-        <v>9</v>
+        <v>57</v>
+      </c>
+      <c r="C647" t="s">
+        <v>26</v>
       </c>
       <c r="D647" s="2">
-        <v>0.72916666666667</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E647" s="2">
-        <v>0.8125</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F647" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="G647" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H647" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="I647" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B648" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C648" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D648" s="2">
-        <v>0.82291666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E648" s="2">
-        <v>0.875</v>
+        <v>0.56944444444444</v>
       </c>
       <c r="F648" t="s">
-        <v>126</v>
+        <v>17</v>
       </c>
       <c r="G648" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H648" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="I648" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B649" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="C649" t="s">
+        <v>23</v>
       </c>
       <c r="D649" s="2">
-        <v>0.33333333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E649" s="2">
-        <v>0.44791666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F649" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="G649" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H649" t="s">
-        <v>32</v>
+        <v>151</v>
       </c>
       <c r="I649" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B650" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C650" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="D650" s="2">
-        <v>0.45833333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E650" s="2">
-        <v>0.61458333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F650" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G650" t="s">
         <v>18</v>
       </c>
       <c r="H650" t="s">
-        <v>101</v>
+        <v>151</v>
       </c>
       <c r="I650" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B651" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C651" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="D651" s="2">
-        <v>0.45833333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="E651" s="2">
-        <v>0.61458333333333</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F651" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="G651" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H651" t="s">
-        <v>32</v>
+        <v>151</v>
       </c>
       <c r="I651" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B652" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C652" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D652" s="2">
-        <v>0.54513888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E652" s="2">
-        <v>0.62152777777778</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F652" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="G652" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H652" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="I652" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B653" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="C653" t="s">
+        <v>37</v>
       </c>
       <c r="D653" s="2">
-        <v>0.625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E653" s="2">
-        <v>0.70486111111111</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F653" t="s">
-        <v>134</v>
+        <v>73</v>
       </c>
       <c r="G653" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H653" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="I653" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B654" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C654" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D654" s="2">
-        <v>0.70833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E654" s="2">
-        <v>0.78819444444444</v>
+        <v>0.75</v>
       </c>
       <c r="F654" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="G654" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H654" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="I654" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B655" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C655" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D655" s="2">
-        <v>0.70833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E655" s="2">
-        <v>0.79166666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F655" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="G655" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H655" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="I655" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="1">
-        <v>46051.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B656" t="s">
-        <v>25</v>
+        <v>57</v>
+      </c>
+      <c r="C656" t="s">
+        <v>20</v>
       </c>
       <c r="D656" s="2">
-        <v>0.8125</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E656" s="2">
-        <v>0.875</v>
+        <v>0.75</v>
       </c>
       <c r="F656" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="G656" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H656" t="s">
-        <v>121</v>
+        <v>151</v>
+      </c>
+      <c r="I656" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="1">
-        <v>46052.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B657" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="C657" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="D657" s="2">
-        <v>0.33333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E657" s="2">
-        <v>0.58333333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F657" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G657" t="s">
         <v>18</v>
       </c>
       <c r="H657" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="I657" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="1">
-        <v>46052.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B658" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="C658" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="D658" s="2">
-        <v>0.40625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E658" s="2">
-        <v>0.62152777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F658" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G658" t="s">
         <v>18</v>
       </c>
       <c r="H658" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I658" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="1">
-        <v>46052.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B659" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="C659" t="s">
-        <v>102</v>
+        <v>51</v>
       </c>
       <c r="D659" s="2">
-        <v>0.61458333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E659" s="2">
-        <v>0.875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F659" t="s">
         <v>52</v>
       </c>
       <c r="G659" t="s">
         <v>18</v>
       </c>
       <c r="H659" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I659" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="1">
-        <v>46052.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B660" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="C660" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D660" s="2">
-        <v>0.625</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="E660" s="2">
-        <v>0.86458333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F660" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G660" t="s">
         <v>18</v>
       </c>
       <c r="H660" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="I660" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="1">
-        <v>46055.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B661" t="s">
-        <v>40</v>
+        <v>57</v>
+      </c>
+      <c r="C661" t="s">
+        <v>20</v>
       </c>
       <c r="D661" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="E661" s="2">
-        <v>0.44444444444444</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F661" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="G661" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H661" t="s">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="I661" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B662" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="D662" s="2">
+        <v>0.3125</v>
+      </c>
+      <c r="E662" s="2">
         <v>0.44791666666667</v>
       </c>
-      <c r="E662" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F662" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="G662" t="s">
         <v>18</v>
       </c>
       <c r="H662" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="I662" t="s">
-        <v>70</v>
+        <v>152</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B663" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="D663" s="2">
-        <v>0.45486111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E663" s="2">
-        <v>0.62152777777778</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F663" t="s">
         <v>52</v>
       </c>
       <c r="G663" t="s">
         <v>18</v>
       </c>
       <c r="H663" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="I663" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B664" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="D664" s="2">
-        <v>0.46875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E664" s="2">
-        <v>0.55208333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F664" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="G664" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H664" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I664" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B665" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="D665" s="2">
-        <v>0.55555555555556</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E665" s="2">
-        <v>0.64930555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F665" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="G665" t="s">
-        <v>18</v>
+        <v>138</v>
       </c>
       <c r="H665" t="s">
-        <v>27</v>
+        <v>101</v>
       </c>
       <c r="I665" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B666" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="D666" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E666" s="2">
-        <v>0.85416666666667</v>
+        <v>0.53819444444444</v>
       </c>
       <c r="F666" t="s">
-        <v>66</v>
+        <v>132</v>
       </c>
       <c r="G666" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H666" t="s">
-        <v>90</v>
+        <v>133</v>
       </c>
       <c r="I666" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B667" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="D667" s="2">
-        <v>0.625</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E667" s="2">
-        <v>0.85416666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F667" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="G667" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H667" t="s">
-        <v>53</v>
+        <v>133</v>
       </c>
       <c r="I667" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B668" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D668" s="2">
-        <v>0.65277777777778</v>
+        <v>0.625</v>
       </c>
       <c r="E668" s="2">
-        <v>0.74652777777778</v>
+        <v>0.6875</v>
       </c>
       <c r="F668" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="G668" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H668" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="I668" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="1">
-        <v>46055.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B669" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="D669" s="2">
-        <v>0.75</v>
+        <v>0.625</v>
       </c>
       <c r="E669" s="2">
-        <v>0.84375</v>
+        <v>0.71875</v>
       </c>
       <c r="F669" t="s">
-        <v>17</v>
+        <v>126</v>
       </c>
       <c r="G669" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="H669" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="I669" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="D670" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="E670" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F670" t="s">
+        <v>130</v>
+      </c>
+      <c r="G670" t="s">
+        <v>11</v>
+      </c>
+      <c r="H670" t="s">
+        <v>127</v>
+      </c>
+      <c r="I670" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="671" spans="1:10">
+      <c r="A671" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>36</v>
+      </c>
+      <c r="D671" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="E671" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F671" t="s">
+        <v>126</v>
+      </c>
+      <c r="G671" t="s">
+        <v>31</v>
+      </c>
+      <c r="H671" t="s">
+        <v>127</v>
+      </c>
+      <c r="I671" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="672" spans="1:10">
+      <c r="A672" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B672" t="s">
+        <v>25</v>
+      </c>
+      <c r="D672" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E672" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F672" t="s">
+        <v>81</v>
+      </c>
+      <c r="G672" t="s">
+        <v>11</v>
+      </c>
+      <c r="H672" t="s">
+        <v>32</v>
+      </c>
+      <c r="I672" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="673" spans="1:10">
+      <c r="A673" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B673" t="s">
+        <v>25</v>
+      </c>
+      <c r="C673" t="s">
+        <v>100</v>
+      </c>
+      <c r="D673" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E673" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F673" t="s">
+        <v>52</v>
+      </c>
+      <c r="G673" t="s">
+        <v>18</v>
+      </c>
+      <c r="H673" t="s">
+        <v>101</v>
+      </c>
+      <c r="I673" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="674" spans="1:10">
+      <c r="A674" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B674" t="s">
+        <v>25</v>
+      </c>
+      <c r="C674" t="s">
+        <v>36</v>
+      </c>
+      <c r="D674" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E674" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F674" t="s">
+        <v>30</v>
+      </c>
+      <c r="G674" t="s">
+        <v>31</v>
+      </c>
+      <c r="H674" t="s">
+        <v>32</v>
+      </c>
+      <c r="I674" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="675" spans="1:10">
+      <c r="A675" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B675" t="s">
+        <v>25</v>
+      </c>
+      <c r="C675" t="s">
+        <v>29</v>
+      </c>
+      <c r="D675" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="E675" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F675" t="s">
+        <v>132</v>
+      </c>
+      <c r="G675" t="s">
+        <v>31</v>
+      </c>
+      <c r="H675" t="s">
+        <v>133</v>
+      </c>
+      <c r="I675" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="676" spans="1:10">
+      <c r="A676" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B676" t="s">
+        <v>25</v>
+      </c>
+      <c r="D676" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E676" s="2">
+        <v>0.70486111111111</v>
+      </c>
+      <c r="F676" t="s">
+        <v>134</v>
+      </c>
+      <c r="G676" t="s">
+        <v>11</v>
+      </c>
+      <c r="H676" t="s">
+        <v>133</v>
+      </c>
+      <c r="I676" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="677" spans="1:10">
+      <c r="A677" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B677" t="s">
+        <v>25</v>
+      </c>
+      <c r="C677" t="s">
+        <v>36</v>
+      </c>
+      <c r="D677" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="E677" s="2">
+        <v>0.78819444444444</v>
+      </c>
+      <c r="F677" t="s">
+        <v>132</v>
+      </c>
+      <c r="G677" t="s">
+        <v>31</v>
+      </c>
+      <c r="H677" t="s">
+        <v>133</v>
+      </c>
+      <c r="I677" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="678" spans="1:10">
+      <c r="A678" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B678" t="s">
+        <v>25</v>
+      </c>
+      <c r="C678" t="s">
+        <v>29</v>
+      </c>
+      <c r="D678" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="E678" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F678" t="s">
+        <v>55</v>
+      </c>
+      <c r="G678" t="s">
+        <v>31</v>
+      </c>
+      <c r="H678" t="s">
+        <v>56</v>
+      </c>
+      <c r="I678" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="679" spans="1:10">
+      <c r="A679" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B679" t="s">
+        <v>25</v>
+      </c>
+      <c r="D679" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="E679" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F679" t="s">
+        <v>120</v>
+      </c>
+      <c r="G679" t="s">
+        <v>11</v>
+      </c>
+      <c r="H679" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="680" spans="1:10">
+      <c r="A680" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B680" t="s">
+        <v>99</v>
+      </c>
+      <c r="C680" t="s">
+        <v>94</v>
+      </c>
+      <c r="D680" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E680" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="F680" t="s">
+        <v>52</v>
+      </c>
+      <c r="G680" t="s">
+        <v>18</v>
+      </c>
+      <c r="H680" t="s">
+        <v>95</v>
+      </c>
+      <c r="I680" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="681" spans="1:10">
+      <c r="A681" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B681" t="s">
+        <v>99</v>
+      </c>
+      <c r="C681" t="s">
+        <v>68</v>
+      </c>
+      <c r="D681" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E681" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F681" t="s">
+        <v>66</v>
+      </c>
+      <c r="G681" t="s">
+        <v>18</v>
+      </c>
+      <c r="H681" t="s">
+        <v>69</v>
+      </c>
+      <c r="I681" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="682" spans="1:10">
+      <c r="A682" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B682" t="s">
+        <v>99</v>
+      </c>
+      <c r="C682" t="s">
+        <v>102</v>
+      </c>
+      <c r="D682" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E682" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F682" t="s">
+        <v>52</v>
+      </c>
+      <c r="G682" t="s">
+        <v>18</v>
+      </c>
+      <c r="H682" t="s">
+        <v>56</v>
+      </c>
+      <c r="I682" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="683" spans="1:10">
+      <c r="A683" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B683" t="s">
+        <v>99</v>
+      </c>
+      <c r="C683" t="s">
+        <v>111</v>
+      </c>
+      <c r="D683" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E683" s="2">
+        <v>0.86458333333333</v>
+      </c>
+      <c r="F683" t="s">
+        <v>52</v>
+      </c>
+      <c r="G683" t="s">
+        <v>18</v>
+      </c>
+      <c r="H683" t="s">
+        <v>112</v>
+      </c>
+      <c r="I683" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="684" spans="1:10">
+      <c r="A684" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B684" t="s">
+        <v>40</v>
+      </c>
+      <c r="D684" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E684" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="F684" t="s">
+        <v>10</v>
+      </c>
+      <c r="G684" t="s">
+        <v>11</v>
+      </c>
+      <c r="H684" t="s">
+        <v>12</v>
+      </c>
+      <c r="I684" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="685" spans="1:10">
+      <c r="A685" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B685" t="s">
+        <v>40</v>
+      </c>
+      <c r="C685" t="s">
+        <v>106</v>
+      </c>
+      <c r="D685" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E685" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F685" t="s">
+        <v>52</v>
+      </c>
+      <c r="G685" t="s">
+        <v>18</v>
+      </c>
+      <c r="H685" t="s">
+        <v>107</v>
+      </c>
+      <c r="I685" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="686" spans="1:10">
+      <c r="A686" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B686" t="s">
+        <v>40</v>
+      </c>
+      <c r="C686" t="s">
+        <v>117</v>
+      </c>
+      <c r="D686" s="2">
+        <v>0.45486111111111</v>
+      </c>
+      <c r="E686" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="F686" t="s">
+        <v>52</v>
+      </c>
+      <c r="G686" t="s">
+        <v>18</v>
+      </c>
+      <c r="H686" t="s">
+        <v>118</v>
+      </c>
+      <c r="I686" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="687" spans="1:10">
+      <c r="A687" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B687" t="s">
+        <v>40</v>
+      </c>
+      <c r="C687" t="s">
+        <v>23</v>
+      </c>
+      <c r="D687" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E687" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="F687" t="s">
+        <v>17</v>
+      </c>
+      <c r="G687" t="s">
+        <v>18</v>
+      </c>
+      <c r="H687" t="s">
+        <v>27</v>
+      </c>
+      <c r="I687" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="688" spans="1:10">
+      <c r="A688" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B688" t="s">
+        <v>40</v>
+      </c>
+      <c r="C688" t="s">
+        <v>16</v>
+      </c>
+      <c r="D688" s="2">
+        <v>0.55555555555556</v>
+      </c>
+      <c r="E688" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F688" t="s">
+        <v>17</v>
+      </c>
+      <c r="G688" t="s">
+        <v>18</v>
+      </c>
+      <c r="H688" t="s">
+        <v>27</v>
+      </c>
+      <c r="I688" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="689" spans="1:10">
+      <c r="A689" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B689" t="s">
+        <v>40</v>
+      </c>
+      <c r="C689" t="s">
+        <v>89</v>
+      </c>
+      <c r="D689" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E689" s="2">
+        <v>0.85416666666667</v>
+      </c>
+      <c r="F689" t="s">
+        <v>66</v>
+      </c>
+      <c r="G689" t="s">
+        <v>18</v>
+      </c>
+      <c r="H689" t="s">
+        <v>90</v>
+      </c>
+      <c r="I689" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="690" spans="1:10">
+      <c r="A690" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B690" t="s">
+        <v>40</v>
+      </c>
+      <c r="C690" t="s">
+        <v>51</v>
+      </c>
+      <c r="D690" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E690" s="2">
+        <v>0.85416666666667</v>
+      </c>
+      <c r="F690" t="s">
+        <v>52</v>
+      </c>
+      <c r="G690" t="s">
+        <v>18</v>
+      </c>
+      <c r="H690" t="s">
+        <v>53</v>
+      </c>
+      <c r="I690" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="691" spans="1:10">
+      <c r="A691" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B691" t="s">
+        <v>40</v>
+      </c>
+      <c r="C691" t="s">
+        <v>20</v>
+      </c>
+      <c r="D691" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E691" s="2">
+        <v>0.74652777777778</v>
+      </c>
+      <c r="F691" t="s">
+        <v>17</v>
+      </c>
+      <c r="G691" t="s">
+        <v>18</v>
+      </c>
+      <c r="H691" t="s">
+        <v>27</v>
+      </c>
+      <c r="I691" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="692" spans="1:10">
+      <c r="A692" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B692" t="s">
+        <v>40</v>
+      </c>
+      <c r="C692" t="s">
+        <v>24</v>
+      </c>
+      <c r="D692" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E692" s="2">
+        <v>0.84375</v>
+      </c>
+      <c r="F692" t="s">
+        <v>17</v>
+      </c>
+      <c r="G692" t="s">
+        <v>18</v>
+      </c>
+      <c r="H692" t="s">
+        <v>27</v>
+      </c>
+      <c r="I692" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="693" spans="1:10">
+      <c r="A693" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B693" t="s">
+        <v>57</v>
+      </c>
+      <c r="D693" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E693" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F693" t="s">
+        <v>153</v>
+      </c>
+      <c r="G693" t="s">
+        <v>154</v>
+      </c>
+      <c r="H693" t="s">
+        <v>121</v>
+      </c>
+      <c r="I693" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10">
+      <c r="A694" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B694" t="s">
+        <v>57</v>
+      </c>
+      <c r="D694" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E694" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F694" t="s">
+        <v>155</v>
+      </c>
+      <c r="G694" t="s">
+        <v>78</v>
+      </c>
+      <c r="H694" t="s">
+        <v>56</v>
+      </c>
+      <c r="I694" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="695" spans="1:10">
+      <c r="A695" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B695" t="s">
+        <v>57</v>
+      </c>
+      <c r="C695" t="s">
+        <v>114</v>
+      </c>
+      <c r="D695" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="E695" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="F695" t="s">
+        <v>157</v>
+      </c>
+      <c r="G695" t="s">
+        <v>78</v>
+      </c>
+      <c r="H695" t="s">
+        <v>56</v>
+      </c>
+      <c r="I695" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10">
+      <c r="A696" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B696" t="s">
+        <v>25</v>
+      </c>
+      <c r="D696" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E696" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F696" t="s">
+        <v>158</v>
+      </c>
+      <c r="G696" t="s">
+        <v>154</v>
+      </c>
+      <c r="H696" t="s">
+        <v>32</v>
+      </c>
+      <c r="I696" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10">
+      <c r="A697" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B697" t="s">
+        <v>25</v>
+      </c>
+      <c r="D697" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E697" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F697" t="s">
+        <v>159</v>
+      </c>
+      <c r="G697" t="s">
+        <v>78</v>
+      </c>
+      <c r="H697" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10">
+      <c r="A698" s="1">
         <v>46059.0</v>
       </c>
-      <c r="B670" t="s">
+      <c r="B698" t="s">
         <v>99</v>
       </c>
-      <c r="D670" s="2">
+      <c r="D698" s="2">
         <v>0.58333333333333</v>
       </c>
-      <c r="E670" s="2">
+      <c r="E698" s="2">
         <v>0.61458333333333</v>
       </c>
-      <c r="F670" t="s">
-[...2 lines deleted...]
-      <c r="G670" t="s">
+      <c r="F698" t="s">
+        <v>160</v>
+      </c>
+      <c r="G698" t="s">
         <v>15</v>
       </c>
-      <c r="H670" t="s">
-[...2 lines deleted...]
-      <c r="I670" t="s">
+      <c r="H698" t="s">
+        <v>161</v>
+      </c>
+      <c r="I698" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10">
+      <c r="A699" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B699" t="s">
+        <v>57</v>
+      </c>
+      <c r="D699" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E699" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F699" t="s">
+        <v>162</v>
+      </c>
+      <c r="G699" t="s">
+        <v>154</v>
+      </c>
+      <c r="H699" t="s">
+        <v>151</v>
+      </c>
+      <c r="I699" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10">
+      <c r="A700" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="D700" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E700" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F700" t="s">
+        <v>163</v>
+      </c>
+      <c r="G700" t="s">
+        <v>15</v>
+      </c>
+      <c r="H700" t="s">
+        <v>56</v>
+      </c>
+      <c r="I700" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10">
+      <c r="A701" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="D701" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E701" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="F701" t="s">
+        <v>165</v>
+      </c>
+      <c r="G701" t="s">
+        <v>15</v>
+      </c>
+      <c r="H701" t="s">
+        <v>56</v>
+      </c>
+      <c r="I701" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10">
+      <c r="A702" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="D702" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E702" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F702" t="s">
+        <v>166</v>
+      </c>
+      <c r="G702" t="s">
+        <v>15</v>
+      </c>
+      <c r="H702" t="s">
+        <v>167</v>
+      </c>
+      <c r="I702" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10">
+      <c r="A703" s="1">
+        <v>46069.0</v>
+      </c>
+      <c r="B703" t="s">
+        <v>40</v>
+      </c>
+      <c r="D703" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E703" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F703" t="s">
+        <v>168</v>
+      </c>
+      <c r="G703" t="s">
+        <v>78</v>
+      </c>
+      <c r="H703" t="s">
+        <v>19</v>
+      </c>
+      <c r="I703" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10">
+      <c r="A704" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B704" t="s">
+        <v>57</v>
+      </c>
+      <c r="D704" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E704" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F704" t="s">
+        <v>169</v>
+      </c>
+      <c r="G704" t="s">
+        <v>154</v>
+      </c>
+      <c r="H704" t="s">
+        <v>151</v>
+      </c>
+      <c r="I704" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>