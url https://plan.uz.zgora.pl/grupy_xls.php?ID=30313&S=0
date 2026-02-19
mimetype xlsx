--- v0 (2025-12-31)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -341,69 +341,99 @@
   <si>
     <t>Ekonomia i zarządzanie w ochronie zdrowia (W)</t>
   </si>
   <si>
     <t>dr Piotr Bromber</t>
   </si>
   <si>
     <t>2 A-29</t>
   </si>
   <si>
     <t>dr Grzegorz Hryniewicz</t>
   </si>
   <si>
     <t>341 A-16</t>
   </si>
   <si>
     <t>Dydaktyka medyczna (Ć)</t>
   </si>
   <si>
     <t>11 A-16</t>
   </si>
   <si>
     <t>Humanizacja Medycyny zaliczenie końcowe (R)</t>
   </si>
   <si>
+    <t>303 A-29</t>
+  </si>
+  <si>
+    <t>Konsultacje (I)</t>
+  </si>
+  <si>
     <t>Biochemia z elementami chemii- całość (R)</t>
   </si>
   <si>
     <t>C A-16</t>
   </si>
   <si>
     <t>336 A-16</t>
   </si>
   <si>
     <t>302 A-22</t>
   </si>
   <si>
-    <t>Biochemia - egzamin (E)</t>
+    <t>Anatomia - egzamin (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
+    <t>11/11a A-22</t>
+  </si>
+  <si>
+    <t>Biologia i mikrobiologia - test zaliczeniowy (I)</t>
+  </si>
+  <si>
+    <t>Prawo medyczne - test zaliczeniowy (I)</t>
+  </si>
+  <si>
+    <t>dr n. biol. Dorota Lorkiewicz-Muszyńska</t>
+  </si>
+  <si>
+    <t>6 F</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+  </si>
+  <si>
+    <t>dr Marzena Gutowicz; prof. dr hab. Agnieszka Zembroń-Łacny</t>
+  </si>
+  <si>
     <t>CEN EGZ A-23</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - II termin egzaminu (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -711,54 +741,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J316"/>
+  <dimension ref="A1:J322"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E316" sqref="E316"/>
+      <selection activeCell="E322" sqref="E322"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="201.665" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7831,1641 +7861,1788 @@
       </c>
       <c r="C258" t="s">
         <v>76</v>
       </c>
       <c r="D258" s="2">
         <v>0.4375</v>
       </c>
       <c r="E258" s="2">
         <v>0.59375</v>
       </c>
       <c r="F258" t="s">
         <v>61</v>
       </c>
       <c r="G258" t="s">
         <v>25</v>
       </c>
       <c r="H258" t="s">
         <v>26</v>
       </c>
       <c r="I258" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B259" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D259" s="2">
-        <v>0.53125</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E259" s="2">
-        <v>0.625</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F259" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="G259" t="s">
         <v>12</v>
       </c>
       <c r="H259" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="I259" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B260" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D260" s="2">
-        <v>0.63541666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E260" s="2">
-        <v>0.72916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F260" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="G260" t="s">
         <v>12</v>
       </c>
       <c r="H260" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="I260" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B261" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>47</v>
       </c>
       <c r="D261" s="2">
-        <v>0.73958333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E261" s="2">
-        <v>0.83333333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F261" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="G261" t="s">
         <v>12</v>
       </c>
       <c r="H261" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="I261" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
         <v>46037.0</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
-      <c r="C262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D262" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E262" s="2">
-        <v>0.39583333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F262" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="G262" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H262" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="I262" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B263" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C263" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="D263" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E263" s="2">
-        <v>0.46875</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F263" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="G263" t="s">
         <v>12</v>
       </c>
       <c r="H263" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="I263" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B264" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C264" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D264" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E264" s="2">
-        <v>0.63541666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F264" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="G264" t="s">
         <v>12</v>
       </c>
       <c r="H264" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="I264" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B265" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D265" s="2">
-        <v>0.64583333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E265" s="2">
-        <v>0.83333333333333</v>
+        <v>0.84375</v>
       </c>
       <c r="F265" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="G265" t="s">
         <v>19</v>
       </c>
       <c r="H265" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>89</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B266" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C266" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="D266" s="2">
-        <v>0.33333333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="E266" s="2">
-        <v>0.64583333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F266" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G266" t="s">
         <v>12</v>
       </c>
       <c r="H266" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B267" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C267" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="D267" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E267" s="2">
-        <v>0.64583333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F267" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="G267" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="H267" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="I267" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B268" t="s">
-        <v>22</v>
+        <v>31</v>
+      </c>
+      <c r="C268" t="s">
+        <v>95</v>
       </c>
       <c r="D268" s="2">
-        <v>0.6875</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E268" s="2">
-        <v>0.84375</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F268" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="G268" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="H268" t="s">
-        <v>89</v>
+        <v>93</v>
+      </c>
+      <c r="I268" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46041.0</v>
       </c>
       <c r="B269" t="s">
         <v>31</v>
       </c>
       <c r="C269" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D269" s="2">
-        <v>0.34375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E269" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F269" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="G269" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="H269" t="s">
-        <v>88</v>
+        <v>98</v>
+      </c>
+      <c r="I269" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46041.0</v>
       </c>
       <c r="B270" t="s">
         <v>31</v>
       </c>
-      <c r="C270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D270" s="2">
-        <v>0.4375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E270" s="2">
-        <v>0.5</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F270" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G270" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="H270" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I270" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46041.0</v>
       </c>
       <c r="B271" t="s">
         <v>31</v>
       </c>
       <c r="C271" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="D271" s="2">
-        <v>0.51041666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E271" s="2">
-        <v>0.57291666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F271" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="G271" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>36</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B272" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D272" s="2">
-        <v>0.58333333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E272" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F272" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G272" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="I272" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B273" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D273" s="2">
-        <v>0.69791666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E273" s="2">
-        <v>0.76041666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F273" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="G273" t="s">
         <v>19</v>
       </c>
       <c r="H273" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
       <c r="I273" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B274" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C274" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D274" s="2">
-        <v>0.70833333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E274" s="2">
-        <v>0.875</v>
+        <v>0.67638888888889</v>
       </c>
       <c r="F274" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G274" t="s">
-        <v>36</v>
+        <v>12</v>
+      </c>
+      <c r="H274" t="s">
+        <v>44</v>
+      </c>
+      <c r="I274" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
         <v>46042.0</v>
       </c>
       <c r="B275" t="s">
         <v>37</v>
       </c>
+      <c r="C275" t="s">
+        <v>46</v>
+      </c>
       <c r="D275" s="2">
-        <v>0.41666666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E275" s="2">
-        <v>0.4375</v>
+        <v>0.78055555555556</v>
       </c>
       <c r="F275" t="s">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="G275" t="s">
-        <v>82</v>
+        <v>12</v>
+      </c>
+      <c r="H275" t="s">
+        <v>44</v>
       </c>
       <c r="I275" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
         <v>46042.0</v>
       </c>
       <c r="B276" t="s">
         <v>37</v>
       </c>
+      <c r="C276" t="s">
+        <v>47</v>
+      </c>
       <c r="D276" s="2">
-        <v>0.5</v>
+        <v>0.78125</v>
       </c>
       <c r="E276" s="2">
-        <v>0.5625</v>
+        <v>0.88472222222222</v>
       </c>
       <c r="F276" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G276" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H276" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="I276" t="s">
-        <v>74</v>
+        <v>45</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B277" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D277" s="2">
-        <v>0.57291666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E277" s="2">
-        <v>0.67638888888889</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F277" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G277" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H277" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B278" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="C278" t="s">
         <v>46</v>
       </c>
       <c r="D278" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E278" s="2">
-        <v>0.78055555555556</v>
+        <v>0.75</v>
       </c>
       <c r="F278" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G278" t="s">
         <v>12</v>
       </c>
       <c r="H278" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="I278" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
-        <v>46042.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B279" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D279" s="2">
-        <v>0.78125</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E279" s="2">
-        <v>0.88472222222222</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F279" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="G279" t="s">
         <v>12</v>
       </c>
       <c r="H279" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="I279" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B280" t="s">
-        <v>48</v>
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>15</v>
       </c>
       <c r="D280" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E280" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F280" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="G280" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H280" t="s">
-        <v>50</v>
+        <v>13</v>
+      </c>
+      <c r="I280" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B281" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D281" s="2">
-        <v>0.4375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E281" s="2">
-        <v>0.75</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F281" t="s">
         <v>33</v>
       </c>
       <c r="G281" t="s">
         <v>12</v>
       </c>
       <c r="H281" t="s">
         <v>26</v>
       </c>
       <c r="I281" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="1">
         <v>46044.0</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
-      <c r="C282" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D282" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E282" s="2">
-        <v>0.39583333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F282" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="G282" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H282" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="I282" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B283" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C283" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D283" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E283" s="2">
-        <v>0.46875</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F283" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="G283" t="s">
         <v>12</v>
       </c>
       <c r="H283" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="I283" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B284" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C284" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="D284" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E284" s="2">
-        <v>0.63541666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F284" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="G284" t="s">
         <v>12</v>
       </c>
       <c r="H284" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="I284" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B285" t="s">
-        <v>9</v>
+        <v>22</v>
+      </c>
+      <c r="C285" t="s">
+        <v>47</v>
       </c>
       <c r="D285" s="2">
-        <v>0.64583333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E285" s="2">
-        <v>0.83333333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F285" t="s">
-        <v>101</v>
+        <v>54</v>
       </c>
       <c r="G285" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H285" t="s">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="I285" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B286" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C286" t="s">
-        <v>32</v>
+        <v>86</v>
       </c>
       <c r="D286" s="2">
-        <v>0.33333333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="E286" s="2">
-        <v>0.64583333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F286" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="G286" t="s">
         <v>12</v>
       </c>
       <c r="H286" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>88</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B287" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C287" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="D287" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E287" s="2">
-        <v>0.64583333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F287" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="G287" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="H287" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="I287" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
         <v>46048.0</v>
       </c>
       <c r="B288" t="s">
         <v>31</v>
       </c>
       <c r="C288" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D288" s="2">
-        <v>0.34375</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E288" s="2">
-        <v>0.5</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F288" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G288" t="s">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="H288" t="s">
-        <v>88</v>
+        <v>93</v>
+      </c>
+      <c r="I288" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>46048.0</v>
       </c>
       <c r="B289" t="s">
         <v>31</v>
       </c>
       <c r="C289" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D289" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E289" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F289" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="G289" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="H289" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="I289" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
         <v>46048.0</v>
       </c>
       <c r="B290" t="s">
         <v>31</v>
       </c>
-      <c r="C290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D290" s="2">
-        <v>0.51041666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E290" s="2">
-        <v>0.57291666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F290" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="G290" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="H290" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I290" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
         <v>46048.0</v>
       </c>
       <c r="B291" t="s">
         <v>31</v>
       </c>
       <c r="C291" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="D291" s="2">
-        <v>0.58333333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E291" s="2">
-        <v>0.67708333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F291" t="s">
-        <v>97</v>
+        <v>35</v>
       </c>
       <c r="G291" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
         <v>46048.0</v>
       </c>
       <c r="B292" t="s">
         <v>31</v>
       </c>
       <c r="D292" s="2">
-        <v>0.69791666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E292" s="2">
-        <v>0.76041666666667</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F292" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="G292" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H292" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B293" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D293" s="2">
-        <v>0.70833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E293" s="2">
-        <v>0.875</v>
+        <v>0.5625</v>
       </c>
       <c r="F293" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="G293" t="s">
-        <v>36</v>
+        <v>19</v>
+      </c>
+      <c r="H293" t="s">
+        <v>80</v>
+      </c>
+      <c r="I293" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
         <v>46049.0</v>
       </c>
       <c r="B294" t="s">
         <v>37</v>
       </c>
+      <c r="C294" t="s">
+        <v>46</v>
+      </c>
       <c r="D294" s="2">
-        <v>0.53125</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E294" s="2">
-        <v>0.5625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F294" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="G294" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H294" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="I294" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
         <v>46049.0</v>
       </c>
       <c r="B295" t="s">
         <v>37</v>
       </c>
       <c r="C295" t="s">
         <v>32</v>
       </c>
       <c r="D295" s="2">
         <v>0.57291666666667</v>
       </c>
       <c r="E295" s="2">
         <v>0.67638888888889</v>
       </c>
       <c r="F295" t="s">
         <v>43</v>
       </c>
       <c r="G295" t="s">
         <v>12</v>
       </c>
       <c r="H295" t="s">
         <v>44</v>
       </c>
       <c r="I295" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
         <v>46049.0</v>
       </c>
       <c r="B296" t="s">
         <v>37</v>
       </c>
       <c r="C296" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D296" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E296" s="2">
-        <v>0.78055555555556</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F296" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G296" t="s">
         <v>12</v>
       </c>
       <c r="H296" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="I296" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
         <v>46049.0</v>
       </c>
       <c r="B297" t="s">
         <v>37</v>
       </c>
       <c r="C297" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D297" s="2">
-        <v>0.78125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E297" s="2">
-        <v>0.88472222222222</v>
+        <v>0.78055555555556</v>
       </c>
       <c r="F297" t="s">
         <v>43</v>
       </c>
       <c r="G297" t="s">
         <v>12</v>
       </c>
       <c r="H297" t="s">
         <v>44</v>
       </c>
       <c r="I297" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B298" t="s">
-        <v>48</v>
+        <v>37</v>
+      </c>
+      <c r="C298" t="s">
+        <v>47</v>
       </c>
       <c r="D298" s="2">
-        <v>0.33333333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E298" s="2">
-        <v>0.39583333333333</v>
+        <v>0.88472222222222</v>
       </c>
       <c r="F298" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G298" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H298" t="s">
-        <v>50</v>
+        <v>44</v>
+      </c>
+      <c r="I298" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
         <v>46050.0</v>
       </c>
       <c r="B299" t="s">
         <v>48</v>
       </c>
       <c r="D299" s="2">
-        <v>0.41666666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E299" s="2">
-        <v>0.45833333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F299" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="G299" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="H299" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>50</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>46050.0</v>
       </c>
       <c r="B300" t="s">
         <v>48</v>
       </c>
       <c r="D300" s="2">
-        <v>0.55208333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E300" s="2">
-        <v>0.61458333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F300" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="G300" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="H300" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="I300" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
         <v>46050.0</v>
       </c>
       <c r="B301" t="s">
         <v>48</v>
       </c>
-      <c r="C301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D301" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E301" s="2">
-        <v>0.84375</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F301" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="G301" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="H301" t="s">
         <v>104</v>
       </c>
       <c r="I301" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B302" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="C302" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="D302" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E302" s="2">
-        <v>0.39583333333333</v>
+        <v>0.84375</v>
       </c>
       <c r="F302" t="s">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="G302" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="H302" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="I302" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
         <v>46051.0</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D303" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E303" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F303" t="s">
         <v>11</v>
       </c>
       <c r="G303" t="s">
         <v>12</v>
       </c>
       <c r="H303" t="s">
         <v>13</v>
       </c>
       <c r="I303" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
         <v>46051.0</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D304" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E304" s="2">
-        <v>0.63541666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F304" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="G304" t="s">
         <v>12</v>
       </c>
       <c r="H304" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="I304" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
         <v>46051.0</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
+      <c r="C305" t="s">
+        <v>46</v>
+      </c>
       <c r="D305" s="2">
-        <v>0.64583333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E305" s="2">
-        <v>0.83333333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F305" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="G305" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="H305" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="I305" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B306" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D306" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E306" s="2">
-        <v>0.64583333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F306" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
       <c r="G306" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="H306" t="s">
-        <v>26</v>
+        <v>102</v>
       </c>
       <c r="I306" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
         <v>46052.0</v>
       </c>
       <c r="B307" t="s">
         <v>22</v>
       </c>
       <c r="C307" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D307" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E307" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F307" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="G307" t="s">
         <v>12</v>
       </c>
       <c r="H307" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="I307" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
         <v>46052.0</v>
       </c>
       <c r="B308" t="s">
         <v>22</v>
       </c>
       <c r="C308" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="D308" s="2">
-        <v>0.70833333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E308" s="2">
-        <v>0.83333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F308" t="s">
-        <v>106</v>
+        <v>64</v>
       </c>
       <c r="G308" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H308" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="I308" t="s">
-        <v>112</v>
+        <v>66</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B309" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="C309" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D309" s="2">
-        <v>0.36458333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E309" s="2">
-        <v>0.52083333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F309" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="G309" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="H309" t="s">
-        <v>88</v>
+        <v>104</v>
+      </c>
+      <c r="I309" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B310" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="D310" s="2">
-        <v>0.5</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E310" s="2">
-        <v>0.53125</v>
+        <v>0.875</v>
       </c>
       <c r="F310" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="G310" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="H310" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>78</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
         <v>46055.0</v>
       </c>
       <c r="B311" t="s">
         <v>31</v>
       </c>
       <c r="C311" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="D311" s="2">
-        <v>0.54166666666667</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="E311" s="2">
-        <v>0.57291666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F311" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="G311" t="s">
-        <v>92</v>
+        <v>12</v>
       </c>
       <c r="H311" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>46055.0</v>
       </c>
       <c r="B312" t="s">
         <v>31</v>
       </c>
       <c r="C312" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D312" s="2">
-        <v>0.58333333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E312" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="F312" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="G312" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H312" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="I312" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>46055.0</v>
       </c>
       <c r="B313" t="s">
         <v>31</v>
       </c>
+      <c r="C313" t="s">
+        <v>95</v>
+      </c>
       <c r="D313" s="2">
-        <v>0.69791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E313" s="2">
-        <v>0.76041666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F313" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="G313" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="H313" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="I313" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
         <v>46055.0</v>
       </c>
       <c r="B314" t="s">
         <v>31</v>
       </c>
       <c r="C314" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="D314" s="2">
-        <v>0.70833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E314" s="2">
-        <v>0.875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F314" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="G314" t="s">
         <v>36</v>
       </c>
+      <c r="H314" t="s">
+        <v>98</v>
+      </c>
+      <c r="I314" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
-        <v>46064.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B315" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="D315" s="2">
-        <v>0.45833333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E315" s="2">
-        <v>0.52083333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F315" t="s">
-        <v>113</v>
+        <v>70</v>
       </c>
       <c r="G315" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="H315" t="s">
-        <v>55</v>
+        <v>104</v>
       </c>
       <c r="I315" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
-        <v>46076.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B316" t="s">
         <v>31</v>
       </c>
+      <c r="C316" t="s">
+        <v>34</v>
+      </c>
       <c r="D316" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="E316" s="2">
+        <v>0.875</v>
+      </c>
+      <c r="F316" t="s">
+        <v>35</v>
+      </c>
+      <c r="G316" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B317" t="s">
+        <v>37</v>
+      </c>
+      <c r="D317" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E317" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F317" t="s">
+        <v>115</v>
+      </c>
+      <c r="G317" t="s">
+        <v>116</v>
+      </c>
+      <c r="H317" t="s">
+        <v>44</v>
+      </c>
+      <c r="I317" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="D318" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E318" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F318" t="s">
+        <v>118</v>
+      </c>
+      <c r="G318" t="s">
+        <v>17</v>
+      </c>
+      <c r="H318" t="s">
+        <v>80</v>
+      </c>
+      <c r="I318" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="D319" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="E319" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F319" t="s">
+        <v>119</v>
+      </c>
+      <c r="G319" t="s">
+        <v>17</v>
+      </c>
+      <c r="H319" t="s">
+        <v>120</v>
+      </c>
+      <c r="I319" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B320" t="s">
+        <v>22</v>
+      </c>
+      <c r="D320" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="E320" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="F320" t="s">
+        <v>110</v>
+      </c>
+      <c r="G320" t="s">
+        <v>17</v>
+      </c>
+      <c r="H320" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B321" t="s">
+        <v>48</v>
+      </c>
+      <c r="D321" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E316" s="2">
+      <c r="E321" s="2">
         <v>0.52083333333333</v>
       </c>
-      <c r="F316" t="s">
-[...9 lines deleted...]
-        <v>115</v>
+      <c r="F321" t="s">
+        <v>122</v>
+      </c>
+      <c r="G321" t="s">
+        <v>116</v>
+      </c>
+      <c r="H321" t="s">
+        <v>123</v>
+      </c>
+      <c r="I321" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B322" t="s">
+        <v>31</v>
+      </c>
+      <c r="D322" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E322" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F322" t="s">
+        <v>125</v>
+      </c>
+      <c r="G322" t="s">
+        <v>116</v>
+      </c>
+      <c r="H322" t="s">
+        <v>123</v>
+      </c>
+      <c r="I322" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>