--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -12,317 +12,311 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Śr</t>
+  </si>
+  <si>
+    <t>Prawo medyczne (W)</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>dr n. biol. Monica Abreu-Głowacka; dr n. biol. Dorota Lorkiewicz-Muszyńska; dr n. med. Natalia Macioszek-Zieleźnik; dr n. med. Aleksander Mularski; dr n. med. Julia Sobol</t>
+  </si>
+  <si>
+    <t>Dydaktyka medyczna (W)</t>
+  </si>
+  <si>
+    <t>dr Grzegorz Hryniewicz</t>
+  </si>
+  <si>
+    <t>341 A-16</t>
+  </si>
+  <si>
+    <t>ćwA</t>
+  </si>
+  <si>
+    <t>Dydaktyka medyczna (Ć)</t>
+  </si>
+  <si>
+    <t>Ć</t>
+  </si>
+  <si>
+    <t>11 A-16</t>
+  </si>
+  <si>
+    <t>Cz</t>
+  </si>
+  <si>
+    <t>jo2</t>
+  </si>
+  <si>
+    <t>Język angielski w ratownictwie medycznym I (L)</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>mgr Agata Poźniak</t>
+  </si>
+  <si>
+    <t>02b C-2</t>
+  </si>
+  <si>
+    <t>jo1</t>
+  </si>
+  <si>
+    <t>Ekonomia i zarządzanie w ochronie zdrowia (W)</t>
+  </si>
+  <si>
+    <t>dr Piotr Bromber</t>
+  </si>
+  <si>
+    <t>2 A-29</t>
+  </si>
+  <si>
     <t>Pi</t>
   </si>
   <si>
+    <t>PDW4</t>
+  </si>
+  <si>
+    <t>Przedmiot do wyboru - Zabiegi pielęgnacyjne w stanach zagrożenia życia (W)</t>
+  </si>
+  <si>
+    <t>dr n. med. Sybilla Brzozowska-Mańkowska</t>
+  </si>
+  <si>
+    <t>L3</t>
+  </si>
+  <si>
+    <t>Medyczne czynności ratunkowe: Podstawowe czynności ratunkowe BLS (L)</t>
+  </si>
+  <si>
+    <t>mgr Patryk German</t>
+  </si>
+  <si>
+    <t>102 A-22</t>
+  </si>
+  <si>
+    <t>PDW2</t>
+  </si>
+  <si>
+    <t>Przedmiot do wyboru - Zabiegi pielęgnacyjne w stanach zagrożenia życia (L)</t>
+  </si>
+  <si>
+    <t>lek. Anna Noga</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>sem2</t>
+  </si>
+  <si>
+    <t>Biologia i mikrobiologia (S)</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>dr Ewa Bok</t>
+  </si>
+  <si>
+    <t>125 A-2</t>
+  </si>
+  <si>
+    <t>sem1</t>
+  </si>
+  <si>
+    <t>Socjologia medycyny (Ć)</t>
+  </si>
+  <si>
+    <t>dr Izabela Kaźmierczak-Kałużna</t>
+  </si>
+  <si>
+    <t>109 A-29</t>
+  </si>
+  <si>
+    <t>wf1,wf2</t>
+  </si>
+  <si>
+    <t>Wychowanie fizyczne (Ć)</t>
+  </si>
+  <si>
+    <t>Wt</t>
+  </si>
+  <si>
+    <t>lab1</t>
+  </si>
+  <si>
+    <t>Język migowy i komunikacja alternatywna (L)</t>
+  </si>
+  <si>
+    <t>mgr Robert Minda</t>
+  </si>
+  <si>
+    <t>117 A-29</t>
+  </si>
+  <si>
+    <t>lab2</t>
+  </si>
+  <si>
+    <t>Biologia i mikrobiologia (W)</t>
+  </si>
+  <si>
+    <t>dr Justyna Mazurek-Popczyk</t>
+  </si>
+  <si>
+    <t>120 A-2</t>
+  </si>
+  <si>
+    <t>L1</t>
+  </si>
+  <si>
+    <t>Anatomia (L)</t>
+  </si>
+  <si>
+    <t>dr Agnieszka Kilanowska</t>
+  </si>
+  <si>
+    <t>0.15 O</t>
+  </si>
+  <si>
+    <t>L2</t>
+  </si>
+  <si>
     <t>CSM2</t>
   </si>
   <si>
-    <t>Medyczne czynności ratunkowe: Podstawowe czynności ratunkowe BLS (war)</t>
+    <t>Podstawowe zabiegi medyczne i techniki zabiegów medycznych (war)</t>
   </si>
   <si>
     <t>war</t>
   </si>
   <si>
-    <t>mgr Patryk German</t>
-[...89 lines deleted...]
-    <t>Biochemia z elementami chemii - I  kolokwium (R)</t>
+    <t>Biochemia z elementami chemii (L)</t>
+  </si>
+  <si>
+    <t>dr Marzena Gutowicz</t>
+  </si>
+  <si>
+    <t>Podstawowe zabiegi medyczne i techniki zabiegów medycznych (L)</t>
+  </si>
+  <si>
+    <t>mgr Mariusz Moszak</t>
+  </si>
+  <si>
+    <t>306 A-22</t>
+  </si>
+  <si>
+    <t>Humanizacja medycyny (W)</t>
+  </si>
+  <si>
+    <t>dr n. med. Agnieszka Szczepek</t>
+  </si>
+  <si>
+    <t>Humanizacja Medycyny zaliczenie końcowe (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
-    <t>dr Marzena Gutowicz</t>
-[...1 lines deleted...]
-  <si>
     <t>101 A-22</t>
   </si>
   <si>
-    <t>Biochemia z elementami chemii (L)</t>
-[...121 lines deleted...]
-  <si>
     <t>Biochemia z elementami chemii- całość (R)</t>
+  </si>
+  <si>
+    <t>C A-16</t>
+  </si>
+  <si>
+    <t>336 A-16</t>
+  </si>
+  <si>
+    <t>302 A-22</t>
+  </si>
+  <si>
+    <t>Biochemia - egzamin (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>CEN EGZ A-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -630,5395 +624,2320 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J193"/>
+  <dimension ref="A1:J82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E193" sqref="E193"/>
+      <selection activeCell="E82" sqref="E82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="201.665" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>45975.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E2" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="2">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>11</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
-        <v>45975.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="E3" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
-        <v>45975.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D4" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="E4" s="2">
-        <v>0.77083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H4" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
-        <v>45975.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="2">
-        <v>0.78125</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E5" s="2">
-        <v>0.875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
-        <v>45978.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E6" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F6" t="s">
         <v>22</v>
       </c>
-      <c r="D6" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="G6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" t="s">
         <v>24</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
-        <v>45978.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="E7" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F7" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="2">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H7" t="s">
         <v>28</v>
       </c>
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
-        <v>45978.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
       </c>
       <c r="D8" s="2">
-        <v>0.79166666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E8" s="2">
-        <v>0.875</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
-        <v>45979.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E9" s="2">
-        <v>0.42708333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
-        <v>45979.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" s="2">
-        <v>0.43055555555556</v>
+        <v>0.5</v>
       </c>
       <c r="E10" s="2">
-        <v>0.49305555555556</v>
+        <v>0.65625</v>
       </c>
       <c r="F10" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H10" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
-        <v>45979.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>41</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
       </c>
       <c r="D11" s="2">
+        <v>0.34375</v>
+      </c>
+      <c r="E11" s="2">
         <v>0.5</v>
       </c>
-      <c r="E11" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
-        <v>45979.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="D12" s="2">
-        <v>0.57291666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E12" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F12" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H12" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I12" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45979.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B13" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="D13" s="2">
-        <v>0.67708333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E13" s="2">
-        <v>0.77083333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F13" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H13" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I13" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
-        <v>45979.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D14" s="2">
-        <v>0.78125</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E14" s="2">
-        <v>0.875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F14" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H14" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I14" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
-        <v>45980.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E15" s="2">
-        <v>0.39583333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H15" t="s">
-        <v>42</v>
+        <v>14</v>
+      </c>
+      <c r="I15" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
-        <v>45980.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
       </c>
       <c r="D16" s="2">
-        <v>0.41666666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E16" s="2">
-        <v>0.45833333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F16" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
-        <v>45980.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="D17" s="2">
-        <v>0.53125</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E17" s="2">
-        <v>0.625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F17" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G17" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I17" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
-        <v>45980.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="D18" s="2">
-        <v>0.63541666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E18" s="2">
-        <v>0.72916666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G18" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H18" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="I18" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
-        <v>45980.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D19" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E19" s="2">
-        <v>0.83333333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G19" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I19" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
-        <v>45981.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D20" s="2">
-        <v>0.33333333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E20" s="2">
-        <v>0.39583333333333</v>
+        <v>0.67638888888889</v>
       </c>
       <c r="F20" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="G20" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H20" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="I20" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
-        <v>45981.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="D21" s="2">
-        <v>0.40625</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E21" s="2">
-        <v>0.46875</v>
+        <v>0.78055555555556</v>
       </c>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="G21" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="I21" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
-        <v>45981.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>53</v>
+      </c>
+      <c r="C22" t="s">
+        <v>34</v>
       </c>
       <c r="D22" s="2">
-        <v>0.52777777777778</v>
+        <v>0.78125</v>
       </c>
       <c r="E22" s="2">
-        <v>0.59027777777778</v>
+        <v>0.88472222222222</v>
       </c>
       <c r="F22" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="G22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H22" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="I22" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
-        <v>45981.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E23" s="2">
-        <v>0.66666666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F23" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="G23" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H23" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
-        <v>45981.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>20</v>
+        <v>67</v>
       </c>
       <c r="D24" s="2">
-        <v>0.67708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E24" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F24" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G24" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="H24" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="I24" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
-        <v>45981.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D25" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E25" s="2">
-        <v>0.8125</v>
+        <v>0.625</v>
       </c>
       <c r="F25" t="s">
+        <v>70</v>
+      </c>
+      <c r="G25" t="s">
+        <v>23</v>
+      </c>
+      <c r="H25" t="s">
+        <v>71</v>
+      </c>
+      <c r="I25" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>45982.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D26" s="2">
-        <v>0.33333333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E26" s="2">
-        <v>0.48958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H26" t="s">
-        <v>61</v>
+        <v>71</v>
+      </c>
+      <c r="I26" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>45982.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D27" s="2">
-        <v>0.33333333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E27" s="2">
-        <v>0.64583333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="G27" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H27" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="I27" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
-        <v>45982.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D28" s="2">
-        <v>0.5</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E28" s="2">
-        <v>0.65625</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F28" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H28" t="s">
-        <v>67</v>
+        <v>24</v>
+      </c>
+      <c r="I28" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>45982.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>20</v>
+      </c>
+      <c r="C29" t="s">
+        <v>26</v>
       </c>
       <c r="D29" s="2">
-        <v>0.6875</v>
+        <v>0.40625</v>
       </c>
       <c r="E29" s="2">
-        <v>0.84375</v>
+        <v>0.46875</v>
       </c>
       <c r="F29" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
+        <v>23</v>
+      </c>
+      <c r="H29" t="s">
         <v>24</v>
       </c>
-      <c r="H29" t="s">
-        <v>69</v>
+      <c r="I29" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
-        <v>45985.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B30" t="s">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="C30" t="s">
+        <v>34</v>
       </c>
       <c r="D30" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E30" s="2">
-        <v>0.42708333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H30" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I30" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
-        <v>45985.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B31" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D31" s="2">
-        <v>0.44791666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E31" s="2">
-        <v>0.54166666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F31" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G31" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H31" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I31" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
-        <v>45985.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B32" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="D32" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E32" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F32" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="H32" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="I32" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
-        <v>45985.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B33" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C33" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="D33" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E33" s="2">
-        <v>0.6875</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F33" t="s">
         <v>72</v>
       </c>
       <c r="G33" t="s">
+        <v>23</v>
+      </c>
+      <c r="H33" t="s">
         <v>73</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>45985.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B34" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D34" s="2">
-        <v>0.70833333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="E34" s="2">
-        <v>0.875</v>
+        <v>0.84375</v>
       </c>
       <c r="F34" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="G34" t="s">
-        <v>29</v>
+        <v>11</v>
+      </c>
+      <c r="H34" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B35" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C35" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D35" s="2">
-        <v>0.35416666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="E35" s="2">
-        <v>0.41666666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G35" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H35" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B36" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C36" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D36" s="2">
-        <v>0.42708333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E36" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F36" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G36" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H36" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="I36" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B37" t="s">
-        <v>32</v>
+        <v>41</v>
+      </c>
+      <c r="C37" t="s">
+        <v>47</v>
       </c>
       <c r="D37" s="2">
-        <v>0.5</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E37" s="2">
-        <v>0.5625</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F37" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G37" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H37" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I37" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B38" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D38" s="2">
-        <v>0.57291666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E38" s="2">
-        <v>0.66666666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G38" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H38" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="I38" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B39" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D39" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E39" s="2">
-        <v>0.77083333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F39" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="I39" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B40" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C40" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="D40" s="2">
-        <v>0.78125</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E40" s="2">
         <v>0.875</v>
       </c>
       <c r="F40" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="G40" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="H40" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
-        <v>45987.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B41" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="D41" s="2">
-        <v>0.33333333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E41" s="2">
-        <v>0.39583333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="G41" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>78</v>
+      </c>
+      <c r="I41" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
-        <v>45987.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B42" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D42" s="2">
-        <v>0.53125</v>
+        <v>0.5</v>
       </c>
       <c r="E42" s="2">
-        <v>0.625</v>
+        <v>0.5625</v>
       </c>
       <c r="F42" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="G42" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H42" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I42" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
-        <v>45987.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B43" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D43" s="2">
-        <v>0.63541666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E43" s="2">
-        <v>0.72916666666667</v>
+        <v>0.67638888888889</v>
       </c>
       <c r="F43" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="G43" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H43" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="I43" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
-        <v>45987.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B44" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="D44" s="2">
-        <v>0.73958333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E44" s="2">
-        <v>0.83333333333333</v>
+        <v>0.78055555555556</v>
       </c>
       <c r="F44" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="G44" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H44" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="I44" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
-        <v>45988.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B45" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C45" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="D45" s="2">
-        <v>0.33333333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="E45" s="2">
-        <v>0.39583333333333</v>
+        <v>0.88472222222222</v>
       </c>
       <c r="F45" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="G45" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H45" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="I45" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
-        <v>45988.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B46" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D46" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E46" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F46" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G46" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H46" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
-        <v>45988.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B47" t="s">
-        <v>48</v>
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>66</v>
       </c>
       <c r="D47" s="2">
-        <v>0.52777777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="E47" s="2">
-        <v>0.59027777777778</v>
+        <v>0.75</v>
       </c>
       <c r="F47" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H47" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="I47" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
-        <v>45988.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B48" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D48" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E48" s="2">
-        <v>0.63541666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F48" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G48" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H48" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="I48" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
-        <v>45988.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B49" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C49" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D49" s="2">
-        <v>0.64583333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E49" s="2">
-        <v>0.67708333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F49" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H49" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="I49" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
-        <v>45988.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B50" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C50" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D50" s="2">
-        <v>0.6875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E50" s="2">
-        <v>0.71875</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F50" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="G50" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H50" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="I50" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
-        <v>45989.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="D51" s="2">
-        <v>0.33333333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E51" s="2">
-        <v>0.48958333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F51" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="G51" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H51" t="s">
-        <v>61</v>
+        <v>28</v>
+      </c>
+      <c r="I51" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
-        <v>45989.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D52" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E52" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F52" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="G52" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H52" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="I52" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
-        <v>45989.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="C53" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D53" s="2">
-        <v>0.5</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E53" s="2">
-        <v>0.65625</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F53" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G53" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H53" t="s">
-        <v>67</v>
+        <v>73</v>
+      </c>
+      <c r="I53" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
-        <v>45989.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>41</v>
+      </c>
+      <c r="C54" t="s">
+        <v>38</v>
       </c>
       <c r="D54" s="2">
-        <v>0.6875</v>
+        <v>0.34375</v>
       </c>
       <c r="E54" s="2">
-        <v>0.84375</v>
+        <v>0.5</v>
       </c>
       <c r="F54" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="G54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H54" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B55" t="s">
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="C55" t="s">
+        <v>42</v>
       </c>
       <c r="D55" s="2">
-        <v>0.33333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E55" s="2">
-        <v>0.42708333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F55" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G55" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H55" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="I55" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B56" t="s">
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="C56" t="s">
+        <v>47</v>
       </c>
       <c r="D56" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E56" s="2">
-        <v>0.54166666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F56" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="G56" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H56" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="I56" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B57" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="C57" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="D57" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E57" s="2">
-        <v>0.61458333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F57" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="G57" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="H57" t="s">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="I57" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B58" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="D58" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E58" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F58" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="H58" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="I58" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>45992.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B59" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="C59" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="D59" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E59" s="2">
         <v>0.875</v>
       </c>
       <c r="F59" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G59" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>45993.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B60" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="D60" s="2">
-        <v>0.35416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E60" s="2">
-        <v>0.41666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F60" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="G60" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H60" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="I60" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
-        <v>45993.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B61" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="C61" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="D61" s="2">
-        <v>0.42708333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E61" s="2">
-        <v>0.48958333333333</v>
+        <v>0.67638888888889</v>
       </c>
       <c r="F61" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G61" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H61" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="I61" t="s">
-        <v>36</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
-        <v>45993.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B62" t="s">
-        <v>32</v>
+        <v>53</v>
+      </c>
+      <c r="C62" t="s">
+        <v>66</v>
       </c>
       <c r="D62" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E62" s="2">
-        <v>0.5625</v>
+        <v>0.78055555555556</v>
       </c>
       <c r="F62" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="G62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H62" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I62" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
-        <v>45993.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B63" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D63" s="2">
-        <v>0.57291666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="E63" s="2">
-        <v>0.66666666666667</v>
+        <v>0.88472222222222</v>
       </c>
       <c r="F63" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="G63" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H63" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="I63" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
-        <v>45993.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B64" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D64" s="2">
-        <v>0.67708333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E64" s="2">
-        <v>0.77083333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F64" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G64" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H64" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45993.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B65" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D65" s="2">
-        <v>0.78125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E65" s="2">
-        <v>0.875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F65" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G65" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="H65" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="I65" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B66" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D66" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E66" s="2">
-        <v>0.39583333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F66" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H66" t="s">
-        <v>42</v>
+        <v>14</v>
+      </c>
+      <c r="I66" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>45994.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B67" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D67" s="2">
-        <v>0.53125</v>
+        <v>0.625</v>
       </c>
       <c r="E67" s="2">
-        <v>0.625</v>
+        <v>0.84375</v>
       </c>
       <c r="F67" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G67" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H67" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="I67" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>45994.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B68" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="C68" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D68" s="2">
-        <v>0.63541666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E68" s="2">
-        <v>0.72916666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F68" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G68" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H68" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="I68" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>45994.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B69" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="C69" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D69" s="2">
-        <v>0.73958333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E69" s="2">
-        <v>0.83333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F69" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G69" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H69" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="I69" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>45995.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B70" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="C70" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="D70" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E70" s="2">
-        <v>0.39583333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F70" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="G70" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H70" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="I70" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>45995.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B71" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="D71" s="2">
-        <v>0.40625</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E71" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F71" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G71" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H71" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="I71" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>45995.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B72" t="s">
-        <v>48</v>
+        <v>30</v>
+      </c>
+      <c r="C72" t="s">
+        <v>62</v>
       </c>
       <c r="D72" s="2">
-        <v>0.52777777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E72" s="2">
-        <v>0.55902777777778</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F72" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H72" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="I72" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45995.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B73" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="C73" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="D73" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E73" s="2">
-        <v>0.66666666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F73" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G73" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H73" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="I73" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
-        <v>45995.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B74" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="C74" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D74" s="2">
-        <v>0.67708333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E74" s="2">
-        <v>0.73958333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F74" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G74" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H74" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="I74" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45995.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B75" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="C75" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="D75" s="2">
-        <v>0.75</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.8125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F75" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G75" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H75" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>45996.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C76" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="D76" s="2">
-        <v>0.33333333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E76" s="2">
-        <v>0.48958333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="F76" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G76" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="H76" t="s">
-        <v>61</v>
+        <v>45</v>
+      </c>
+      <c r="I76" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>45996.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="D77" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E77" s="2">
-        <v>0.64583333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F77" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="G77" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H77" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="I77" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
-        <v>45996.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C78" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D78" s="2">
-        <v>0.5</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E78" s="2">
-        <v>0.65625</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F78" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="G78" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H78" t="s">
-        <v>67</v>
+        <v>49</v>
+      </c>
+      <c r="I78" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
-        <v>45996.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D79" s="2">
-        <v>0.6875</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E79" s="2">
-        <v>0.84375</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F79" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H79" t="s">
-        <v>69</v>
+        <v>14</v>
+      </c>
+      <c r="I79" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
-        <v>45999.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B80" t="s">
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="C80" t="s">
+        <v>51</v>
       </c>
       <c r="D80" s="2">
-        <v>0.33333333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.42708333333333</v>
+        <v>0.875</v>
       </c>
       <c r="F80" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>45999.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B81" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D81" s="2">
-        <v>0.44791666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E81" s="2">
-        <v>0.54166666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F81" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="G81" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="H81" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="I81" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>45999.0</v>
+        <v>46076.0</v>
       </c>
       <c r="B82" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="C82" t="s">
+        <v>41</v>
+      </c>
+      <c r="D82" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E82" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F82" t="s">
+        <v>84</v>
+      </c>
+      <c r="G82" t="s">
+        <v>85</v>
+      </c>
+      <c r="H82" t="s">
         <v>71</v>
       </c>
-      <c r="D82" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I82" t="s">
-        <v>75</v>
-[...991 lines deleted...]
-      <c r="H118" t="s">
         <v>86</v>
-      </c>
-[...2074 lines deleted...]
-        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>