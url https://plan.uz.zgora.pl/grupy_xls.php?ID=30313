--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -12,308 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
-    <t>Śr</t>
-[...94 lines deleted...]
-  <si>
     <t>Po</t>
   </si>
   <si>
-    <t>sem2</t>
-[...125 lines deleted...]
-    <t>Biochemia - egzamin (E)</t>
+    <t>Biochemia z elementami chemii - II termin egzaminu (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>dr Marzena Gutowicz; prof. dr hab. Agnieszka Zembroń-Łacny</t>
   </si>
   <si>
     <t>CEN EGZ A-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -624,2320 +405,123 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J82"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E82" sqref="E82"/>
+      <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="88.407" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="201.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>46029.0</v>
+        <v>46076.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E2" s="2">
-        <v>0.39583333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="F3" t="s">
+      <c r="I2" t="s">
         <v>13</v>
-      </c>
-[...2181 lines deleted...]
-        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>