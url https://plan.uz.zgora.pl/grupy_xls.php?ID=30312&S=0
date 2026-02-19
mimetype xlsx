--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -147,50 +147,101 @@
     <t>10 A-22</t>
   </si>
   <si>
     <t>lek. Karolina Woźniak</t>
   </si>
   <si>
     <t>lek. Leszek Karolewicz</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
   <si>
     <t>Położnictwo i opieka położnicza (W)</t>
   </si>
   <si>
     <t>dr hab. n. med. Rafał Rzepka, prof. UZ</t>
   </si>
   <si>
     <t>304 A-22</t>
   </si>
   <si>
     <t>lek. Katarzyna Komorkiewicz</t>
   </si>
   <si>
     <t>lek. Aleksandra Rosińska</t>
+  </si>
+  <si>
+    <t>ZP2</t>
+  </si>
+  <si>
+    <t>Pediatria i pielęgniarstwo pediatryczne (Zp)</t>
+  </si>
+  <si>
+    <t>Zp</t>
+  </si>
+  <si>
+    <t>mgr Monika Iszczek</t>
+  </si>
+  <si>
+    <t>309 A-22</t>
+  </si>
+  <si>
+    <t>sem2</t>
+  </si>
+  <si>
+    <t>dr hab. Beata Pięta, prof. UZ</t>
+  </si>
+  <si>
+    <t>Pediatria i pielęgniarstwo pediatryczne (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>lek. Leszek Karolewicz; lek. Katarzyna Komorkiewicz; lek. Aleksandra Rosińska; lek. Paulina Stasik; dr n. med. Małgorzata Urbańska-Kosińska; lek. Karolina Woźniak</t>
+  </si>
+  <si>
+    <t>Pediatria i Pielęgniarstwo Pediatryczne - zaliczenie (R)</t>
+  </si>
+  <si>
+    <t>dr n. med. Małgorzata Urbańska-Kosińska</t>
+  </si>
+  <si>
+    <t>101 A-22</t>
+  </si>
+  <si>
+    <t>Chirurgia (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Psychiatria i położnictwo (R)</t>
+  </si>
+  <si>
+    <t>Pediatria i Pielęgniarstwo Pediatryczne (R)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -498,66 +549,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J37"/>
+  <dimension ref="A1:J56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E37" sqref="E37"/>
+      <selection activeCell="E56" sqref="E56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1458,130 +1509,633 @@
       </c>
       <c r="C34" t="s">
         <v>30</v>
       </c>
       <c r="D34" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E34" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
         <v>32</v>
       </c>
       <c r="H34" t="s">
         <v>33</v>
       </c>
       <c r="I34" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>45989.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B35" t="s">
-        <v>35</v>
+        <v>39</v>
+      </c>
+      <c r="C35" t="s">
+        <v>45</v>
       </c>
       <c r="D35" s="2">
-        <v>0.66666666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E35" s="2">
-        <v>0.76041666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F35" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="H35" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="I35" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>45989.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B36" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C36" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="D36" s="2">
-        <v>0.76388888888889</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E36" s="2">
-        <v>0.85416666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F36" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G36" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="H36" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>45996.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B37" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C37" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="D37" s="2">
-        <v>0.63541666666667</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="E37" s="2">
-        <v>0.72916666666667</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="F37" t="s">
         <v>31</v>
       </c>
       <c r="G37" t="s">
         <v>32</v>
       </c>
       <c r="H37" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="1">
+        <v>45985.0</v>
+      </c>
+      <c r="B38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>53</v>
+      </c>
+      <c r="H38" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="1">
+        <v>45988.0</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>45</v>
+      </c>
+      <c r="D39" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E39" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F39" t="s">
+        <v>46</v>
+      </c>
+      <c r="G39" t="s">
+        <v>47</v>
+      </c>
+      <c r="H39" t="s">
+        <v>48</v>
+      </c>
+      <c r="I39" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="1">
+        <v>45989.0</v>
+      </c>
+      <c r="B40" t="s">
+        <v>35</v>
+      </c>
+      <c r="D40" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E40" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="F40" t="s">
+        <v>25</v>
+      </c>
+      <c r="G40" t="s">
+        <v>11</v>
+      </c>
+      <c r="H40" t="s">
+        <v>26</v>
+      </c>
+      <c r="I40" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="1">
+        <v>45989.0</v>
+      </c>
+      <c r="B41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C41" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" s="2">
+        <v>0.76388888888889</v>
+      </c>
+      <c r="E41" s="2">
+        <v>0.85416666666667</v>
+      </c>
+      <c r="F41" t="s">
+        <v>28</v>
+      </c>
+      <c r="G41" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" t="s">
+        <v>26</v>
+      </c>
+      <c r="I41" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>50</v>
+      </c>
+      <c r="D42" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E42" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="F42" t="s">
+        <v>31</v>
+      </c>
+      <c r="G42" t="s">
+        <v>32</v>
+      </c>
+      <c r="H42" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="1">
+        <v>45996.0</v>
+      </c>
+      <c r="B43" t="s">
+        <v>35</v>
+      </c>
+      <c r="C43" t="s">
+        <v>30</v>
+      </c>
+      <c r="D43" s="2">
+        <v>0.63541666666667</v>
+      </c>
+      <c r="E43" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F43" t="s">
+        <v>31</v>
+      </c>
+      <c r="G43" t="s">
+        <v>32</v>
+      </c>
+      <c r="H43" t="s">
         <v>33</v>
       </c>
-      <c r="I37" t="s">
+      <c r="I43" t="s">
         <v>36</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B44" t="s">
+        <v>18</v>
+      </c>
+      <c r="C44" t="s">
+        <v>30</v>
+      </c>
+      <c r="D44" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E44" s="2">
+        <v>0.78819444444444</v>
+      </c>
+      <c r="F44" t="s">
+        <v>31</v>
+      </c>
+      <c r="G44" t="s">
+        <v>32</v>
+      </c>
+      <c r="H44" t="s">
+        <v>33</v>
+      </c>
+      <c r="I44" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E45" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F45" t="s">
+        <v>31</v>
+      </c>
+      <c r="G45" t="s">
+        <v>32</v>
+      </c>
+      <c r="H45" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>50</v>
+      </c>
+      <c r="D46" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E46" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F46" t="s">
+        <v>31</v>
+      </c>
+      <c r="G46" t="s">
+        <v>32</v>
+      </c>
+      <c r="H46" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E47" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F47" t="s">
+        <v>31</v>
+      </c>
+      <c r="G47" t="s">
+        <v>32</v>
+      </c>
+      <c r="H47" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E48" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="F48" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" t="s">
+        <v>11</v>
+      </c>
+      <c r="H48" t="s">
+        <v>54</v>
+      </c>
+      <c r="I48" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>50</v>
+      </c>
+      <c r="D49" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E49" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F49" t="s">
+        <v>31</v>
+      </c>
+      <c r="G49" t="s">
+        <v>32</v>
+      </c>
+      <c r="H49" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E50" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>53</v>
+      </c>
+      <c r="H50" t="s">
+        <v>56</v>
+      </c>
+      <c r="I50" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B51" t="s">
+        <v>39</v>
+      </c>
+      <c r="C51" t="s">
+        <v>50</v>
+      </c>
+      <c r="D51" s="2">
+        <v>0.81597222222222</v>
+      </c>
+      <c r="E51" s="2">
+        <v>0.87152777777778</v>
+      </c>
+      <c r="F51" t="s">
+        <v>31</v>
+      </c>
+      <c r="G51" t="s">
+        <v>32</v>
+      </c>
+      <c r="H51" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>50</v>
+      </c>
+      <c r="D52" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E52" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F52" t="s">
+        <v>31</v>
+      </c>
+      <c r="G52" t="s">
+        <v>32</v>
+      </c>
+      <c r="H52" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>50</v>
+      </c>
+      <c r="D53" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E53" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F53" t="s">
+        <v>31</v>
+      </c>
+      <c r="G53" t="s">
+        <v>32</v>
+      </c>
+      <c r="H53" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E54" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F54" t="s">
+        <v>58</v>
+      </c>
+      <c r="G54" t="s">
+        <v>59</v>
+      </c>
+      <c r="H54" t="s">
+        <v>26</v>
+      </c>
+      <c r="I54" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B55" t="s">
+        <v>29</v>
+      </c>
+      <c r="D55" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="E55" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F55" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" t="s">
+        <v>53</v>
+      </c>
+      <c r="H55" t="s">
+        <v>12</v>
+      </c>
+      <c r="I55" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B56" t="s">
+        <v>39</v>
+      </c>
+      <c r="D56" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E56" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F56" t="s">
+        <v>61</v>
+      </c>
+      <c r="G56" t="s">
+        <v>53</v>
+      </c>
+      <c r="H56" t="s">
+        <v>56</v>
+      </c>
+      <c r="I56" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>