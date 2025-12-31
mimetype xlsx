--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -303,50 +303,56 @@
     <t>Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: ortopedii i traumatologii (ZK)</t>
   </si>
   <si>
     <t>Diagnostyka funkcjonalna w chorobach wewnętrznych (ZK)</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w chorobach wewnętrznych w: onkologii i medycynie paliatywnej (W)</t>
   </si>
   <si>
     <t>dr n. o zdr. Anna Pyszora</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w chorobach wewnętrznych w: onkologii i medycynie paliatywnej (ZK)</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: neurologii i neurochirurgii (ZK)</t>
   </si>
   <si>
     <t>Kolokwium zaliczeniowe-Diagnostyka funkcjonalna w dysfunkcjach układu ruchu (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Kolokwium zaliczeniowe-Fizjoterapia kliniczna w chorobach wewnętrznych w: pulmonologii (I)</t>
+  </si>
+  <si>
+    <t>Egzamin-Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: ortopedii i traumatologii (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -654,64 +660,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J265"/>
+  <dimension ref="A1:J266"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E265" sqref="E265"/>
+      <selection activeCell="E266" sqref="E266"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -7631,50 +7637,76 @@
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46037.0</v>
       </c>
       <c r="B265" t="s">
         <v>15</v>
       </c>
       <c r="C265" t="s">
         <v>87</v>
       </c>
       <c r="D265" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E265" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="F265" t="s">
         <v>74</v>
       </c>
       <c r="G265" t="s">
         <v>71</v>
       </c>
       <c r="H265" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10">
+      <c r="A266" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B266" t="s">
+        <v>29</v>
+      </c>
+      <c r="D266" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E266" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F266" t="s">
+        <v>97</v>
+      </c>
+      <c r="G266" t="s">
+        <v>98</v>
+      </c>
+      <c r="H266" t="s">
+        <v>23</v>
+      </c>
+      <c r="I266" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>