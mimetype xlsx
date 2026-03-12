--- v1 (2025-12-31)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -303,50 +303,71 @@
     <t>Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: ortopedii i traumatologii (ZK)</t>
   </si>
   <si>
     <t>Diagnostyka funkcjonalna w chorobach wewnętrznych (ZK)</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w chorobach wewnętrznych w: onkologii i medycynie paliatywnej (W)</t>
   </si>
   <si>
     <t>dr n. o zdr. Anna Pyszora</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w chorobach wewnętrznych w: onkologii i medycynie paliatywnej (ZK)</t>
   </si>
   <si>
     <t>Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: neurologii i neurochirurgii (ZK)</t>
   </si>
   <si>
     <t>Kolokwium zaliczeniowe-Diagnostyka funkcjonalna w dysfunkcjach układu ruchu (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Kolokwium zaliczeniowe-Fizjoterapia kliniczna w chorobach wewnętrznych w: pulmonologii (I)</t>
+  </si>
+  <si>
+    <t>Kliniczne podstawy fizjoterapii w onkologii i medycynie paliatywnej (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>101 A-22</t>
+  </si>
+  <si>
+    <t>Fizjoterapia kliniczna w chorobach wewnętrznych z onkologii i medycyny paliatywnej (R)</t>
+  </si>
+  <si>
+    <t>Zaliczenie-Fizjoterapia kliniczna w chorobach wewnętrznych w: kardiologii i kardiochirurgii (I)</t>
+  </si>
+  <si>
+    <t>prof. dr hab. n. med. Mirosław Brykczyński; prof. dr hab. n. med. Jarosław Hiczkiewicz</t>
+  </si>
+  <si>
+    <t>115 A-29</t>
   </si>
   <si>
     <t>Egzamin-Fizjoterapia kliniczna w dysfunkcjach układu ruchu w: ortopedii i traumatologii (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -660,66 +681,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J266"/>
+  <dimension ref="A1:J269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E266" sqref="E266"/>
+      <selection activeCell="E269" sqref="E269"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -7522,190 +7543,268 @@
         <v>78</v>
       </c>
       <c r="D260" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E260" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F260" t="s">
         <v>93</v>
       </c>
       <c r="G260" t="s">
         <v>71</v>
       </c>
       <c r="H260" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
         <v>46034.0</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
+      <c r="C261" t="s">
+        <v>87</v>
+      </c>
       <c r="D261" s="2">
-        <v>0.76041666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E261" s="2">
-        <v>0.82291666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F261" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="G261" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="H261" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B262" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="D262" s="2">
-        <v>0.58333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E262" s="2">
-        <v>0.73958333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F262" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="G262" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="H262" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
         <v>46035.0</v>
       </c>
       <c r="B263" t="s">
         <v>29</v>
       </c>
+      <c r="C263" t="s">
+        <v>69</v>
+      </c>
       <c r="D263" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E263" s="2">
-        <v>0.82291666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F263" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="G263" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="H263" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B264" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="D264" s="2">
-        <v>0.45833333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E264" s="2">
-        <v>0.77083333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F264" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="G264" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="H264" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B265" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>9</v>
       </c>
       <c r="D265" s="2">
-        <v>0.45833333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E265" s="2">
-        <v>0.77083333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F265" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="G265" t="s">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="H265" t="s">
-        <v>13</v>
+        <v>44</v>
+      </c>
+      <c r="I265" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
-        <v>46056.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B266" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D266" s="2">
-        <v>0.58333333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E266" s="2">
-        <v>0.64583333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="F266" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G266" t="s">
         <v>98</v>
       </c>
       <c r="H266" t="s">
+        <v>44</v>
+      </c>
+      <c r="I266" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10">
+      <c r="A267" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>69</v>
+      </c>
+      <c r="D267" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E267" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="F267" t="s">
+        <v>74</v>
+      </c>
+      <c r="G267" t="s">
+        <v>71</v>
+      </c>
+      <c r="H267" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10">
+      <c r="A268" s="1">
+        <v>46038.0</v>
+      </c>
+      <c r="B268" t="s">
+        <v>17</v>
+      </c>
+      <c r="D268" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E268" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F268" t="s">
+        <v>101</v>
+      </c>
+      <c r="G268" t="s">
+        <v>95</v>
+      </c>
+      <c r="H268" t="s">
+        <v>102</v>
+      </c>
+      <c r="I268" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10">
+      <c r="A269" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B269" t="s">
+        <v>29</v>
+      </c>
+      <c r="D269" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E269" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F269" t="s">
+        <v>104</v>
+      </c>
+      <c r="G269" t="s">
+        <v>105</v>
+      </c>
+      <c r="H269" t="s">
         <v>23</v>
       </c>
-      <c r="I266" t="s">
+      <c r="I269" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>