--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -347,66 +347,90 @@
   <si>
     <t>Przedmiot do wyboru - Pierwsza pomoc przedmedyczna (Ć)</t>
   </si>
   <si>
     <t>dr n. med. Jacek Zawadzki</t>
   </si>
   <si>
     <t>dr Marzena Gutowicz</t>
   </si>
   <si>
     <t>dr n. med. Izabela Pieścikowska; prof. dr hab. n. med. Maciej Zabel</t>
   </si>
   <si>
     <t>ćwA</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - kolokwium I (I)</t>
   </si>
   <si>
     <t>dr Marzena Gutowicz; dr Barbara Morawin; dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka</t>
   </si>
   <si>
     <t>CEN EGZ A-23</t>
   </si>
   <si>
+    <t>mgr Katarzyna Mostowska</t>
+  </si>
+  <si>
     <t>dr hab. n. med. Agnieszka Malińska, prof. UZ</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - kolokwium II (I)</t>
+  </si>
+  <si>
+    <t>209 A-22</t>
+  </si>
+  <si>
+    <t>Konsultacje dla lekarskiego - Podstawy Pielęgniarstwa (I)</t>
+  </si>
+  <si>
+    <t>309 A-22</t>
   </si>
   <si>
     <t>dr Beata Wudarczyk</t>
   </si>
   <si>
     <t>dr hab. n. med. Joanna Budna-Tukan, prof. UZ; dr n. med. Izabela Pieścikowska</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - kolokwium III (I)</t>
   </si>
   <si>
     <t>dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>dr Marzena Gutowicz; dr Barbara Morawin; dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka; lek. Jakub Wojtacha; prof. dr hab. Agnieszka Zembroń-Łacny</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - II termin egzaminu (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -714,66 +738,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J695"/>
+  <dimension ref="A1:J702"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E695" sqref="E695"/>
+      <selection activeCell="E702" sqref="E702"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -12935,5540 +12959,5540 @@
     <row r="428" spans="1:10">
       <c r="A428" s="1">
         <v>45996.0</v>
       </c>
       <c r="B428" t="s">
         <v>29</v>
       </c>
       <c r="D428" s="2">
         <v>0.40625</v>
       </c>
       <c r="E428" s="2">
         <v>0.46875</v>
       </c>
       <c r="F428" t="s">
         <v>90</v>
       </c>
       <c r="G428" t="s">
         <v>11</v>
       </c>
       <c r="H428" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="1">
-        <v>45999.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B429" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C429" t="s">
-        <v>36</v>
+        <v>102</v>
       </c>
       <c r="D429" s="2">
-        <v>0.3125</v>
+        <v>0.5</v>
       </c>
       <c r="E429" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="F429" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="G429" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H429" t="s">
-        <v>38</v>
+        <v>111</v>
       </c>
       <c r="I429" t="s">
-        <v>39</v>
+        <v>86</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="1">
         <v>45999.0</v>
       </c>
       <c r="B430" t="s">
         <v>35</v>
       </c>
       <c r="C430" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D430" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E430" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F430" t="s">
         <v>37</v>
       </c>
       <c r="G430" t="s">
         <v>16</v>
       </c>
       <c r="H430" t="s">
         <v>38</v>
       </c>
       <c r="I430" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="1">
         <v>45999.0</v>
       </c>
       <c r="B431" t="s">
         <v>35</v>
       </c>
       <c r="C431" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D431" s="2">
-        <v>0.40625</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E431" s="2">
-        <v>0.5</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F431" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G431" t="s">
         <v>16</v>
       </c>
       <c r="H431" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I431" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="1">
         <v>45999.0</v>
       </c>
       <c r="B432" t="s">
         <v>35</v>
       </c>
       <c r="C432" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D432" s="2">
         <v>0.40625</v>
       </c>
       <c r="E432" s="2">
         <v>0.5</v>
       </c>
       <c r="F432" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G432" t="s">
         <v>16</v>
       </c>
       <c r="H432" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I432" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="1">
         <v>45999.0</v>
       </c>
       <c r="B433" t="s">
         <v>35</v>
       </c>
       <c r="C433" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D433" s="2">
-        <v>0.45833333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E433" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F433" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G433" t="s">
         <v>16</v>
       </c>
       <c r="H433" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I433" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="1">
         <v>45999.0</v>
       </c>
       <c r="B434" t="s">
         <v>35</v>
       </c>
       <c r="C434" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D434" s="2">
-        <v>0.51041666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E434" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F434" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G434" t="s">
         <v>16</v>
       </c>
       <c r="H434" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I434" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="1">
         <v>45999.0</v>
       </c>
       <c r="B435" t="s">
         <v>35</v>
       </c>
       <c r="C435" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D435" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E435" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F435" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G435" t="s">
         <v>16</v>
       </c>
       <c r="H435" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I435" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="1">
         <v>45999.0</v>
       </c>
       <c r="B436" t="s">
         <v>35</v>
       </c>
       <c r="C436" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D436" s="2">
-        <v>0.61458333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E436" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F436" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G436" t="s">
         <v>16</v>
       </c>
       <c r="H436" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I436" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="1">
         <v>45999.0</v>
       </c>
       <c r="B437" t="s">
         <v>35</v>
       </c>
       <c r="C437" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D437" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E437" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="F437" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G437" t="s">
         <v>16</v>
       </c>
       <c r="H437" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I437" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="1">
         <v>45999.0</v>
       </c>
       <c r="B438" t="s">
         <v>35</v>
       </c>
       <c r="C438" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D438" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E438" s="2">
-        <v>0.73958333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F438" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G438" t="s">
         <v>16</v>
       </c>
       <c r="H438" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I438" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="1">
         <v>45999.0</v>
       </c>
       <c r="B439" t="s">
         <v>35</v>
       </c>
       <c r="C439" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D439" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E439" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F439" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G439" t="s">
         <v>16</v>
       </c>
       <c r="H439" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I439" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="1">
         <v>45999.0</v>
       </c>
       <c r="B440" t="s">
         <v>35</v>
       </c>
       <c r="C440" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="D440" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E440" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F440" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G440" t="s">
         <v>16</v>
       </c>
       <c r="H440" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="I440" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="1">
         <v>45999.0</v>
       </c>
       <c r="B441" t="s">
         <v>35</v>
       </c>
       <c r="C441" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="D441" s="2">
         <v>0.75</v>
       </c>
       <c r="E441" s="2">
         <v>0.8125</v>
       </c>
       <c r="F441" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G441" t="s">
         <v>16</v>
       </c>
       <c r="H441" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I441" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="1">
         <v>45999.0</v>
       </c>
       <c r="B442" t="s">
         <v>35</v>
       </c>
       <c r="C442" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="D442" s="2">
-        <v>0.77083333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E442" s="2">
-        <v>0.83333333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F442" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G442" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H442" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I442" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B443" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C443" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="D443" s="2">
-        <v>0.38541666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E443" s="2">
-        <v>0.44791666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F443" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G443" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H443" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="I443" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="1">
         <v>46000.0</v>
       </c>
       <c r="B444" t="s">
         <v>55</v>
       </c>
       <c r="C444" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D444" s="2">
-        <v>0.46875</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E444" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F444" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G444" t="s">
         <v>16</v>
       </c>
       <c r="H444" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I444" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="1">
         <v>46000.0</v>
       </c>
       <c r="B445" t="s">
         <v>55</v>
       </c>
       <c r="C445" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="D445" s="2">
-        <v>0.5</v>
+        <v>0.46875</v>
       </c>
       <c r="E445" s="2">
-        <v>0.5625</v>
+        <v>0.59375</v>
       </c>
       <c r="F445" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G445" t="s">
         <v>16</v>
       </c>
       <c r="H445" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="I445" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="1">
         <v>46000.0</v>
       </c>
       <c r="B446" t="s">
         <v>55</v>
       </c>
       <c r="C446" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D446" s="2">
-        <v>0.53125</v>
+        <v>0.5</v>
       </c>
       <c r="E446" s="2">
-        <v>0.59375</v>
+        <v>0.5625</v>
       </c>
       <c r="F446" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G446" t="s">
         <v>16</v>
       </c>
       <c r="H446" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="I446" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="1">
         <v>46000.0</v>
       </c>
       <c r="B447" t="s">
         <v>55</v>
       </c>
       <c r="C447" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D447" s="2">
-        <v>0.54166666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E447" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F447" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G447" t="s">
         <v>16</v>
       </c>
       <c r="H447" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I447" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="1">
         <v>46000.0</v>
       </c>
       <c r="B448" t="s">
         <v>55</v>
       </c>
       <c r="C448" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D448" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E448" s="2">
         <v>0.60416666666667</v>
       </c>
-      <c r="E448" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F448" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G448" t="s">
         <v>16</v>
       </c>
       <c r="H448" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I448" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="1">
         <v>46000.0</v>
       </c>
       <c r="B449" t="s">
         <v>55</v>
       </c>
       <c r="C449" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="D449" s="2">
-        <v>0.61458333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E449" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F449" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G449" t="s">
         <v>16</v>
       </c>
       <c r="H449" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="I449" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="1">
         <v>46000.0</v>
       </c>
       <c r="B450" t="s">
         <v>55</v>
       </c>
       <c r="C450" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="D450" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E450" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F450" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="G450" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H450" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="I450" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="1">
         <v>46000.0</v>
       </c>
       <c r="B451" t="s">
         <v>55</v>
       </c>
       <c r="C451" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="D451" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E451" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F451" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G451" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H451" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="I451" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="1">
         <v>46000.0</v>
       </c>
       <c r="B452" t="s">
         <v>55</v>
       </c>
       <c r="C452" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D452" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E452" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F452" t="s">
         <v>37</v>
       </c>
       <c r="G452" t="s">
         <v>16</v>
       </c>
       <c r="H452" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I452" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="1">
         <v>46000.0</v>
       </c>
       <c r="B453" t="s">
         <v>55</v>
       </c>
       <c r="C453" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="D453" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E453" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F453" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G453" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H453" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I453" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="1">
         <v>46000.0</v>
       </c>
       <c r="B454" t="s">
         <v>55</v>
       </c>
       <c r="C454" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="D454" s="2">
         <v>0.75</v>
       </c>
       <c r="E454" s="2">
         <v>0.8125</v>
       </c>
       <c r="F454" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G454" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H454" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="I454" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="1">
         <v>46000.0</v>
       </c>
       <c r="B455" t="s">
         <v>55</v>
       </c>
       <c r="C455" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="D455" s="2">
         <v>0.75</v>
       </c>
       <c r="E455" s="2">
-        <v>0.84375</v>
+        <v>0.8125</v>
       </c>
       <c r="F455" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G455" t="s">
         <v>16</v>
       </c>
       <c r="H455" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I455" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B456" t="s">
-        <v>9</v>
+        <v>55</v>
+      </c>
+      <c r="C456" t="s">
+        <v>73</v>
       </c>
       <c r="D456" s="2">
-        <v>0.40625</v>
+        <v>0.75</v>
       </c>
       <c r="E456" s="2">
-        <v>0.46875</v>
+        <v>0.84375</v>
       </c>
       <c r="F456" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G456" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H456" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I456" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="1">
         <v>46001.0</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
-      <c r="C457" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E457" s="2">
-        <v>0.60416666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F457" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="G457" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H457" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I457" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="1">
         <v>46001.0</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="D458" s="2">
-        <v>0.61458333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E458" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F458" t="s">
         <v>49</v>
       </c>
       <c r="G458" t="s">
         <v>16</v>
       </c>
       <c r="H458" t="s">
         <v>50</v>
       </c>
       <c r="I458" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="1">
         <v>46001.0</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="D459" s="2">
-        <v>0.69791666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E459" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F459" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G459" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H459" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="I459" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="1">
         <v>46001.0</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>14</v>
+        <v>74</v>
       </c>
       <c r="D460" s="2">
-        <v>0.74305555555556</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E460" s="2">
-        <v>0.86805555555556</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F460" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G460" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H460" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="I460" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="1">
         <v>46001.0</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="D461" s="2">
-        <v>0.77083333333333</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="E461" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F461" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G461" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H461" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="I461" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="1">
-        <v>46002.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B462" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="D462" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E462" s="2">
-        <v>0.45833333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F462" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G462" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H462" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="I462" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="1">
         <v>46002.0</v>
       </c>
       <c r="B463" t="s">
         <v>13</v>
       </c>
       <c r="C463" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="D463" s="2">
-        <v>0.375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E463" s="2">
-        <v>0.4375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F463" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G463" t="s">
         <v>16</v>
       </c>
       <c r="H463" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I463" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="1">
         <v>46002.0</v>
       </c>
       <c r="B464" t="s">
         <v>13</v>
       </c>
       <c r="C464" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D464" s="2">
-        <v>0.46875</v>
+        <v>0.375</v>
       </c>
       <c r="E464" s="2">
-        <v>0.59375</v>
+        <v>0.4375</v>
       </c>
       <c r="F464" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G464" t="s">
         <v>16</v>
       </c>
       <c r="H464" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I464" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="1">
         <v>46002.0</v>
       </c>
       <c r="B465" t="s">
         <v>13</v>
       </c>
       <c r="C465" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D465" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E465" s="2">
         <v>0.59375</v>
       </c>
-      <c r="E465" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F465" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G465" t="s">
         <v>16</v>
       </c>
       <c r="H465" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I465" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="1">
         <v>46002.0</v>
       </c>
       <c r="B466" t="s">
         <v>13</v>
       </c>
       <c r="C466" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D466" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E466" s="2">
-        <v>0.72916666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F466" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G466" t="s">
         <v>16</v>
       </c>
       <c r="H466" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I466" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="1">
         <v>46002.0</v>
       </c>
       <c r="B467" t="s">
         <v>13</v>
       </c>
       <c r="C467" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="D467" s="2">
-        <v>0.625</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E467" s="2">
-        <v>0.71875</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F467" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G467" t="s">
         <v>16</v>
       </c>
       <c r="H467" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="I467" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="1">
         <v>46002.0</v>
       </c>
       <c r="B468" t="s">
         <v>13</v>
       </c>
       <c r="C468" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D468" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E468" s="2">
-        <v>0.72916666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F468" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G468" t="s">
         <v>16</v>
       </c>
       <c r="H468" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I468" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="1">
         <v>46002.0</v>
       </c>
       <c r="B469" t="s">
         <v>13</v>
       </c>
       <c r="C469" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D469" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E469" s="2">
         <v>0.72916666666667</v>
       </c>
-      <c r="E469" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F469" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G469" t="s">
         <v>16</v>
       </c>
       <c r="H469" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I469" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="1">
         <v>46002.0</v>
       </c>
       <c r="B470" t="s">
         <v>13</v>
       </c>
       <c r="C470" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D470" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E470" s="2">
-        <v>0.80208333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F470" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G470" t="s">
         <v>16</v>
       </c>
       <c r="H470" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I470" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="1">
         <v>46002.0</v>
       </c>
       <c r="B471" t="s">
         <v>13</v>
       </c>
       <c r="C471" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="D471" s="2">
-        <v>0.75</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E471" s="2">
-        <v>0.8125</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F471" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G471" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H471" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="I471" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="1">
-        <v>46003.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B472" t="s">
-        <v>29</v>
+        <v>13</v>
+      </c>
+      <c r="C472" t="s">
+        <v>77</v>
       </c>
       <c r="D472" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E472" s="2">
-        <v>0.36458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F472" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G472" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H472" t="s">
-        <v>111</v>
+        <v>95</v>
+      </c>
+      <c r="I472" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="1">
         <v>46003.0</v>
       </c>
       <c r="B473" t="s">
         <v>29</v>
       </c>
       <c r="D473" s="2">
-        <v>0.375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E473" s="2">
-        <v>0.4375</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F473" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="G473" t="s">
         <v>11</v>
       </c>
       <c r="H473" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="1">
         <v>46003.0</v>
       </c>
       <c r="B474" t="s">
         <v>29</v>
       </c>
       <c r="D474" s="2">
-        <v>0.54166666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E474" s="2">
-        <v>0.625</v>
+        <v>0.4375</v>
       </c>
       <c r="F474" t="s">
-        <v>112</v>
+        <v>33</v>
       </c>
       <c r="G474" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="H474" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>34</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="1">
-        <v>46006.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B475" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D475" s="2">
-        <v>0.3125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E475" s="2">
-        <v>0.375</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F475" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="G475" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H475" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="I475" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="1">
         <v>46006.0</v>
       </c>
       <c r="B476" t="s">
         <v>35</v>
       </c>
       <c r="C476" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D476" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E476" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F476" t="s">
         <v>37</v>
       </c>
       <c r="G476" t="s">
         <v>16</v>
       </c>
       <c r="H476" t="s">
         <v>38</v>
       </c>
       <c r="I476" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="1">
         <v>46006.0</v>
       </c>
       <c r="B477" t="s">
         <v>35</v>
       </c>
       <c r="C477" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D477" s="2">
-        <v>0.40625</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E477" s="2">
-        <v>0.5</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F477" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G477" t="s">
         <v>16</v>
       </c>
       <c r="H477" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I477" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="1">
         <v>46006.0</v>
       </c>
       <c r="B478" t="s">
         <v>35</v>
       </c>
       <c r="C478" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D478" s="2">
         <v>0.40625</v>
       </c>
       <c r="E478" s="2">
         <v>0.5</v>
       </c>
       <c r="F478" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G478" t="s">
         <v>16</v>
       </c>
       <c r="H478" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="I478" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="1">
         <v>46006.0</v>
       </c>
       <c r="B479" t="s">
         <v>35</v>
       </c>
       <c r="C479" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D479" s="2">
-        <v>0.45833333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E479" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F479" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G479" t="s">
         <v>16</v>
       </c>
       <c r="H479" t="s">
-        <v>38</v>
+        <v>106</v>
       </c>
       <c r="I479" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="1">
         <v>46006.0</v>
       </c>
       <c r="B480" t="s">
         <v>35</v>
       </c>
       <c r="C480" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D480" s="2">
-        <v>0.51041666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E480" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F480" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G480" t="s">
         <v>16</v>
       </c>
       <c r="H480" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I480" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="1">
         <v>46006.0</v>
       </c>
       <c r="B481" t="s">
         <v>35</v>
       </c>
       <c r="C481" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D481" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E481" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F481" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G481" t="s">
         <v>16</v>
       </c>
       <c r="H481" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="I481" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="1">
         <v>46006.0</v>
       </c>
       <c r="B482" t="s">
         <v>35</v>
       </c>
       <c r="C482" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D482" s="2">
-        <v>0.61458333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E482" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F482" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G482" t="s">
         <v>16</v>
       </c>
       <c r="H482" t="s">
-        <v>42</v>
+        <v>106</v>
       </c>
       <c r="I482" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="1">
         <v>46006.0</v>
       </c>
       <c r="B483" t="s">
         <v>35</v>
       </c>
       <c r="C483" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D483" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E483" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="F483" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G483" t="s">
         <v>16</v>
       </c>
       <c r="H483" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="I483" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="1">
         <v>46006.0</v>
       </c>
       <c r="B484" t="s">
         <v>35</v>
       </c>
       <c r="C484" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D484" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E484" s="2">
-        <v>0.73958333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F484" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G484" t="s">
         <v>16</v>
       </c>
       <c r="H484" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="I484" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="1">
         <v>46006.0</v>
       </c>
       <c r="B485" t="s">
         <v>35</v>
       </c>
       <c r="C485" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D485" s="2">
-        <v>0.67708333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E485" s="2">
-        <v>0.73958333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F485" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G485" t="s">
         <v>16</v>
       </c>
       <c r="H485" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="I485" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="1">
         <v>46006.0</v>
       </c>
       <c r="B486" t="s">
         <v>35</v>
       </c>
       <c r="C486" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D486" s="2">
-        <v>0.73263888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E486" s="2">
-        <v>0.79513888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F486" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G486" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H486" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I486" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="1">
         <v>46006.0</v>
       </c>
       <c r="B487" t="s">
         <v>35</v>
       </c>
       <c r="C487" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="D487" s="2">
-        <v>0.75</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E487" s="2">
-        <v>0.8125</v>
+        <v>0.79513888888889</v>
       </c>
       <c r="F487" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G487" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H487" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="I487" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="1">
         <v>46006.0</v>
       </c>
       <c r="B488" t="s">
         <v>35</v>
       </c>
       <c r="C488" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="D488" s="2">
         <v>0.75</v>
       </c>
       <c r="E488" s="2">
         <v>0.8125</v>
       </c>
       <c r="F488" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G488" t="s">
         <v>16</v>
       </c>
       <c r="H488" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I488" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="1">
         <v>46006.0</v>
       </c>
       <c r="B489" t="s">
         <v>35</v>
       </c>
       <c r="C489" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="D489" s="2">
-        <v>0.80208333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E489" s="2">
-        <v>0.86458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F489" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G489" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H489" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I489" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B490" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C490" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D490" s="2">
-        <v>0.38541666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E490" s="2">
-        <v>0.44791666666667</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F490" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G490" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H490" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="I490" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="1">
         <v>46007.0</v>
       </c>
       <c r="B491" t="s">
         <v>55</v>
       </c>
       <c r="C491" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="D491" s="2">
-        <v>0.46875</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E491" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F491" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G491" t="s">
         <v>16</v>
       </c>
       <c r="H491" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="I491" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="1">
         <v>46007.0</v>
       </c>
       <c r="B492" t="s">
         <v>55</v>
       </c>
       <c r="C492" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="D492" s="2">
-        <v>0.5</v>
+        <v>0.46875</v>
       </c>
       <c r="E492" s="2">
-        <v>0.5625</v>
+        <v>0.59375</v>
       </c>
       <c r="F492" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G492" t="s">
         <v>16</v>
       </c>
       <c r="H492" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="I492" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="1">
         <v>46007.0</v>
       </c>
       <c r="B493" t="s">
         <v>55</v>
       </c>
       <c r="C493" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D493" s="2">
-        <v>0.53125</v>
+        <v>0.5</v>
       </c>
       <c r="E493" s="2">
-        <v>0.59375</v>
+        <v>0.5625</v>
       </c>
       <c r="F493" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G493" t="s">
         <v>16</v>
       </c>
       <c r="H493" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="I493" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="1">
         <v>46007.0</v>
       </c>
       <c r="B494" t="s">
         <v>55</v>
       </c>
       <c r="C494" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D494" s="2">
-        <v>0.54166666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E494" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F494" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G494" t="s">
         <v>16</v>
       </c>
       <c r="H494" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I494" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="1">
         <v>46007.0</v>
       </c>
       <c r="B495" t="s">
         <v>55</v>
       </c>
       <c r="C495" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D495" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E495" s="2">
         <v>0.60416666666667</v>
       </c>
-      <c r="E495" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F495" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G495" t="s">
         <v>16</v>
       </c>
       <c r="H495" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="I495" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="1">
         <v>46007.0</v>
       </c>
       <c r="B496" t="s">
         <v>55</v>
       </c>
       <c r="C496" t="s">
         <v>62</v>
       </c>
       <c r="D496" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="E496" s="2">
         <v>0.67361111111111</v>
       </c>
       <c r="F496" t="s">
         <v>26</v>
       </c>
       <c r="G496" t="s">
         <v>16</v>
       </c>
       <c r="H496" t="s">
         <v>57</v>
       </c>
       <c r="I496" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="1">
         <v>46007.0</v>
       </c>
       <c r="B497" t="s">
         <v>55</v>
       </c>
       <c r="C497" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D497" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E497" s="2">
-        <v>0.73958333333333</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F497" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G497" t="s">
         <v>16</v>
       </c>
       <c r="H497" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="I497" t="s">
-        <v>39</v>
+        <v>114</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="1">
         <v>46007.0</v>
       </c>
       <c r="B498" t="s">
         <v>55</v>
       </c>
       <c r="C498" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D498" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E498" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F498" t="s">
         <v>37</v>
       </c>
       <c r="G498" t="s">
         <v>16</v>
       </c>
       <c r="H498" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I498" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="1">
         <v>46007.0</v>
       </c>
       <c r="B499" t="s">
         <v>55</v>
       </c>
       <c r="C499" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="D499" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E499" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F499" t="s">
         <v>37</v>
       </c>
       <c r="G499" t="s">
         <v>16</v>
       </c>
       <c r="H499" t="s">
         <v>52</v>
       </c>
       <c r="I499" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="1">
         <v>46007.0</v>
       </c>
       <c r="B500" t="s">
         <v>55</v>
       </c>
       <c r="C500" t="s">
-        <v>64</v>
+        <v>14</v>
       </c>
       <c r="D500" s="2">
         <v>0.75</v>
       </c>
       <c r="E500" s="2">
-        <v>0.84375</v>
+        <v>0.8125</v>
       </c>
       <c r="F500" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G500" t="s">
         <v>16</v>
       </c>
       <c r="H500" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I500" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B501" t="s">
-        <v>9</v>
+        <v>55</v>
+      </c>
+      <c r="C501" t="s">
+        <v>64</v>
       </c>
       <c r="D501" s="2">
-        <v>0.40625</v>
+        <v>0.75</v>
       </c>
       <c r="E501" s="2">
-        <v>0.46875</v>
+        <v>0.84375</v>
       </c>
       <c r="F501" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G501" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H501" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I501" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="1">
         <v>46008.0</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
-      <c r="C502" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D502" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E502" s="2">
-        <v>0.60416666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F502" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="G502" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H502" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I502" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="1">
         <v>46008.0</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="D503" s="2">
+        <v>0.48958333333333</v>
+      </c>
+      <c r="E503" s="2">
         <v>0.61458333333333</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.73958333333333</v>
       </c>
       <c r="F503" t="s">
         <v>49</v>
       </c>
       <c r="G503" t="s">
         <v>16</v>
       </c>
       <c r="H503" t="s">
         <v>100</v>
       </c>
       <c r="I503" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="1">
         <v>46008.0</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D504" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E504" s="2">
-        <v>0.73958333333333</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F504" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G504" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H504" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I504" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="1">
         <v>46008.0</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="D505" s="2">
-        <v>0.74305555555556</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E505" s="2">
-        <v>0.86805555555556</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F505" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G505" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H505" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="I505" t="s">
-        <v>51</v>
+        <v>101</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="1">
         <v>46008.0</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="D506" s="2">
-        <v>0.75</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E506" s="2">
-        <v>0.8125</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="F506" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G506" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H506" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I506" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B507" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="D507" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E507" s="2">
-        <v>0.45833333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F507" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G507" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H507" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="I507" t="s">
-        <v>51</v>
+        <v>101</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="1">
         <v>46009.0</v>
       </c>
       <c r="B508" t="s">
         <v>13</v>
       </c>
       <c r="C508" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="D508" s="2">
-        <v>0.375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E508" s="2">
-        <v>0.4375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F508" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G508" t="s">
         <v>16</v>
       </c>
       <c r="H508" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="I508" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="1">
         <v>46009.0</v>
       </c>
       <c r="B509" t="s">
         <v>13</v>
       </c>
       <c r="C509" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D509" s="2">
-        <v>0.46875</v>
+        <v>0.375</v>
       </c>
       <c r="E509" s="2">
-        <v>0.59375</v>
+        <v>0.4375</v>
       </c>
       <c r="F509" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G509" t="s">
         <v>16</v>
       </c>
       <c r="H509" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="I509" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="1">
         <v>46009.0</v>
       </c>
       <c r="B510" t="s">
         <v>13</v>
       </c>
       <c r="C510" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D510" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E510" s="2">
         <v>0.59375</v>
       </c>
-      <c r="E510" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F510" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G510" t="s">
         <v>16</v>
       </c>
       <c r="H510" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="I510" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="1">
         <v>46009.0</v>
       </c>
       <c r="B511" t="s">
         <v>13</v>
       </c>
       <c r="C511" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D511" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E511" s="2">
-        <v>0.72916666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F511" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G511" t="s">
         <v>16</v>
       </c>
       <c r="H511" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="I511" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="1">
         <v>46009.0</v>
       </c>
       <c r="B512" t="s">
         <v>13</v>
       </c>
       <c r="C512" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="D512" s="2">
-        <v>0.625</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E512" s="2">
-        <v>0.71875</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F512" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G512" t="s">
         <v>16</v>
       </c>
       <c r="H512" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="I512" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="1">
         <v>46009.0</v>
       </c>
       <c r="B513" t="s">
         <v>13</v>
       </c>
       <c r="C513" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D513" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E513" s="2">
-        <v>0.72916666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F513" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G513" t="s">
         <v>16</v>
       </c>
       <c r="H513" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="I513" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="1">
         <v>46009.0</v>
       </c>
       <c r="B514" t="s">
         <v>13</v>
       </c>
       <c r="C514" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D514" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E514" s="2">
         <v>0.72916666666667</v>
       </c>
-      <c r="E514" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F514" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G514" t="s">
         <v>16</v>
       </c>
       <c r="H514" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="I514" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="1">
         <v>46009.0</v>
       </c>
       <c r="B515" t="s">
         <v>13</v>
       </c>
       <c r="C515" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D515" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E515" s="2">
-        <v>0.80208333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F515" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G515" t="s">
         <v>16</v>
       </c>
       <c r="H515" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="I515" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="1">
         <v>46009.0</v>
       </c>
       <c r="B516" t="s">
         <v>13</v>
       </c>
       <c r="C516" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D516" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E516" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="F516" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G516" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H516" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="I516" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="1">
         <v>46009.0</v>
       </c>
       <c r="B517" t="s">
         <v>13</v>
       </c>
       <c r="C517" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D517" s="2">
-        <v>0.80555555555556</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E517" s="2">
-        <v>0.86805555555556</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F517" t="s">
         <v>70</v>
       </c>
       <c r="G517" t="s">
         <v>71</v>
       </c>
       <c r="H517" t="s">
         <v>95</v>
       </c>
       <c r="I517" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="1">
-        <v>46010.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B518" t="s">
-        <v>29</v>
+        <v>13</v>
+      </c>
+      <c r="C518" t="s">
+        <v>79</v>
       </c>
       <c r="D518" s="2">
-        <v>0.33333333333333</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="E518" s="2">
-        <v>0.36458333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F518" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G518" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H518" t="s">
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="I518" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="1">
         <v>46010.0</v>
       </c>
       <c r="B519" t="s">
         <v>29</v>
       </c>
       <c r="D519" s="2">
-        <v>0.375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E519" s="2">
-        <v>0.4375</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F519" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G519" t="s">
         <v>11</v>
       </c>
       <c r="H519" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="1">
-        <v>46029.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B520" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="D520" s="2">
-        <v>0.38541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E520" s="2">
-        <v>0.44791666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F520" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="G520" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H520" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="1">
-        <v>46029.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B521" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="C521" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="D521" s="2">
-        <v>0.46875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E521" s="2">
-        <v>0.59375</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F521" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G521" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H521" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I521" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="1">
         <v>46029.0</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="D522" s="2">
-        <v>0.5</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E522" s="2">
-        <v>0.5625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F522" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G522" t="s">
         <v>16</v>
       </c>
       <c r="H522" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I522" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="1">
         <v>46029.0</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="D523" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="E523" s="2">
         <v>0.59375</v>
       </c>
       <c r="F523" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G523" t="s">
         <v>16</v>
       </c>
       <c r="H523" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="I523" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="1">
         <v>46029.0</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D524" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E524" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F524" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G524" t="s">
         <v>16</v>
       </c>
       <c r="H524" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="I524" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="1">
         <v>46029.0</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="D525" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E525" s="2">
-        <v>0.72916666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F525" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G525" t="s">
         <v>16</v>
       </c>
       <c r="H525" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="I525" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="1">
         <v>46029.0</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D526" s="2">
-        <v>0.61111111111111</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E526" s="2">
-        <v>0.67361111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F526" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G526" t="s">
         <v>16</v>
       </c>
       <c r="H526" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I526" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="1">
         <v>46029.0</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D527" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E527" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F527" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G527" t="s">
         <v>16</v>
       </c>
       <c r="H527" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="I527" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="1">
         <v>46029.0</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D528" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E528" s="2">
-        <v>0.80208333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F528" t="s">
         <v>26</v>
       </c>
       <c r="G528" t="s">
         <v>16</v>
       </c>
       <c r="H528" t="s">
         <v>57</v>
       </c>
       <c r="I528" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="1">
         <v>46029.0</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="D529" s="2">
-        <v>0.73611111111111</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E529" s="2">
-        <v>0.79861111111111</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F529" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G529" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H529" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I529" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="1">
         <v>46029.0</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D530" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E530" s="2">
-        <v>0.8125</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F530" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G530" t="s">
         <v>16</v>
       </c>
       <c r="H530" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I530" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="1">
         <v>46029.0</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D531" s="2">
-        <v>0.80208333333333</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E531" s="2">
-        <v>0.86458333333333</v>
+        <v>0.79861111111111</v>
       </c>
       <c r="F531" t="s">
         <v>70</v>
       </c>
       <c r="G531" t="s">
         <v>71</v>
       </c>
       <c r="H531" t="s">
         <v>95</v>
       </c>
       <c r="I531" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B532" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="D532" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E532" s="2">
-        <v>0.45833333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F532" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G532" t="s">
         <v>16</v>
       </c>
       <c r="H532" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="I532" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B533" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="D533" s="2">
-        <v>0.375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E533" s="2">
-        <v>0.4375</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F533" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G533" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H533" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="I533" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="1">
         <v>46030.0</v>
       </c>
       <c r="B534" t="s">
         <v>13</v>
       </c>
       <c r="C534" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D534" s="2">
-        <v>0.46875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E534" s="2">
-        <v>0.59375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F534" t="s">
         <v>49</v>
       </c>
       <c r="G534" t="s">
         <v>16</v>
       </c>
       <c r="H534" t="s">
         <v>105</v>
       </c>
       <c r="I534" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="1">
         <v>46030.0</v>
       </c>
       <c r="B535" t="s">
         <v>13</v>
       </c>
       <c r="C535" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D535" s="2">
-        <v>0.59375</v>
+        <v>0.375</v>
       </c>
       <c r="E535" s="2">
-        <v>0.65625</v>
+        <v>0.4375</v>
       </c>
       <c r="F535" t="s">
         <v>15</v>
       </c>
       <c r="G535" t="s">
         <v>16</v>
       </c>
       <c r="H535" t="s">
         <v>17</v>
       </c>
       <c r="I535" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="1">
         <v>46030.0</v>
       </c>
       <c r="B536" t="s">
         <v>13</v>
       </c>
       <c r="C536" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="D536" s="2">
-        <v>0.60416666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E536" s="2">
-        <v>0.72916666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F536" t="s">
         <v>49</v>
       </c>
       <c r="G536" t="s">
         <v>16</v>
       </c>
       <c r="H536" t="s">
         <v>105</v>
       </c>
       <c r="I536" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="1">
         <v>46030.0</v>
       </c>
       <c r="B537" t="s">
         <v>13</v>
       </c>
       <c r="C537" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D537" s="2">
-        <v>0.625</v>
+        <v>0.59375</v>
       </c>
       <c r="E537" s="2">
-        <v>0.71875</v>
+        <v>0.65625</v>
       </c>
       <c r="F537" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G537" t="s">
         <v>16</v>
       </c>
       <c r="H537" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="I537" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="1">
         <v>46030.0</v>
       </c>
       <c r="B538" t="s">
         <v>13</v>
       </c>
       <c r="C538" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D538" s="2">
-        <v>0.66666666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E538" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F538" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G538" t="s">
         <v>16</v>
       </c>
       <c r="H538" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I538" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="1">
         <v>46030.0</v>
       </c>
       <c r="B539" t="s">
         <v>13</v>
       </c>
       <c r="C539" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D539" s="2">
-        <v>0.72916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E539" s="2">
-        <v>0.82291666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F539" t="s">
         <v>20</v>
       </c>
       <c r="G539" t="s">
         <v>16</v>
       </c>
       <c r="H539" t="s">
         <v>78</v>
       </c>
       <c r="I539" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="1">
         <v>46030.0</v>
       </c>
       <c r="B540" t="s">
         <v>13</v>
       </c>
       <c r="C540" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D540" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E540" s="2">
-        <v>0.80208333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F540" t="s">
         <v>15</v>
       </c>
       <c r="G540" t="s">
         <v>16</v>
       </c>
       <c r="H540" t="s">
         <v>17</v>
       </c>
       <c r="I540" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="1">
         <v>46030.0</v>
       </c>
       <c r="B541" t="s">
         <v>13</v>
       </c>
       <c r="C541" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D541" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="E541" s="2">
-        <v>0.80208333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F541" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G541" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H541" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="I541" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="1">
         <v>46030.0</v>
       </c>
       <c r="B542" t="s">
         <v>13</v>
       </c>
       <c r="C542" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D542" s="2">
-        <v>0.80555555555556</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E542" s="2">
-        <v>0.86805555555556</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F542" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G542" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H542" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="I542" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B543" t="s">
-        <v>29</v>
+        <v>13</v>
+      </c>
+      <c r="C543" t="s">
+        <v>77</v>
       </c>
       <c r="D543" s="2">
-        <v>0.40625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E543" s="2">
-        <v>0.46875</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F543" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="G543" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H543" t="s">
-        <v>91</v>
+        <v>95</v>
+      </c>
+      <c r="I543" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="1">
-        <v>46031.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B544" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C544" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D544" s="2">
-        <v>0.5625</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="E544" s="2">
-        <v>0.6875</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F544" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G544" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H544" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="I544" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="1">
         <v>46031.0</v>
       </c>
       <c r="B545" t="s">
         <v>29</v>
       </c>
-      <c r="C545" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D545" s="2">
-        <v>0.66666666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E545" s="2">
-        <v>0.72916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F545" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="G545" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="H545" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>91</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="1">
         <v>46031.0</v>
       </c>
       <c r="B546" t="s">
         <v>29</v>
       </c>
       <c r="C546" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D546" s="2">
-        <v>0.69791666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="E546" s="2">
-        <v>0.82291666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F546" t="s">
         <v>49</v>
       </c>
       <c r="G546" t="s">
         <v>16</v>
       </c>
       <c r="H546" t="s">
         <v>105</v>
       </c>
       <c r="I546" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="1">
         <v>46031.0</v>
       </c>
       <c r="B547" t="s">
         <v>29</v>
       </c>
       <c r="C547" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D547" s="2">
-        <v>0.73611111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E547" s="2">
-        <v>0.79861111111111</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F547" t="s">
         <v>70</v>
       </c>
       <c r="G547" t="s">
         <v>71</v>
       </c>
       <c r="H547" t="s">
         <v>95</v>
       </c>
       <c r="I547" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="1">
-        <v>46034.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B548" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C548" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D548" s="2">
-        <v>0.3125</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E548" s="2">
-        <v>0.375</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F548" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G548" t="s">
         <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="I548" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="1">
-        <v>46034.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B549" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C549" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="D549" s="2">
-        <v>0.33333333333333</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E549" s="2">
-        <v>0.45833333333333</v>
+        <v>0.79861111111111</v>
       </c>
       <c r="F549" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G549" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H549" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="I549" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="1">
         <v>46034.0</v>
       </c>
       <c r="B550" t="s">
         <v>35</v>
       </c>
       <c r="C550" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D550" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E550" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F550" t="s">
         <v>37</v>
       </c>
       <c r="G550" t="s">
         <v>16</v>
       </c>
       <c r="H550" t="s">
         <v>38</v>
       </c>
       <c r="I550" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="1">
         <v>46034.0</v>
       </c>
       <c r="B551" t="s">
         <v>35</v>
       </c>
       <c r="C551" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D551" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E551" s="2">
-        <v>0.5</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F551" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G551" t="s">
         <v>16</v>
       </c>
       <c r="H551" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I551" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="1">
         <v>46034.0</v>
       </c>
       <c r="B552" t="s">
         <v>35</v>
       </c>
       <c r="C552" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="D552" s="2">
-        <v>0.40625</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E552" s="2">
-        <v>0.5</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F552" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G552" t="s">
         <v>16</v>
       </c>
       <c r="H552" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I552" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="1">
         <v>46034.0</v>
       </c>
       <c r="B553" t="s">
         <v>35</v>
       </c>
       <c r="C553" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D553" s="2">
-        <v>0.45833333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E553" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F553" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G553" t="s">
         <v>16</v>
       </c>
       <c r="H553" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I553" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="1">
         <v>46034.0</v>
       </c>
       <c r="B554" t="s">
         <v>35</v>
       </c>
       <c r="C554" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="D554" s="2">
-        <v>0.51041666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E554" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F554" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G554" t="s">
         <v>16</v>
       </c>
       <c r="H554" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I554" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="1">
         <v>46034.0</v>
       </c>
       <c r="B555" t="s">
         <v>35</v>
       </c>
       <c r="C555" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="D555" s="2">
-        <v>0.51041666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E555" s="2">
-        <v>0.60416666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F555" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G555" t="s">
         <v>16</v>
       </c>
       <c r="H555" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I555" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="1">
         <v>46034.0</v>
       </c>
       <c r="B556" t="s">
         <v>35</v>
       </c>
       <c r="C556" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D556" s="2">
-        <v>0.61458333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E556" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F556" t="s">
         <v>15</v>
       </c>
       <c r="G556" t="s">
         <v>16</v>
       </c>
       <c r="H556" t="s">
         <v>42</v>
       </c>
       <c r="I556" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="1">
         <v>46034.0</v>
       </c>
       <c r="B557" t="s">
         <v>35</v>
       </c>
       <c r="C557" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="D557" s="2">
-        <v>0.61458333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E557" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F557" t="s">
         <v>20</v>
       </c>
       <c r="G557" t="s">
         <v>16</v>
       </c>
       <c r="H557" t="s">
         <v>43</v>
       </c>
       <c r="I557" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="1">
         <v>46034.0</v>
       </c>
       <c r="B558" t="s">
         <v>35</v>
       </c>
       <c r="C558" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D558" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E558" s="2">
-        <v>0.73958333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F558" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G558" t="s">
         <v>16</v>
       </c>
       <c r="H558" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="I558" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="1">
         <v>46034.0</v>
       </c>
       <c r="B559" t="s">
         <v>35</v>
       </c>
       <c r="C559" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="D559" s="2">
-        <v>0.71875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E559" s="2">
-        <v>0.78125</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F559" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G559" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="I559" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="1">
         <v>46034.0</v>
       </c>
       <c r="B560" t="s">
         <v>35</v>
       </c>
       <c r="C560" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D560" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E560" s="2">
         <v>0.73958333333333</v>
       </c>
-      <c r="E560" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F560" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G560" t="s">
         <v>16</v>
       </c>
       <c r="H560" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="I560" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="1">
         <v>46034.0</v>
       </c>
       <c r="B561" t="s">
         <v>35</v>
       </c>
       <c r="C561" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="D561" s="2">
-        <v>0.75</v>
+        <v>0.71875</v>
       </c>
       <c r="E561" s="2">
-        <v>0.8125</v>
+        <v>0.78125</v>
       </c>
       <c r="F561" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G561" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H561" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="I561" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="1">
         <v>46034.0</v>
       </c>
       <c r="B562" t="s">
         <v>35</v>
       </c>
       <c r="C562" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="D562" s="2">
-        <v>0.78125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E562" s="2">
-        <v>0.84375</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F562" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G562" t="s">
         <v>16</v>
       </c>
       <c r="H562" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="I562" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B563" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C563" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D563" s="2">
-        <v>0.38541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E563" s="2">
-        <v>0.44791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F563" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G563" t="s">
         <v>16</v>
       </c>
       <c r="H563" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I563" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B564" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C564" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="D564" s="2">
-        <v>0.46875</v>
+        <v>0.78125</v>
       </c>
       <c r="E564" s="2">
-        <v>0.59375</v>
+        <v>0.84375</v>
       </c>
       <c r="F564" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G564" t="s">
         <v>16</v>
       </c>
       <c r="H564" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="I564" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="1">
         <v>46035.0</v>
       </c>
       <c r="B565" t="s">
         <v>55</v>
       </c>
       <c r="C565" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D565" s="2">
-        <v>0.5</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E565" s="2">
-        <v>0.5625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F565" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G565" t="s">
         <v>16</v>
       </c>
       <c r="H565" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I565" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="1">
         <v>46035.0</v>
       </c>
       <c r="B566" t="s">
         <v>55</v>
       </c>
       <c r="C566" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D566" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="E566" s="2">
         <v>0.59375</v>
       </c>
       <c r="F566" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G566" t="s">
         <v>16</v>
       </c>
       <c r="H566" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="I566" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="1">
         <v>46035.0</v>
       </c>
       <c r="B567" t="s">
         <v>55</v>
       </c>
       <c r="C567" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="D567" s="2">
-        <v>0.54166666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E567" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F567" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G567" t="s">
         <v>16</v>
       </c>
       <c r="H567" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I567" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="1">
         <v>46035.0</v>
       </c>
       <c r="B568" t="s">
         <v>55</v>
       </c>
       <c r="C568" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D568" s="2">
-        <v>0.61458333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E568" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F568" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G568" t="s">
         <v>16</v>
       </c>
       <c r="H568" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I568" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="1">
         <v>46035.0</v>
       </c>
       <c r="B569" t="s">
         <v>55</v>
       </c>
       <c r="C569" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="D569" s="2">
-        <v>0.67708333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E569" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F569" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="G569" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H569" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
       <c r="I569" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="1">
         <v>46035.0</v>
       </c>
       <c r="B570" t="s">
         <v>55</v>
       </c>
       <c r="C570" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D570" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E570" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F570" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G570" t="s">
         <v>16</v>
       </c>
       <c r="H570" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="I570" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="1">
         <v>46035.0</v>
       </c>
       <c r="B571" t="s">
         <v>55</v>
       </c>
       <c r="C571" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="D571" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E571" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F571" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G571" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H571" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="I571" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="1">
         <v>46035.0</v>
       </c>
       <c r="B572" t="s">
         <v>55</v>
       </c>
       <c r="C572" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="D572" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E572" s="2">
         <v>0.73958333333333</v>
       </c>
-      <c r="E572" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F572" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G572" t="s">
         <v>16</v>
       </c>
       <c r="H572" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="I572" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="1">
         <v>46035.0</v>
       </c>
       <c r="B573" t="s">
         <v>55</v>
       </c>
       <c r="C573" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="D573" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E573" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F573" t="s">
         <v>37</v>
       </c>
       <c r="G573" t="s">
         <v>16</v>
       </c>
       <c r="H573" t="s">
         <v>52</v>
       </c>
       <c r="I573" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="1">
         <v>46035.0</v>
       </c>
       <c r="B574" t="s">
         <v>55</v>
       </c>
       <c r="C574" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="D574" s="2">
-        <v>0.75</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E574" s="2">
-        <v>0.84375</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F574" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G574" t="s">
         <v>16</v>
       </c>
       <c r="H574" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="I574" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B575" t="s">
-        <v>9</v>
+        <v>55</v>
+      </c>
+      <c r="C575" t="s">
+        <v>14</v>
       </c>
       <c r="D575" s="2">
-        <v>0.40625</v>
+        <v>0.75</v>
       </c>
       <c r="E575" s="2">
-        <v>0.46875</v>
+        <v>0.8125</v>
       </c>
       <c r="F575" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G575" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H575" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="I575" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B576" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C576" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D576" s="2">
-        <v>0.64583333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E576" s="2">
-        <v>0.80208333333333</v>
+        <v>0.84375</v>
       </c>
       <c r="F576" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="G576" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H576" t="s">
-        <v>113</v>
+        <v>57</v>
       </c>
       <c r="I576" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="1">
         <v>46036.0</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
-      <c r="C577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D577" s="2">
-        <v>0.75</v>
+        <v>0.40625</v>
       </c>
       <c r="E577" s="2">
-        <v>0.8125</v>
+        <v>0.46875</v>
       </c>
       <c r="F577" t="s">
-        <v>70</v>
+        <v>31</v>
       </c>
       <c r="G577" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="H577" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I577" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B578" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="D578" s="2">
-        <v>0.33333333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E578" s="2">
-        <v>0.45833333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F578" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G578" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H578" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="I578" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B579" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="D579" s="2">
-        <v>0.375</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E579" s="2">
-        <v>0.4375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F579" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="G579" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H579" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="I579" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B580" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="D580" s="2">
-        <v>0.44791666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E580" s="2">
-        <v>0.51041666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F580" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G580" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H580" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="I580" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="1">
         <v>46037.0</v>
       </c>
       <c r="B581" t="s">
         <v>13</v>
       </c>
       <c r="C581" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D581" s="2">
-        <v>0.46875</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E581" s="2">
-        <v>0.59375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F581" t="s">
         <v>49</v>
       </c>
       <c r="G581" t="s">
         <v>16</v>
       </c>
       <c r="H581" t="s">
         <v>105</v>
       </c>
       <c r="I581" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="1">
         <v>46037.0</v>
       </c>
       <c r="B582" t="s">
         <v>13</v>
       </c>
       <c r="C582" t="s">
         <v>14</v>
       </c>
       <c r="D582" s="2">
-        <v>0.5625</v>
+        <v>0.375</v>
       </c>
       <c r="E582" s="2">
-        <v>0.625</v>
+        <v>0.4375</v>
       </c>
       <c r="F582" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G582" t="s">
         <v>16</v>
       </c>
       <c r="H582" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="I582" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="1">
         <v>46037.0</v>
       </c>
       <c r="B583" t="s">
         <v>13</v>
       </c>
       <c r="C583" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="D583" s="2">
-        <v>0.60416666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E583" s="2">
-        <v>0.72916666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F583" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G583" t="s">
         <v>16</v>
       </c>
       <c r="H583" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I583" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="1">
         <v>46037.0</v>
       </c>
       <c r="B584" t="s">
         <v>13</v>
       </c>
       <c r="C584" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D584" s="2">
-        <v>0.63541666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E584" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F584" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G584" t="s">
         <v>16</v>
       </c>
       <c r="H584" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="I584" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="1">
         <v>46037.0</v>
       </c>
       <c r="B585" t="s">
         <v>13</v>
       </c>
       <c r="C585" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D585" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="E585" s="2">
-        <v>0.72916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="F585" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G585" t="s">
         <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="I585" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="1">
         <v>46037.0</v>
       </c>
       <c r="B586" t="s">
         <v>13</v>
       </c>
       <c r="C586" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D586" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E586" s="2">
-        <v>0.80208333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F586" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G586" t="s">
         <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I586" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B587" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C587" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="D587" s="2">
-        <v>0.33333333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E587" s="2">
-        <v>0.45833333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F587" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G587" t="s">
         <v>16</v>
       </c>
       <c r="H587" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="I587" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B588" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C588" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="D588" s="2">
-        <v>0.33333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E588" s="2">
-        <v>0.48958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F588" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="G588" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H588" t="s">
-        <v>104</v>
+        <v>17</v>
+      </c>
+      <c r="I588" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="1">
-        <v>46038.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B589" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C589" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D589" s="2">
-        <v>0.46875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E589" s="2">
-        <v>0.59375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F589" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G589" t="s">
         <v>16</v>
       </c>
       <c r="H589" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I589" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="1">
         <v>46038.0</v>
       </c>
       <c r="B590" t="s">
         <v>29</v>
       </c>
       <c r="C590" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="D590" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E590" s="2">
-        <v>0.72916666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F590" t="s">
         <v>49</v>
       </c>
       <c r="G590" t="s">
         <v>16</v>
       </c>
       <c r="H590" t="s">
         <v>105</v>
       </c>
       <c r="I590" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="1">
         <v>46038.0</v>
       </c>
       <c r="B591" t="s">
         <v>29</v>
       </c>
       <c r="C591" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="D591" s="2">
-        <v>0.66666666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E591" s="2">
-        <v>0.72916666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F591" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="G591" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="H591" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="1">
         <v>46038.0</v>
       </c>
       <c r="B592" t="s">
         <v>29</v>
       </c>
       <c r="C592" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="D592" s="2">
-        <v>0.73263888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="E592" s="2">
-        <v>0.79513888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F592" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G592" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H592" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I592" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="1">
         <v>46038.0</v>
       </c>
       <c r="B593" t="s">
         <v>29</v>
       </c>
       <c r="C593" t="s">
-        <v>14</v>
+        <v>102</v>
       </c>
       <c r="D593" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E593" s="2">
-        <v>0.86458333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F593" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G593" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H593" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I593" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="1">
         <v>46038.0</v>
       </c>
       <c r="B594" t="s">
         <v>29</v>
       </c>
       <c r="C594" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="D594" s="2">
-        <v>0.80208333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E594" s="2">
-        <v>0.86458333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F594" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G594" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H594" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I594" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B595" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C595" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="D595" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E595" s="2">
-        <v>0.46875</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F595" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G595" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H595" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="I595" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B596" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C596" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="D596" s="2">
-        <v>0.38541666666667</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E596" s="2">
-        <v>0.44791666666667</v>
+        <v>0.79513888888889</v>
       </c>
       <c r="F596" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G596" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H596" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="I596" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B597" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C597" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D597" s="2">
-        <v>0.40625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E597" s="2">
-        <v>0.46875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F597" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G597" t="s">
         <v>16</v>
       </c>
       <c r="H597" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="I597" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B598" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C598" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="D598" s="2">
-        <v>0.45833333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E598" s="2">
-        <v>0.52083333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F598" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G598" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H598" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="I598" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="1">
         <v>46041.0</v>
       </c>
       <c r="B599" t="s">
         <v>35</v>
       </c>
       <c r="C599" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="D599" s="2">
-        <v>0.47916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E599" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F599" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G599" t="s">
         <v>16</v>
       </c>
       <c r="H599" t="s">
-        <v>114</v>
+        <v>42</v>
       </c>
       <c r="I599" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="1">
         <v>46041.0</v>
       </c>
       <c r="B600" t="s">
         <v>35</v>
       </c>
       <c r="C600" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D600" s="2">
-        <v>0.47916666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E600" s="2">
-        <v>0.57291666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F600" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G600" t="s">
         <v>16</v>
       </c>
       <c r="H600" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I600" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="1">
         <v>46041.0</v>
       </c>
       <c r="B601" t="s">
         <v>35</v>
       </c>
       <c r="C601" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="D601" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E601" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F601" t="s">
         <v>20</v>
       </c>
       <c r="G601" t="s">
         <v>16</v>
       </c>
       <c r="H601" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="I601" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="1">
         <v>46041.0</v>
       </c>
       <c r="B602" t="s">
         <v>35</v>
       </c>
       <c r="C602" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D602" s="2">
-        <v>0.58333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E602" s="2">
-        <v>0.67708333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F602" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G602" t="s">
         <v>16</v>
       </c>
       <c r="H602" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I602" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="1">
         <v>46041.0</v>
       </c>
       <c r="B603" t="s">
         <v>35</v>
       </c>
       <c r="C603" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D603" s="2">
-        <v>0.60416666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E603" s="2">
-        <v>0.72916666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F603" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G603" t="s">
         <v>16</v>
       </c>
       <c r="H603" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="I603" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="1">
         <v>46041.0</v>
       </c>
       <c r="B604" t="s">
         <v>35</v>
       </c>
       <c r="C604" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="D604" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E604" s="2">
-        <v>0.73958333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F604" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G604" t="s">
         <v>16</v>
       </c>
       <c r="H604" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="I604" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="1">
         <v>46041.0</v>
       </c>
       <c r="B605" t="s">
         <v>35</v>
       </c>
       <c r="C605" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D605" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E605" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F605" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G605" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H605" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="I605" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="1">
         <v>46041.0</v>
       </c>
       <c r="B606" t="s">
         <v>35</v>
       </c>
       <c r="C606" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D606" s="2">
-        <v>0.75</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E606" s="2">
-        <v>0.8125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F606" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G606" t="s">
         <v>16</v>
       </c>
       <c r="H606" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I606" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="1">
         <v>46041.0</v>
       </c>
       <c r="B607" t="s">
         <v>35</v>
       </c>
       <c r="C607" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D607" s="2">
-        <v>0.75</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E607" s="2">
-        <v>0.8125</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F607" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G607" t="s">
         <v>16</v>
       </c>
       <c r="H607" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="I607" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="1">
         <v>46041.0</v>
       </c>
       <c r="B608" t="s">
         <v>35</v>
       </c>
       <c r="C608" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="D608" s="2">
-        <v>0.77083333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E608" s="2">
-        <v>0.83333333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F608" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G608" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H608" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I608" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B609" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C609" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="D609" s="2">
-        <v>0.38541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E609" s="2">
-        <v>0.44791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F609" t="s">
         <v>26</v>
       </c>
       <c r="G609" t="s">
         <v>16</v>
       </c>
       <c r="H609" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="I609" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="A610" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B610" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C610" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D610" s="2">
-        <v>0.46875</v>
+        <v>0.75</v>
       </c>
       <c r="E610" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F610" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G610" t="s">
         <v>16</v>
       </c>
       <c r="H610" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="I610" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="A611" s="1">
         <v>46042.0</v>
       </c>
       <c r="B611" t="s">
         <v>55</v>
       </c>
       <c r="C611" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D611" s="2">
-        <v>0.5</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E611" s="2">
-        <v>0.5625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F611" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G611" t="s">
         <v>16</v>
       </c>
       <c r="H611" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I611" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="A612" s="1">
         <v>46042.0</v>
       </c>
       <c r="B612" t="s">
         <v>55</v>
       </c>
       <c r="C612" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D612" s="2">
-        <v>0.53125</v>
+        <v>0.46875</v>
       </c>
       <c r="E612" s="2">
         <v>0.59375</v>
       </c>
       <c r="F612" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G612" t="s">
         <v>16</v>
       </c>
       <c r="H612" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="I612" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="A613" s="1">
         <v>46042.0</v>
       </c>
       <c r="B613" t="s">
         <v>55</v>
       </c>
       <c r="C613" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="D613" s="2">
-        <v>0.54166666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E613" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="F613" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G613" t="s">
         <v>16</v>
       </c>
       <c r="H613" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I613" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="A614" s="1">
         <v>46042.0</v>
       </c>
       <c r="B614" t="s">
         <v>55</v>
       </c>
       <c r="C614" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="D614" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E614" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F614" t="s">
         <v>37</v>
       </c>
       <c r="G614" t="s">
         <v>16</v>
       </c>
       <c r="H614" t="s">
         <v>38</v>
       </c>
       <c r="I614" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="A615" s="1">
         <v>46042.0</v>
       </c>
       <c r="B615" t="s">
         <v>55</v>
       </c>
       <c r="C615" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D615" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E615" s="2">
         <v>0.60416666666667</v>
       </c>
-      <c r="E615" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F615" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G615" t="s">
         <v>16</v>
       </c>
       <c r="H615" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="I615" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="A616" s="1">
         <v>46042.0</v>
       </c>
       <c r="B616" t="s">
         <v>55</v>
       </c>
       <c r="C616" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D616" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E616" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F616" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G616" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H616" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="I616" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="A617" s="1">
         <v>46042.0</v>
       </c>
       <c r="B617" t="s">
         <v>55</v>
       </c>
       <c r="C617" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="D617" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E617" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F617" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G617" t="s">
         <v>16</v>
       </c>
       <c r="H617" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="I617" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="A618" s="1">
         <v>46042.0</v>
       </c>
       <c r="B618" t="s">
         <v>55</v>
       </c>
       <c r="C618" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="D618" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E618" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F618" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G618" t="s">
         <v>16</v>
       </c>
       <c r="H618" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I618" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="A619" s="1">
         <v>46042.0</v>
       </c>
       <c r="B619" t="s">
         <v>55</v>
       </c>
       <c r="C619" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D619" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E619" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F619" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G619" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H619" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="I619" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="A620" s="1">
         <v>46042.0</v>
       </c>
       <c r="B620" t="s">
         <v>55</v>
       </c>
       <c r="C620" t="s">
         <v>64</v>
       </c>
       <c r="D620" s="2">
         <v>0.75</v>
       </c>
       <c r="E620" s="2">
         <v>0.8125</v>
       </c>
       <c r="F620" t="s">
         <v>26</v>
       </c>
       <c r="G620" t="s">
         <v>16</v>
       </c>
       <c r="H620" t="s">
@@ -18577,2084 +18601,2281 @@
       </c>
       <c r="E624" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F624" t="s">
         <v>49</v>
       </c>
       <c r="G624" t="s">
         <v>16</v>
       </c>
       <c r="H624" t="s">
         <v>105</v>
       </c>
       <c r="I624" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="1">
         <v>46043.0</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D625" s="2">
-        <v>0.61111111111111</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E625" s="2">
-        <v>0.73611111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F625" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G625" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H625" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I625" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="1">
         <v>46043.0</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D626" s="2">
-        <v>0.61805555555556</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E626" s="2">
-        <v>0.77430555555556</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F626" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G626" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H626" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="I626" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="1">
         <v>46043.0</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="D627" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E627" s="2">
-        <v>0.73958333333333</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F627" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G627" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="H627" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="I627" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="1">
         <v>46043.0</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
         <v>60</v>
       </c>
       <c r="D628" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E628" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="F628" t="s">
         <v>26</v>
       </c>
       <c r="G628" t="s">
         <v>16</v>
       </c>
       <c r="H628" t="s">
         <v>57</v>
       </c>
       <c r="I628" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B629" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="D629" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E629" s="2">
-        <v>0.45833333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F629" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G629" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H629" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I629" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B630" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="D630" s="2">
-        <v>0.375</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E630" s="2">
-        <v>0.4375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F630" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G630" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H630" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I630" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="1">
         <v>46044.0</v>
       </c>
       <c r="B631" t="s">
         <v>13</v>
       </c>
       <c r="C631" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D631" s="2">
-        <v>0.44791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E631" s="2">
-        <v>0.51041666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F631" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G631" t="s">
         <v>16</v>
       </c>
       <c r="H631" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I631" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="1">
         <v>46044.0</v>
       </c>
       <c r="B632" t="s">
         <v>13</v>
       </c>
       <c r="C632" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="D632" s="2">
-        <v>0.46875</v>
+        <v>0.375</v>
       </c>
       <c r="E632" s="2">
-        <v>0.59375</v>
+        <v>0.4375</v>
       </c>
       <c r="F632" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G632" t="s">
         <v>16</v>
       </c>
       <c r="H632" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I632" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="1">
         <v>46044.0</v>
       </c>
       <c r="B633" t="s">
         <v>13</v>
       </c>
       <c r="C633" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D633" s="2">
-        <v>0.5625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E633" s="2">
-        <v>0.625</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F633" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G633" t="s">
         <v>16</v>
       </c>
       <c r="H633" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I633" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="1">
         <v>46044.0</v>
       </c>
       <c r="B634" t="s">
         <v>13</v>
       </c>
       <c r="C634" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="D634" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E634" s="2">
-        <v>0.72916666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F634" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G634" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H634" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I634" t="s">
-        <v>51</v>
+        <v>101</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="1">
         <v>46044.0</v>
       </c>
       <c r="B635" t="s">
         <v>13</v>
       </c>
       <c r="C635" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D635" s="2">
-        <v>0.63541666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E635" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F635" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G635" t="s">
         <v>16</v>
       </c>
       <c r="H635" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="I635" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="1">
         <v>46044.0</v>
       </c>
       <c r="B636" t="s">
         <v>13</v>
       </c>
       <c r="C636" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="D636" s="2">
-        <v>0.66666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E636" s="2">
-        <v>0.72916666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F636" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G636" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H636" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I636" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="1">
         <v>46044.0</v>
       </c>
       <c r="B637" t="s">
         <v>13</v>
       </c>
       <c r="C637" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D637" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="E637" s="2">
-        <v>0.80208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F637" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G637" t="s">
         <v>16</v>
       </c>
       <c r="H637" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I637" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="1">
         <v>46044.0</v>
       </c>
       <c r="B638" t="s">
         <v>13</v>
       </c>
       <c r="C638" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="D638" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E638" s="2">
-        <v>0.86458333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F638" t="s">
         <v>49</v>
       </c>
       <c r="G638" t="s">
         <v>16</v>
       </c>
       <c r="H638" t="s">
         <v>105</v>
       </c>
       <c r="I638" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="1">
         <v>46044.0</v>
       </c>
       <c r="B639" t="s">
         <v>13</v>
       </c>
       <c r="C639" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="D639" s="2">
-        <v>0.75</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E639" s="2">
-        <v>0.8125</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F639" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G639" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H639" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="I639" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B640" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C640" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="D640" s="2">
-        <v>0.33333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E640" s="2">
-        <v>0.48958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F640" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="G640" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H640" t="s">
-        <v>104</v>
+        <v>17</v>
+      </c>
+      <c r="I640" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B641" t="s">
-        <v>29</v>
+        <v>13</v>
+      </c>
+      <c r="C641" t="s">
+        <v>24</v>
       </c>
       <c r="D641" s="2">
-        <v>0.54166666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E641" s="2">
-        <v>0.625</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F641" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="G641" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="H641" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="I641" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B642" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C642" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D642" s="2">
-        <v>0.375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E642" s="2">
-        <v>0.46875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F642" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G642" t="s">
         <v>16</v>
       </c>
       <c r="H642" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I642" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B643" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C643" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="D643" s="2">
-        <v>0.375</v>
+        <v>0.75</v>
       </c>
       <c r="E643" s="2">
-        <v>0.46875</v>
+        <v>0.8125</v>
       </c>
       <c r="F643" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="G643" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H643" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
       <c r="I643" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B644" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C644" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="D644" s="2">
-        <v>0.38541666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E644" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F644" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="G644" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H644" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>104</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B645" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="D645" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E645" s="2">
-        <v>0.52083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F645" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
       <c r="G645" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H645" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="I645" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="1">
         <v>46048.0</v>
       </c>
       <c r="B646" t="s">
         <v>35</v>
       </c>
       <c r="C646" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D646" s="2">
-        <v>0.47916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E646" s="2">
-        <v>0.57291666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F646" t="s">
         <v>15</v>
       </c>
       <c r="G646" t="s">
         <v>16</v>
       </c>
       <c r="H646" t="s">
         <v>42</v>
       </c>
       <c r="I646" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="1">
         <v>46048.0</v>
       </c>
       <c r="B647" t="s">
         <v>35</v>
       </c>
       <c r="C647" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D647" s="2">
-        <v>0.47916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E647" s="2">
-        <v>0.57291666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F647" t="s">
         <v>20</v>
       </c>
       <c r="G647" t="s">
         <v>16</v>
       </c>
       <c r="H647" t="s">
         <v>106</v>
       </c>
       <c r="I647" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="1">
         <v>46048.0</v>
       </c>
       <c r="B648" t="s">
         <v>35</v>
       </c>
       <c r="C648" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D648" s="2">
-        <v>0.58333333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E648" s="2">
-        <v>0.67708333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F648" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G648" t="s">
         <v>16</v>
       </c>
       <c r="H648" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I648" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="1">
         <v>46048.0</v>
       </c>
       <c r="B649" t="s">
         <v>35</v>
       </c>
       <c r="C649" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D649" s="2">
-        <v>0.58333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E649" s="2">
-        <v>0.67708333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F649" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G649" t="s">
         <v>16</v>
       </c>
       <c r="H649" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="I649" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="1">
         <v>46048.0</v>
       </c>
       <c r="B650" t="s">
         <v>35</v>
       </c>
       <c r="C650" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D650" s="2">
-        <v>0.61458333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E650" s="2">
-        <v>0.73958333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F650" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G650" t="s">
         <v>16</v>
       </c>
       <c r="H650" t="s">
-        <v>116</v>
+        <v>42</v>
       </c>
       <c r="I650" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="1">
         <v>46048.0</v>
       </c>
       <c r="B651" t="s">
         <v>35</v>
       </c>
       <c r="C651" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D651" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E651" s="2">
-        <v>0.73958333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F651" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G651" t="s">
         <v>16</v>
       </c>
       <c r="H651" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="I651" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="1">
         <v>46048.0</v>
       </c>
       <c r="B652" t="s">
         <v>35</v>
       </c>
       <c r="C652" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D652" s="2">
-        <v>0.75</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E652" s="2">
-        <v>0.8125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F652" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G652" t="s">
         <v>16</v>
       </c>
       <c r="H652" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I652" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="1">
         <v>46048.0</v>
       </c>
       <c r="B653" t="s">
         <v>35</v>
       </c>
       <c r="C653" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D653" s="2">
-        <v>0.75</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E653" s="2">
-        <v>0.8125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F653" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G653" t="s">
         <v>16</v>
       </c>
       <c r="H653" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="I653" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B654" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C654" t="s">
-        <v>107</v>
+        <v>48</v>
       </c>
       <c r="D654" s="2">
-        <v>0.33333333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E654" s="2">
-        <v>0.48958333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F654" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="G654" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H654" t="s">
-        <v>104</v>
+        <v>120</v>
+      </c>
+      <c r="I654" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B655" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C655" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="D655" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E655" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F655" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G655" t="s">
         <v>16</v>
       </c>
       <c r="H655" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I655" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B656" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C656" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="D656" s="2">
-        <v>0.46875</v>
+        <v>0.75</v>
       </c>
       <c r="E656" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F656" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G656" t="s">
         <v>16</v>
       </c>
       <c r="H656" t="s">
-        <v>116</v>
+        <v>27</v>
       </c>
       <c r="I656" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B657" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C657" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D657" s="2">
-        <v>0.5</v>
+        <v>0.75</v>
       </c>
       <c r="E657" s="2">
-        <v>0.5625</v>
+        <v>0.8125</v>
       </c>
       <c r="F657" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G657" t="s">
         <v>16</v>
       </c>
       <c r="H657" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="I657" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B658" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="C658" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D658" s="2">
-        <v>0.53125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E658" s="2">
-        <v>0.59375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F658" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G658" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H658" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="I658" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="1">
         <v>46049.0</v>
       </c>
       <c r="B659" t="s">
         <v>55</v>
       </c>
       <c r="C659" t="s">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="D659" s="2">
-        <v>0.54166666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E659" s="2">
-        <v>0.60416666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F659" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="G659" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H659" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>104</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="1">
         <v>46049.0</v>
       </c>
       <c r="B660" t="s">
         <v>55</v>
       </c>
       <c r="C660" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D660" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E660" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F660" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G660" t="s">
         <v>16</v>
       </c>
       <c r="H660" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="I660" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="1">
         <v>46049.0</v>
       </c>
       <c r="B661" t="s">
         <v>55</v>
       </c>
       <c r="C661" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D661" s="2">
-        <v>0.60416666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E661" s="2">
-        <v>0.72916666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F661" t="s">
         <v>49</v>
       </c>
       <c r="G661" t="s">
         <v>16</v>
       </c>
       <c r="H661" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I661" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="1">
         <v>46049.0</v>
       </c>
       <c r="B662" t="s">
         <v>55</v>
       </c>
       <c r="C662" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="D662" s="2">
-        <v>0.61111111111111</v>
+        <v>0.5</v>
       </c>
       <c r="E662" s="2">
-        <v>0.67361111111111</v>
+        <v>0.5625</v>
       </c>
       <c r="F662" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G662" t="s">
         <v>16</v>
       </c>
       <c r="H662" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I662" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="1">
         <v>46049.0</v>
       </c>
       <c r="B663" t="s">
         <v>55</v>
       </c>
       <c r="C663" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="D663" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E663" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F663" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G663" t="s">
         <v>16</v>
       </c>
       <c r="H663" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I663" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="1">
         <v>46049.0</v>
       </c>
       <c r="B664" t="s">
         <v>55</v>
       </c>
       <c r="C664" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D664" s="2">
-        <v>0.67708333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E664" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F664" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G664" t="s">
         <v>16</v>
       </c>
       <c r="H664" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I664" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="1">
         <v>46049.0</v>
       </c>
       <c r="B665" t="s">
         <v>55</v>
       </c>
       <c r="C665" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D665" s="2">
-        <v>0.75</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E665" s="2">
-        <v>0.8125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F665" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G665" t="s">
         <v>16</v>
       </c>
       <c r="H665" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I665" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="1">
         <v>46049.0</v>
       </c>
       <c r="B666" t="s">
         <v>55</v>
       </c>
       <c r="C666" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D666" s="2">
-        <v>0.75</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E666" s="2">
-        <v>0.8125</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F666" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G666" t="s">
         <v>16</v>
       </c>
       <c r="H666" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="I666" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B667" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C667" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="D667" s="2">
-        <v>0.3125</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E667" s="2">
-        <v>0.375</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F667" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G667" t="s">
         <v>16</v>
       </c>
       <c r="H667" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="I667" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B668" t="s">
-        <v>9</v>
+        <v>55</v>
+      </c>
+      <c r="C668" t="s">
+        <v>69</v>
       </c>
       <c r="D668" s="2">
-        <v>0.40625</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E668" s="2">
-        <v>0.46875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F668" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="G668" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H668" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="I668" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B669" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C669" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="D669" s="2">
-        <v>0.47916666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E669" s="2">
-        <v>0.60416666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F669" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G669" t="s">
         <v>16</v>
       </c>
       <c r="H669" t="s">
-        <v>116</v>
+        <v>57</v>
       </c>
       <c r="I669" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B670" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C670" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D670" s="2">
-        <v>0.61458333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E670" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F670" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G670" t="s">
         <v>16</v>
       </c>
       <c r="H670" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="I670" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B671" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C671" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="D671" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75</v>
       </c>
       <c r="E671" s="2">
-        <v>0.77430555555556</v>
+        <v>0.8125</v>
       </c>
       <c r="F671" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="G671" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="H671" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="I671" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B672" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C672" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="D672" s="2">
-        <v>0.69791666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E672" s="2">
-        <v>0.76041666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F672" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="G672" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H672" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I672" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B673" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="C673" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="D673" s="2">
-        <v>0.74305555555556</v>
+        <v>0.75</v>
       </c>
       <c r="E673" s="2">
-        <v>0.86805555555556</v>
+        <v>0.8125</v>
       </c>
       <c r="F673" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G673" t="s">
         <v>16</v>
       </c>
       <c r="H673" t="s">
-        <v>116</v>
+        <v>52</v>
       </c>
       <c r="I673" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" s="1">
         <v>46050.0</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="D674" s="2">
-        <v>0.77083333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E674" s="2">
-        <v>0.83333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F674" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G674" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H674" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="I674" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B675" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D675" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E675" s="2">
-        <v>0.45833333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F675" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="G675" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H675" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
       <c r="I675" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B676" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="D676" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E676" s="2">
-        <v>0.4375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F676" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G676" t="s">
         <v>16</v>
       </c>
       <c r="H676" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="I676" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B677" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D677" s="2">
-        <v>0.45833333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E677" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F677" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G677" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H677" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I677" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B678" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
       <c r="D678" s="2">
-        <v>0.46875</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E678" s="2">
-        <v>0.59375</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F678" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G678" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H678" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I678" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B679" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D679" s="2">
-        <v>0.53125</v>
+        <v>0.625</v>
       </c>
       <c r="E679" s="2">
-        <v>0.59375</v>
+        <v>0.6875</v>
       </c>
       <c r="F679" t="s">
         <v>70</v>
       </c>
       <c r="G679" t="s">
         <v>71</v>
       </c>
       <c r="H679" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="I679" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B680" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D680" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E680" s="2">
-        <v>0.65625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F680" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G680" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H680" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="I680" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B681" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="D681" s="2">
-        <v>0.60416666666667</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="E681" s="2">
-        <v>0.66666666666667</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F681" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G681" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H681" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I681" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B682" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="D682" s="2">
-        <v>0.60416666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E682" s="2">
-        <v>0.72916666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F682" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G682" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H682" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="I682" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" s="1">
         <v>46051.0</v>
       </c>
       <c r="B683" t="s">
         <v>13</v>
       </c>
       <c r="C683" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D683" s="2">
-        <v>0.66666666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E683" s="2">
-        <v>0.72916666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F683" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G683" t="s">
         <v>16</v>
       </c>
       <c r="H683" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="I683" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" s="1">
         <v>46051.0</v>
       </c>
       <c r="B684" t="s">
         <v>13</v>
       </c>
       <c r="C684" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D684" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E684" s="2">
-        <v>0.80208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F684" t="s">
         <v>15</v>
       </c>
       <c r="G684" t="s">
         <v>16</v>
       </c>
       <c r="H684" t="s">
         <v>17</v>
       </c>
       <c r="I684" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" s="1">
         <v>46051.0</v>
       </c>
       <c r="B685" t="s">
         <v>13</v>
       </c>
       <c r="C685" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="D685" s="2">
-        <v>0.75</v>
+        <v>0.46875</v>
       </c>
       <c r="E685" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="F685" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G685" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H685" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I685" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B686" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="C686" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="D686" s="2">
-        <v>0.33333333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E686" s="2">
-        <v>0.48958333333333</v>
+        <v>0.65625</v>
       </c>
       <c r="F686" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="G686" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H686" t="s">
-        <v>104</v>
+        <v>17</v>
+      </c>
+      <c r="I686" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B687" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C687" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="D687" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E687" s="2">
-        <v>0.375</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F687" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G687" t="s">
         <v>16</v>
       </c>
       <c r="H687" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="I687" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B688" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C688" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D688" s="2">
-        <v>0.38541666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E688" s="2">
-        <v>0.44791666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F688" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G688" t="s">
         <v>16</v>
       </c>
       <c r="H688" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="I688" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B689" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C689" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="D689" s="2">
-        <v>0.40625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E689" s="2">
-        <v>0.5</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F689" t="s">
         <v>15</v>
       </c>
       <c r="G689" t="s">
         <v>16</v>
       </c>
       <c r="H689" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="I689" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B690" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C690" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="D690" s="2">
-        <v>0.45833333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E690" s="2">
-        <v>0.52083333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F690" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="G690" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H690" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>104</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B691" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C691" t="s">
-        <v>45</v>
+        <v>102</v>
       </c>
       <c r="D691" s="2">
-        <v>0.51041666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E691" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F691" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="G691" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H691" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="I691" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" s="1">
         <v>46055.0</v>
       </c>
       <c r="B692" t="s">
         <v>35</v>
       </c>
       <c r="C692" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D692" s="2">
-        <v>0.61458333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E692" s="2">
-        <v>0.70833333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F692" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G692" t="s">
         <v>16</v>
       </c>
       <c r="H692" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I692" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" s="1">
         <v>46055.0</v>
       </c>
       <c r="B693" t="s">
         <v>35</v>
       </c>
       <c r="C693" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="D693" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E693" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F693" t="s">
         <v>37</v>
       </c>
       <c r="G693" t="s">
         <v>16</v>
       </c>
       <c r="H693" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I693" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" s="1">
         <v>46055.0</v>
       </c>
       <c r="B694" t="s">
         <v>35</v>
       </c>
       <c r="C694" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="D694" s="2">
-        <v>0.75</v>
+        <v>0.40625</v>
       </c>
       <c r="E694" s="2">
-        <v>0.8125</v>
+        <v>0.5</v>
       </c>
       <c r="F694" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G694" t="s">
         <v>16</v>
       </c>
       <c r="H694" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="I694" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" s="1">
         <v>46055.0</v>
       </c>
       <c r="B695" t="s">
         <v>35</v>
       </c>
       <c r="C695" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D695" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E695" s="2">
-        <v>0.8125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F695" t="s">
         <v>37</v>
       </c>
       <c r="G695" t="s">
         <v>16</v>
       </c>
       <c r="H695" t="s">
+        <v>38</v>
+      </c>
+      <c r="I695" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10">
+      <c r="A696" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B696" t="s">
+        <v>35</v>
+      </c>
+      <c r="C696" t="s">
+        <v>45</v>
+      </c>
+      <c r="D696" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="E696" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="F696" t="s">
+        <v>15</v>
+      </c>
+      <c r="G696" t="s">
+        <v>16</v>
+      </c>
+      <c r="H696" t="s">
+        <v>42</v>
+      </c>
+      <c r="I696" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10">
+      <c r="A697" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B697" t="s">
+        <v>35</v>
+      </c>
+      <c r="C697" t="s">
+        <v>46</v>
+      </c>
+      <c r="D697" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="E697" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F697" t="s">
+        <v>15</v>
+      </c>
+      <c r="G697" t="s">
+        <v>16</v>
+      </c>
+      <c r="H697" t="s">
+        <v>42</v>
+      </c>
+      <c r="I697" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10">
+      <c r="A698" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B698" t="s">
+        <v>35</v>
+      </c>
+      <c r="C698" t="s">
+        <v>14</v>
+      </c>
+      <c r="D698" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E698" s="2">
+        <v>0.73958333333333</v>
+      </c>
+      <c r="F698" t="s">
+        <v>37</v>
+      </c>
+      <c r="G698" t="s">
+        <v>16</v>
+      </c>
+      <c r="H698" t="s">
         <v>52</v>
       </c>
-      <c r="I695" t="s">
+      <c r="I698" t="s">
         <v>53</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10">
+      <c r="A699" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B699" t="s">
+        <v>35</v>
+      </c>
+      <c r="C699" t="s">
+        <v>25</v>
+      </c>
+      <c r="D699" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E699" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F699" t="s">
+        <v>26</v>
+      </c>
+      <c r="G699" t="s">
+        <v>16</v>
+      </c>
+      <c r="H699" t="s">
+        <v>27</v>
+      </c>
+      <c r="I699" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10">
+      <c r="A700" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B700" t="s">
+        <v>35</v>
+      </c>
+      <c r="C700" t="s">
+        <v>54</v>
+      </c>
+      <c r="D700" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E700" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F700" t="s">
+        <v>37</v>
+      </c>
+      <c r="G700" t="s">
+        <v>16</v>
+      </c>
+      <c r="H700" t="s">
+        <v>52</v>
+      </c>
+      <c r="I700" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10">
+      <c r="A701" s="1">
+        <v>46065.0</v>
+      </c>
+      <c r="B701" t="s">
+        <v>13</v>
+      </c>
+      <c r="D701" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E701" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F701" t="s">
+        <v>121</v>
+      </c>
+      <c r="G701" t="s">
+        <v>122</v>
+      </c>
+      <c r="H701" t="s">
+        <v>123</v>
+      </c>
+      <c r="I701" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10">
+      <c r="A702" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B702" t="s">
+        <v>29</v>
+      </c>
+      <c r="D702" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E702" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F702" t="s">
+        <v>124</v>
+      </c>
+      <c r="G702" t="s">
+        <v>122</v>
+      </c>
+      <c r="H702" t="s">
+        <v>123</v>
+      </c>
+      <c r="I702" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>