--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -377,57 +377,69 @@
   <si>
     <t>Biochemia z elementami chemii - kolokwium II (I)</t>
   </si>
   <si>
     <t>209 A-22</t>
   </si>
   <si>
     <t>Konsultacje dla lekarskiego - Podstawy Pielęgniarstwa (I)</t>
   </si>
   <si>
     <t>309 A-22</t>
   </si>
   <si>
     <t>dr Beata Wudarczyk</t>
   </si>
   <si>
     <t>dr hab. n. med. Joanna Budna-Tukan, prof. UZ; dr n. med. Izabela Pieścikowska</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - kolokwium III (I)</t>
   </si>
   <si>
     <t>dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka</t>
   </si>
   <si>
-    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+    <t>Konsultacje (I)</t>
+  </si>
+  <si>
+    <t>Biofizyka - egzamin I termin (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
+    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+  </si>
+  <si>
     <t>dr Marzena Gutowicz; dr Barbara Morawin; dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka; lek. Jakub Wojtacha; prof. dr hab. Agnieszka Zembroń-Łacny</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - kolokwium wyjściowe (I)</t>
+  </si>
+  <si>
+    <t>Biofizyka - egzamin II termin (E)</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - II termin egzaminu (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -738,54 +750,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J702"/>
+  <dimension ref="A1:J703"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E702" sqref="E702"/>
+      <selection activeCell="E703" sqref="E703"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -16348,1832 +16360,1832 @@
       </c>
       <c r="E546" s="2">
         <v>0.6875</v>
       </c>
       <c r="F546" t="s">
         <v>49</v>
       </c>
       <c r="G546" t="s">
         <v>16</v>
       </c>
       <c r="H546" t="s">
         <v>105</v>
       </c>
       <c r="I546" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="1">
         <v>46031.0</v>
       </c>
       <c r="B547" t="s">
         <v>29</v>
       </c>
       <c r="C547" t="s">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="D547" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E547" s="2">
-        <v>0.72916666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F547" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G547" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H547" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I547" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B548" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C548" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D548" s="2">
-        <v>0.69791666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E548" s="2">
-        <v>0.82291666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F548" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G548" t="s">
         <v>16</v>
       </c>
       <c r="H548" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="I548" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B549" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C549" t="s">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="D549" s="2">
-        <v>0.73611111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E549" s="2">
-        <v>0.79861111111111</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F549" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G549" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H549" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I549" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="1">
         <v>46034.0</v>
       </c>
       <c r="B550" t="s">
         <v>35</v>
       </c>
       <c r="C550" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D550" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E550" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F550" t="s">
         <v>37</v>
       </c>
       <c r="G550" t="s">
         <v>16</v>
       </c>
       <c r="H550" t="s">
         <v>38</v>
       </c>
       <c r="I550" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="1">
         <v>46034.0</v>
       </c>
       <c r="B551" t="s">
         <v>35</v>
       </c>
       <c r="C551" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="D551" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E551" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F551" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G551" t="s">
         <v>16</v>
       </c>
       <c r="H551" t="s">
-        <v>105</v>
+        <v>42</v>
       </c>
       <c r="I551" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="1">
         <v>46034.0</v>
       </c>
       <c r="B552" t="s">
         <v>35</v>
       </c>
       <c r="C552" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D552" s="2">
-        <v>0.38541666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E552" s="2">
-        <v>0.44791666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F552" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G552" t="s">
         <v>16</v>
       </c>
       <c r="H552" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I552" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="1">
         <v>46034.0</v>
       </c>
       <c r="B553" t="s">
         <v>35</v>
       </c>
       <c r="C553" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D553" s="2">
-        <v>0.40625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E553" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F553" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G553" t="s">
         <v>16</v>
       </c>
       <c r="H553" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I553" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="1">
         <v>46034.0</v>
       </c>
       <c r="B554" t="s">
         <v>35</v>
       </c>
       <c r="C554" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D554" s="2">
-        <v>0.40625</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E554" s="2">
-        <v>0.5</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F554" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G554" t="s">
         <v>16</v>
       </c>
       <c r="H554" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I554" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="1">
         <v>46034.0</v>
       </c>
       <c r="B555" t="s">
         <v>35</v>
       </c>
       <c r="C555" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D555" s="2">
-        <v>0.45833333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E555" s="2">
-        <v>0.52083333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F555" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G555" t="s">
         <v>16</v>
       </c>
       <c r="H555" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I555" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="1">
         <v>46034.0</v>
       </c>
       <c r="B556" t="s">
         <v>35</v>
       </c>
       <c r="C556" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D556" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E556" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F556" t="s">
         <v>15</v>
       </c>
       <c r="G556" t="s">
         <v>16</v>
       </c>
       <c r="H556" t="s">
         <v>42</v>
       </c>
       <c r="I556" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="1">
         <v>46034.0</v>
       </c>
       <c r="B557" t="s">
         <v>35</v>
       </c>
       <c r="C557" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D557" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E557" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F557" t="s">
         <v>20</v>
       </c>
       <c r="G557" t="s">
         <v>16</v>
       </c>
       <c r="H557" t="s">
         <v>43</v>
       </c>
       <c r="I557" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="1">
         <v>46034.0</v>
       </c>
       <c r="B558" t="s">
         <v>35</v>
       </c>
       <c r="C558" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="D558" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E558" s="2">
-        <v>0.70833333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F558" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G558" t="s">
         <v>16</v>
       </c>
       <c r="H558" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I558" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="1">
         <v>46034.0</v>
       </c>
       <c r="B559" t="s">
         <v>35</v>
       </c>
       <c r="C559" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="D559" s="2">
-        <v>0.61458333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E559" s="2">
-        <v>0.70833333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F559" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G559" t="s">
         <v>16</v>
       </c>
       <c r="H559" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="I559" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="1">
         <v>46034.0</v>
       </c>
       <c r="B560" t="s">
         <v>35</v>
       </c>
       <c r="C560" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D560" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E560" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F560" t="s">
         <v>37</v>
       </c>
       <c r="G560" t="s">
         <v>16</v>
       </c>
       <c r="H560" t="s">
         <v>52</v>
       </c>
       <c r="I560" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="1">
         <v>46034.0</v>
       </c>
       <c r="B561" t="s">
         <v>35</v>
       </c>
       <c r="C561" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="D561" s="2">
-        <v>0.71875</v>
+        <v>0.78125</v>
       </c>
       <c r="E561" s="2">
-        <v>0.78125</v>
+        <v>0.84375</v>
       </c>
       <c r="F561" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="G561" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H561" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="I561" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B562" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C562" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="D562" s="2">
-        <v>0.73958333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E562" s="2">
-        <v>0.86458333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F562" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G562" t="s">
         <v>16</v>
       </c>
       <c r="H562" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="I562" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B563" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C563" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D563" s="2">
-        <v>0.75</v>
+        <v>0.46875</v>
       </c>
       <c r="E563" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="F563" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G563" t="s">
         <v>16</v>
       </c>
       <c r="H563" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="I563" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B564" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C564" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D564" s="2">
-        <v>0.78125</v>
+        <v>0.5</v>
       </c>
       <c r="E564" s="2">
-        <v>0.84375</v>
+        <v>0.5625</v>
       </c>
       <c r="F564" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G564" t="s">
         <v>16</v>
       </c>
       <c r="H564" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I564" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="1">
         <v>46035.0</v>
       </c>
       <c r="B565" t="s">
         <v>55</v>
       </c>
       <c r="C565" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D565" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E565" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F565" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G565" t="s">
         <v>16</v>
       </c>
       <c r="H565" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I565" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="1">
         <v>46035.0</v>
       </c>
       <c r="B566" t="s">
         <v>55</v>
       </c>
       <c r="C566" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D566" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E566" s="2">
-        <v>0.59375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F566" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G566" t="s">
         <v>16</v>
       </c>
       <c r="H566" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="I566" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="1">
         <v>46035.0</v>
       </c>
       <c r="B567" t="s">
         <v>55</v>
       </c>
       <c r="C567" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="D567" s="2">
-        <v>0.5</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E567" s="2">
-        <v>0.5625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F567" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G567" t="s">
         <v>16</v>
       </c>
       <c r="H567" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I567" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="1">
         <v>46035.0</v>
       </c>
       <c r="B568" t="s">
         <v>55</v>
       </c>
       <c r="C568" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="D568" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E568" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F568" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G568" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H568" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="I568" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="1">
         <v>46035.0</v>
       </c>
       <c r="B569" t="s">
         <v>55</v>
       </c>
       <c r="C569" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D569" s="2">
-        <v>0.54166666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E569" s="2">
-        <v>0.60416666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F569" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G569" t="s">
         <v>16</v>
       </c>
       <c r="H569" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="I569" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="1">
         <v>46035.0</v>
       </c>
       <c r="B570" t="s">
         <v>55</v>
       </c>
       <c r="C570" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D570" s="2">
-        <v>0.61458333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E570" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F570" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G570" t="s">
         <v>16</v>
       </c>
       <c r="H570" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I570" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="1">
         <v>46035.0</v>
       </c>
       <c r="B571" t="s">
         <v>55</v>
       </c>
       <c r="C571" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="D571" s="2">
-        <v>0.67708333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E571" s="2">
-        <v>0.73958333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F571" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G571" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H571" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I571" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="1">
         <v>46035.0</v>
       </c>
       <c r="B572" t="s">
         <v>55</v>
       </c>
       <c r="C572" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="D572" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E572" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F572" t="s">
         <v>37</v>
       </c>
       <c r="G572" t="s">
         <v>16</v>
       </c>
       <c r="H572" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="I572" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="1">
         <v>46035.0</v>
       </c>
       <c r="B573" t="s">
         <v>55</v>
       </c>
       <c r="C573" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="D573" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E573" s="2">
-        <v>0.73958333333333</v>
+        <v>0.84375</v>
       </c>
       <c r="F573" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G573" t="s">
         <v>16</v>
       </c>
       <c r="H573" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I573" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B574" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="D574" s="2">
-        <v>0.73958333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E574" s="2">
-        <v>0.86458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F574" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="G574" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H574" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="I574" t="s">
-        <v>51</v>
+        <v>88</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B575" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="D575" s="2">
-        <v>0.75</v>
+        <v>0.5</v>
       </c>
       <c r="E575" s="2">
-        <v>0.8125</v>
+        <v>0.625</v>
       </c>
       <c r="F575" t="s">
-        <v>37</v>
+        <v>115</v>
       </c>
       <c r="G575" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H575" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="I575" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B576" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="D576" s="2">
-        <v>0.75</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E576" s="2">
-        <v>0.84375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F576" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="G576" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H576" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="I576" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="1">
         <v>46036.0</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
+      <c r="C577" t="s">
+        <v>74</v>
+      </c>
       <c r="D577" s="2">
-        <v>0.40625</v>
+        <v>0.75</v>
       </c>
       <c r="E577" s="2">
-        <v>0.46875</v>
+        <v>0.8125</v>
       </c>
       <c r="F577" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="G577" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="H577" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="I577" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B578" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C578" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="D578" s="2">
-        <v>0.5</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E578" s="2">
-        <v>0.70833333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F578" t="s">
-        <v>115</v>
+        <v>49</v>
       </c>
       <c r="G578" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="H578" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="I578" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B579" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C579" t="s">
-        <v>107</v>
+        <v>14</v>
       </c>
       <c r="D579" s="2">
-        <v>0.64583333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E579" s="2">
-        <v>0.80208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F579" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="G579" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H579" t="s">
-        <v>117</v>
+        <v>17</v>
       </c>
       <c r="I579" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B580" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C580" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="D580" s="2">
-        <v>0.75</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E580" s="2">
-        <v>0.8125</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F580" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G580" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H580" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="I580" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="1">
         <v>46037.0</v>
       </c>
       <c r="B581" t="s">
         <v>13</v>
       </c>
       <c r="C581" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D581" s="2">
-        <v>0.33333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E581" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F581" t="s">
         <v>49</v>
       </c>
       <c r="G581" t="s">
         <v>16</v>
       </c>
       <c r="H581" t="s">
         <v>105</v>
       </c>
       <c r="I581" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="1">
         <v>46037.0</v>
       </c>
       <c r="B582" t="s">
         <v>13</v>
       </c>
       <c r="C582" t="s">
         <v>14</v>
       </c>
       <c r="D582" s="2">
-        <v>0.375</v>
+        <v>0.5625</v>
       </c>
       <c r="E582" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="F582" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G582" t="s">
         <v>16</v>
       </c>
       <c r="H582" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="I582" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="1">
         <v>46037.0</v>
       </c>
       <c r="B583" t="s">
         <v>13</v>
       </c>
       <c r="C583" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D583" s="2">
-        <v>0.44791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E583" s="2">
-        <v>0.51041666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F583" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G583" t="s">
         <v>16</v>
       </c>
       <c r="H583" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I583" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="1">
         <v>46037.0</v>
       </c>
       <c r="B584" t="s">
         <v>13</v>
       </c>
       <c r="C584" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="D584" s="2">
-        <v>0.46875</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E584" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F584" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G584" t="s">
         <v>16</v>
       </c>
       <c r="H584" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="I584" t="s">
-        <v>51</v>
+        <v>87</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="1">
         <v>46037.0</v>
       </c>
       <c r="B585" t="s">
         <v>13</v>
       </c>
       <c r="C585" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="D585" s="2">
-        <v>0.5625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E585" s="2">
-        <v>0.625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F585" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G585" t="s">
         <v>16</v>
       </c>
       <c r="H585" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="I585" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="A586" s="1">
         <v>46037.0</v>
       </c>
       <c r="B586" t="s">
         <v>13</v>
       </c>
       <c r="C586" t="s">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="D586" s="2">
-        <v>0.60416666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E586" s="2">
-        <v>0.72916666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F586" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G586" t="s">
         <v>16</v>
       </c>
       <c r="H586" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I586" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="A587" s="1">
         <v>46037.0</v>
       </c>
       <c r="B587" t="s">
         <v>13</v>
       </c>
       <c r="C587" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="D587" s="2">
-        <v>0.63541666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E587" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F587" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="G587" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H587" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="I587" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="A588" s="1">
         <v>46037.0</v>
       </c>
       <c r="B588" t="s">
         <v>13</v>
       </c>
       <c r="C588" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="D588" s="2">
-        <v>0.66666666666667</v>
+        <v>0.80555555555556</v>
       </c>
       <c r="E588" s="2">
-        <v>0.72916666666667</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F588" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G588" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H588" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="I588" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="A589" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B589" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C589" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="D589" s="2">
-        <v>0.73958333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E589" s="2">
-        <v>0.80208333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F589" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G589" t="s">
         <v>16</v>
       </c>
       <c r="H589" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I589" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="A590" s="1">
         <v>46038.0</v>
       </c>
       <c r="B590" t="s">
         <v>29</v>
       </c>
       <c r="C590" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="D590" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E590" s="2">
-        <v>0.45833333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F590" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="G590" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H590" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>104</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="A591" s="1">
         <v>46038.0</v>
       </c>
       <c r="B591" t="s">
         <v>29</v>
       </c>
       <c r="C591" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="D591" s="2">
-        <v>0.33333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E591" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F591" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="G591" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H591" t="s">
-        <v>104</v>
+        <v>105</v>
+      </c>
+      <c r="I591" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="A592" s="1">
         <v>46038.0</v>
       </c>
       <c r="B592" t="s">
         <v>29</v>
       </c>
       <c r="C592" t="s">
-        <v>48</v>
+        <v>102</v>
       </c>
       <c r="D592" s="2">
-        <v>0.46875</v>
+        <v>0.5</v>
       </c>
       <c r="E592" s="2">
         <v>0.59375</v>
       </c>
       <c r="F592" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G592" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H592" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I592" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="A593" s="1">
         <v>46038.0</v>
       </c>
       <c r="B593" t="s">
         <v>29</v>
       </c>
       <c r="C593" t="s">
-        <v>102</v>
+        <v>44</v>
       </c>
       <c r="D593" s="2">
-        <v>0.5</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E593" s="2">
-        <v>0.59375</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F593" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="G593" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H593" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="I593" t="s">
-        <v>86</v>
+        <v>51</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="A594" s="1">
         <v>46038.0</v>
       </c>
       <c r="B594" t="s">
         <v>29</v>
       </c>
       <c r="C594" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="D594" s="2">
-        <v>0.60416666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E594" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F594" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G594" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H594" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="I594" t="s">
-        <v>51</v>
+        <v>101</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="A595" s="1">
         <v>46038.0</v>
       </c>
       <c r="B595" t="s">
         <v>29</v>
       </c>
       <c r="C595" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D595" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E595" s="2">
-        <v>0.72916666666667</v>
+        <v>0.79513888888889</v>
       </c>
       <c r="F595" t="s">
         <v>70</v>
       </c>
       <c r="G595" t="s">
         <v>71</v>
       </c>
       <c r="H595" t="s">
         <v>95</v>
       </c>
       <c r="I595" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="A596" s="1">
         <v>46038.0</v>
       </c>
       <c r="B596" t="s">
         <v>29</v>
       </c>
       <c r="C596" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="D596" s="2">
-        <v>0.73263888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E596" s="2">
-        <v>0.79513888888889</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F596" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G596" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H596" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I596" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="A597" s="1">
         <v>46038.0</v>
       </c>
       <c r="B597" t="s">
         <v>29</v>
       </c>
       <c r="C597" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="D597" s="2">
-        <v>0.73958333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E597" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F597" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="G597" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H597" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="I597" t="s">
-        <v>51</v>
+        <v>101</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="A598" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B598" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C598" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="D598" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E598" s="2">
-        <v>0.86458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F598" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G598" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H598" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="I598" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="A599" s="1">
         <v>46041.0</v>
       </c>
       <c r="B599" t="s">
         <v>35</v>
       </c>
       <c r="C599" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D599" s="2">
-        <v>0.375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E599" s="2">
-        <v>0.46875</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F599" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G599" t="s">
         <v>16</v>
       </c>
       <c r="H599" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I599" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="A600" s="1">
         <v>46041.0</v>
       </c>
       <c r="B600" t="s">
         <v>35</v>
       </c>
       <c r="C600" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D600" s="2">
-        <v>0.38541666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E600" s="2">
-        <v>0.44791666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F600" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G600" t="s">
         <v>16</v>
       </c>
       <c r="H600" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="I600" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="A601" s="1">
         <v>46041.0</v>
       </c>
       <c r="B601" t="s">
         <v>35</v>
       </c>
       <c r="C601" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="D601" s="2">
-        <v>0.40625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E601" s="2">
-        <v>0.46875</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F601" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G601" t="s">
         <v>16</v>
       </c>
       <c r="H601" t="s">
-        <v>118</v>
+        <v>38</v>
       </c>
       <c r="I601" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="A602" s="1">
         <v>46041.0</v>
       </c>
       <c r="B602" t="s">
         <v>35</v>
       </c>
       <c r="C602" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="D602" s="2">
-        <v>0.45833333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E602" s="2">
-        <v>0.52083333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F602" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G602" t="s">
         <v>16</v>
       </c>
       <c r="H602" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="I602" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="A603" s="1">
         <v>46041.0</v>
       </c>
       <c r="B603" t="s">
         <v>35</v>
       </c>
       <c r="C603" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="D603" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E603" s="2">
-        <v>0.54166666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F603" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G603" t="s">
         <v>16</v>
       </c>
       <c r="H603" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
       <c r="I603" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="A604" s="1">
         <v>46041.0</v>
       </c>
       <c r="B604" t="s">
         <v>35</v>
       </c>
       <c r="C604" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D604" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E604" s="2">
-        <v>0.57291666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F604" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G604" t="s">
         <v>16</v>
       </c>
       <c r="H604" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="I604" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="A605" s="1">
         <v>46041.0</v>
       </c>
       <c r="B605" t="s">
         <v>35</v>
       </c>
       <c r="C605" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D605" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E605" s="2">
-        <v>0.61458333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F605" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G605" t="s">
         <v>16</v>
       </c>
       <c r="H605" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
       <c r="I605" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="A606" s="1">
         <v>46041.0</v>
       </c>
       <c r="B606" t="s">
         <v>35</v>
       </c>
       <c r="C606" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D606" s="2">
-        <v>0.58333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E606" s="2">
-        <v>0.67708333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F606" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G606" t="s">
         <v>16</v>
       </c>
       <c r="H606" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I606" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="A607" s="1">
         <v>46041.0</v>
       </c>
       <c r="B607" t="s">
         <v>35</v>
       </c>
       <c r="C607" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="D607" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E607" s="2">
-        <v>0.72916666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F607" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G607" t="s">
         <v>16</v>
       </c>
       <c r="H607" t="s">
-        <v>105</v>
+        <v>52</v>
       </c>
       <c r="I607" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="A608" s="1">
         <v>46041.0</v>
       </c>
       <c r="B608" t="s">
         <v>35</v>
       </c>
       <c r="C608" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="D608" s="2">
-        <v>0.67708333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E608" s="2">
-        <v>0.73958333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F608" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G608" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H608" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="I608" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="A609" s="1">
         <v>46041.0</v>
       </c>
       <c r="B609" t="s">
         <v>35</v>
       </c>
       <c r="C609" t="s">
         <v>25</v>
       </c>
       <c r="D609" s="2">
         <v>0.75</v>
       </c>
       <c r="E609" s="2">
         <v>0.8125</v>
       </c>
       <c r="F609" t="s">
         <v>26</v>
       </c>
       <c r="G609" t="s">
         <v>16</v>
       </c>
       <c r="H609" t="s">
@@ -18601,2280 +18613,2270 @@
       </c>
       <c r="E624" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F624" t="s">
         <v>49</v>
       </c>
       <c r="G624" t="s">
         <v>16</v>
       </c>
       <c r="H624" t="s">
         <v>105</v>
       </c>
       <c r="I624" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="A625" s="1">
         <v>46043.0</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D625" s="2">
-        <v>0.55208333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E625" s="2">
-        <v>0.61458333333333</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F625" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G625" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H625" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="I625" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="A626" s="1">
         <v>46043.0</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="D626" s="2">
-        <v>0.61111111111111</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E626" s="2">
-        <v>0.73611111111111</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F626" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G626" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H626" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="I626" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="A627" s="1">
         <v>46043.0</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="D627" s="2">
-        <v>0.61805555555556</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E627" s="2">
-        <v>0.77430555555556</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F627" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="G627" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H627" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
       <c r="I627" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="A628" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B628" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C628" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="D628" s="2">
-        <v>0.67708333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E628" s="2">
-        <v>0.80208333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F628" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="G628" t="s">
         <v>16</v>
       </c>
       <c r="H628" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="I628" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="A629" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B629" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C629" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="D629" s="2">
-        <v>0.69791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E629" s="2">
-        <v>0.76041666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F629" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G629" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H629" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I629" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="A630" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B630" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C630" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="D630" s="2">
-        <v>0.77083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E630" s="2">
-        <v>0.83333333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F630" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G630" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H630" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I630" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="A631" s="1">
         <v>46044.0</v>
       </c>
       <c r="B631" t="s">
         <v>13</v>
       </c>
       <c r="C631" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D631" s="2">
-        <v>0.33333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E631" s="2">
-        <v>0.45833333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F631" t="s">
         <v>49</v>
       </c>
       <c r="G631" t="s">
         <v>16</v>
       </c>
       <c r="H631" t="s">
         <v>105</v>
       </c>
       <c r="I631" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="A632" s="1">
         <v>46044.0</v>
       </c>
       <c r="B632" t="s">
         <v>13</v>
       </c>
       <c r="C632" t="s">
         <v>14</v>
       </c>
       <c r="D632" s="2">
-        <v>0.375</v>
+        <v>0.5625</v>
       </c>
       <c r="E632" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="F632" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G632" t="s">
         <v>16</v>
       </c>
       <c r="H632" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I632" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="A633" s="1">
         <v>46044.0</v>
       </c>
       <c r="B633" t="s">
         <v>13</v>
       </c>
       <c r="C633" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="D633" s="2">
-        <v>0.44791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E633" s="2">
-        <v>0.51041666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F633" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G633" t="s">
         <v>16</v>
       </c>
       <c r="H633" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="I633" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="A634" s="1">
         <v>46044.0</v>
       </c>
       <c r="B634" t="s">
         <v>13</v>
       </c>
       <c r="C634" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="D634" s="2">
-        <v>0.45833333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E634" s="2">
-        <v>0.52083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F634" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G634" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H634" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I634" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="A635" s="1">
         <v>46044.0</v>
       </c>
       <c r="B635" t="s">
         <v>13</v>
       </c>
       <c r="C635" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D635" s="2">
-        <v>0.46875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E635" s="2">
-        <v>0.59375</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F635" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G635" t="s">
         <v>16</v>
       </c>
       <c r="H635" t="s">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="I635" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="A636" s="1">
         <v>46044.0</v>
       </c>
       <c r="B636" t="s">
         <v>13</v>
       </c>
       <c r="C636" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="D636" s="2">
-        <v>0.53125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E636" s="2">
-        <v>0.59375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F636" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G636" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H636" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I636" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="A637" s="1">
         <v>46044.0</v>
       </c>
       <c r="B637" t="s">
         <v>13</v>
       </c>
       <c r="C637" t="s">
         <v>14</v>
       </c>
       <c r="D637" s="2">
-        <v>0.5625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E637" s="2">
-        <v>0.625</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F637" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G637" t="s">
         <v>16</v>
       </c>
       <c r="H637" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="I637" t="s">
-        <v>87</v>
+        <v>51</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="A638" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B638" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C638" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="D638" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E638" s="2">
-        <v>0.72916666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F638" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="G638" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H638" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>104</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="A639" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B639" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="D639" s="2">
-        <v>0.63541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E639" s="2">
-        <v>0.69791666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F639" t="s">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="G639" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H639" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="I639" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="A640" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B640" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C640" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="D640" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E640" s="2">
-        <v>0.72916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F640" t="s">
         <v>15</v>
       </c>
       <c r="G640" t="s">
         <v>16</v>
       </c>
       <c r="H640" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I640" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="A641" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B641" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C641" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D641" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E641" s="2">
-        <v>0.80208333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F641" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G641" t="s">
         <v>16</v>
       </c>
       <c r="H641" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="I641" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="A642" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B642" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C642" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="D642" s="2">
-        <v>0.73958333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E642" s="2">
-        <v>0.86458333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F642" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G642" t="s">
         <v>16</v>
       </c>
       <c r="H642" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="I642" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="A643" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B643" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C643" t="s">
-        <v>76</v>
+        <v>44</v>
       </c>
       <c r="D643" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E643" s="2">
-        <v>0.8125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F643" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G643" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H643" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="I643" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="A644" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B644" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C644" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="D644" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E644" s="2">
-        <v>0.48958333333333</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F644" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="G644" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H644" t="s">
-        <v>104</v>
+        <v>42</v>
+      </c>
+      <c r="I644" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="A645" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B645" t="s">
-        <v>29</v>
+        <v>35</v>
+      </c>
+      <c r="C645" t="s">
+        <v>24</v>
       </c>
       <c r="D645" s="2">
-        <v>0.54166666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E645" s="2">
-        <v>0.625</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F645" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="G645" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="H645" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I645" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="A646" s="1">
         <v>46048.0</v>
       </c>
       <c r="B646" t="s">
         <v>35</v>
       </c>
       <c r="C646" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D646" s="2">
-        <v>0.375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E646" s="2">
-        <v>0.46875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F646" t="s">
         <v>15</v>
       </c>
       <c r="G646" t="s">
         <v>16</v>
       </c>
       <c r="H646" t="s">
         <v>42</v>
       </c>
       <c r="I646" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="647" spans="1:10">
       <c r="A647" s="1">
         <v>46048.0</v>
       </c>
       <c r="B647" t="s">
         <v>35</v>
       </c>
       <c r="C647" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="D647" s="2">
-        <v>0.375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E647" s="2">
-        <v>0.46875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F647" t="s">
         <v>20</v>
       </c>
       <c r="G647" t="s">
         <v>16</v>
       </c>
       <c r="H647" t="s">
         <v>106</v>
       </c>
       <c r="I647" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="648" spans="1:10">
       <c r="A648" s="1">
         <v>46048.0</v>
       </c>
       <c r="B648" t="s">
         <v>35</v>
       </c>
       <c r="C648" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D648" s="2">
-        <v>0.38541666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E648" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F648" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G648" t="s">
         <v>16</v>
       </c>
       <c r="H648" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="I648" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="A649" s="1">
         <v>46048.0</v>
       </c>
       <c r="B649" t="s">
         <v>35</v>
       </c>
       <c r="C649" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="D649" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E649" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F649" t="s">
         <v>37</v>
       </c>
       <c r="G649" t="s">
         <v>16</v>
       </c>
       <c r="H649" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="I649" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="A650" s="1">
         <v>46048.0</v>
       </c>
       <c r="B650" t="s">
         <v>35</v>
       </c>
       <c r="C650" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D650" s="2">
-        <v>0.47916666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E650" s="2">
-        <v>0.57291666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F650" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G650" t="s">
         <v>16</v>
       </c>
       <c r="H650" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="I650" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="A651" s="1">
         <v>46048.0</v>
       </c>
       <c r="B651" t="s">
         <v>35</v>
       </c>
       <c r="C651" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D651" s="2">
-        <v>0.47916666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E651" s="2">
-        <v>0.57291666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F651" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G651" t="s">
         <v>16</v>
       </c>
       <c r="H651" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="I651" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="A652" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B652" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C652" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="D652" s="2">
-        <v>0.58333333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E652" s="2">
-        <v>0.67708333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F652" t="s">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="G652" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H652" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>104</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="A653" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B653" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C653" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D653" s="2">
-        <v>0.58333333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E653" s="2">
-        <v>0.67708333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F653" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G653" t="s">
         <v>16</v>
       </c>
       <c r="H653" t="s">
-        <v>106</v>
+        <v>57</v>
       </c>
       <c r="I653" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="A654" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B654" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C654" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D654" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E654" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F654" t="s">
         <v>49</v>
       </c>
       <c r="G654" t="s">
         <v>16</v>
       </c>
       <c r="H654" t="s">
         <v>120</v>
       </c>
       <c r="I654" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="A655" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B655" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C655" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="D655" s="2">
-        <v>0.67708333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E655" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="F655" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G655" t="s">
         <v>16</v>
       </c>
       <c r="H655" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="I655" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="A656" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B656" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C656" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="D656" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E656" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="F656" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G656" t="s">
         <v>16</v>
       </c>
       <c r="H656" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I656" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="A657" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B657" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C657" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D657" s="2">
-        <v>0.75</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E657" s="2">
-        <v>0.8125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F657" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G657" t="s">
         <v>16</v>
       </c>
       <c r="H657" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I657" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="A658" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B658" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C658" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="D658" s="2">
-        <v>0.77083333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E658" s="2">
-        <v>0.83333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F658" t="s">
-        <v>70</v>
+        <v>37</v>
       </c>
       <c r="G658" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H658" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="I658" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="A659" s="1">
         <v>46049.0</v>
       </c>
       <c r="B659" t="s">
         <v>55</v>
       </c>
       <c r="C659" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="D659" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E659" s="2">
-        <v>0.48958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F659" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
       <c r="G659" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H659" t="s">
-        <v>104</v>
+        <v>120</v>
+      </c>
+      <c r="I659" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="A660" s="1">
         <v>46049.0</v>
       </c>
       <c r="B660" t="s">
         <v>55</v>
       </c>
       <c r="C660" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="D660" s="2">
-        <v>0.38541666666667</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E660" s="2">
-        <v>0.44791666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F660" t="s">
         <v>26</v>
       </c>
       <c r="G660" t="s">
         <v>16</v>
       </c>
       <c r="H660" t="s">
         <v>57</v>
       </c>
       <c r="I660" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="A661" s="1">
         <v>46049.0</v>
       </c>
       <c r="B661" t="s">
         <v>55</v>
       </c>
       <c r="C661" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="D661" s="2">
-        <v>0.46875</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E661" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F661" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="G661" t="s">
         <v>16</v>
       </c>
       <c r="H661" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="I661" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="662" spans="1:10">
       <c r="A662" s="1">
         <v>46049.0</v>
       </c>
       <c r="B662" t="s">
         <v>55</v>
       </c>
       <c r="C662" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="D662" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E662" s="2">
-        <v>0.5625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F662" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G662" t="s">
         <v>16</v>
       </c>
       <c r="H662" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="I662" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="663" spans="1:10">
       <c r="A663" s="1">
         <v>46049.0</v>
       </c>
       <c r="B663" t="s">
         <v>55</v>
       </c>
       <c r="C663" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D663" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E663" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F663" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G663" t="s">
         <v>16</v>
       </c>
       <c r="H663" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="I663" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="A664" s="1">
         <v>46049.0</v>
       </c>
       <c r="B664" t="s">
         <v>55</v>
       </c>
       <c r="C664" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D664" s="2">
-        <v>0.54166666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E664" s="2">
-        <v>0.60416666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F664" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G664" t="s">
         <v>16</v>
       </c>
       <c r="H664" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I664" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="A665" s="1">
         <v>46049.0</v>
       </c>
       <c r="B665" t="s">
         <v>55</v>
       </c>
-      <c r="C665" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D665" s="2">
-        <v>0.60416666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E665" s="2">
-        <v>0.66666666666667</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F665" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="G665" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H665" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="A666" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B666" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D666" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E666" s="2">
-        <v>0.72916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F666" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="G666" t="s">
         <v>16</v>
       </c>
       <c r="H666" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="I666" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="A667" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B667" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>9</v>
       </c>
       <c r="D667" s="2">
-        <v>0.61111111111111</v>
+        <v>0.40625</v>
       </c>
       <c r="E667" s="2">
-        <v>0.67361111111111</v>
+        <v>0.46875</v>
       </c>
       <c r="F667" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G667" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H667" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="I667" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="A668" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B668" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="D668" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E668" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F668" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G668" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H668" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="I668" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="A669" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B669" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D669" s="2">
-        <v>0.67708333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E669" s="2">
-        <v>0.73958333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F669" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G669" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H669" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="I669" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="A670" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B670" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D670" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E670" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F670" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G670" t="s">
         <v>16</v>
       </c>
       <c r="H670" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="I670" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="A671" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B671" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="D671" s="2">
-        <v>0.75</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E671" s="2">
-        <v>0.8125</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F671" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="G671" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="H671" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="I671" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="A672" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B672" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="D672" s="2">
-        <v>0.75</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E672" s="2">
-        <v>0.8125</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F672" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G672" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H672" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="I672" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="A673" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B673" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D673" s="2">
-        <v>0.75</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="E673" s="2">
-        <v>0.8125</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F673" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G673" t="s">
         <v>16</v>
       </c>
       <c r="H673" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="I673" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="A674" s="1">
         <v>46050.0</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="D674" s="2">
-        <v>0.3125</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E674" s="2">
-        <v>0.375</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F674" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="G674" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H674" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I674" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="A675" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B675" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C675" t="s">
+        <v>36</v>
       </c>
       <c r="D675" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E675" s="2">
-        <v>0.46875</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F675" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="G675" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H675" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I675" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="A676" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B676" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C676" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="D676" s="2">
-        <v>0.47916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E676" s="2">
-        <v>0.60416666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F676" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G676" t="s">
         <v>16</v>
       </c>
       <c r="H676" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="I676" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="A677" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B677" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C677" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="D677" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E677" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F677" t="s">
         <v>49</v>
       </c>
       <c r="G677" t="s">
         <v>16</v>
       </c>
       <c r="H677" t="s">
         <v>120</v>
       </c>
       <c r="I677" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="A678" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B678" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C678" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="D678" s="2">
-        <v>0.61805555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E678" s="2">
-        <v>0.77430555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F678" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="G678" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="H678" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="I678" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="A679" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B679" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C679" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="D679" s="2">
-        <v>0.625</v>
+        <v>0.59375</v>
       </c>
       <c r="E679" s="2">
-        <v>0.6875</v>
+        <v>0.65625</v>
       </c>
       <c r="F679" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G679" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H679" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="I679" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="A680" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B680" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C680" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="D680" s="2">
-        <v>0.69791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E680" s="2">
-        <v>0.76041666666667</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F680" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="G680" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H680" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="I680" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="A681" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B681" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C681" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="D681" s="2">
-        <v>0.74305555555556</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E681" s="2">
-        <v>0.86805555555556</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F681" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G681" t="s">
         <v>16</v>
       </c>
       <c r="H681" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="I681" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="A682" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B682" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C682" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D682" s="2">
-        <v>0.77083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E682" s="2">
-        <v>0.83333333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F682" t="s">
         <v>70</v>
       </c>
       <c r="G682" t="s">
         <v>71</v>
       </c>
       <c r="H682" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="I682" t="s">
-        <v>72</v>
+        <v>101</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="A683" s="1">
         <v>46051.0</v>
       </c>
       <c r="B683" t="s">
         <v>13</v>
       </c>
       <c r="C683" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D683" s="2">
-        <v>0.33333333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E683" s="2">
-        <v>0.45833333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F683" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G683" t="s">
         <v>16</v>
       </c>
       <c r="H683" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="I683" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="A684" s="1">
         <v>46051.0</v>
       </c>
       <c r="B684" t="s">
         <v>13</v>
       </c>
       <c r="C684" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="D684" s="2">
-        <v>0.375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E684" s="2">
-        <v>0.4375</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F684" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="G684" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="H684" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I684" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="A685" s="1">
         <v>46051.0</v>
       </c>
       <c r="B685" t="s">
         <v>13</v>
       </c>
-      <c r="C685" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D685" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E685" s="2">
-        <v>0.59375</v>
+        <v>0.875</v>
       </c>
       <c r="F685" t="s">
-        <v>49</v>
+        <v>121</v>
       </c>
       <c r="G685" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H685" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>32</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="A686" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B686" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C686" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="D686" s="2">
-        <v>0.59375</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E686" s="2">
-        <v>0.65625</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F686" t="s">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="G686" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H686" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>104</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="A687" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B687" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="C687" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="D687" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E687" s="2">
-        <v>0.72916666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F687" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G687" t="s">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="H687" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="I687" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="A688" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B688" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D688" s="2">
-        <v>0.66666666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E688" s="2">
-        <v>0.72916666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F688" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="G688" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H688" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="A689" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B689" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C689" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D689" s="2">
-        <v>0.73958333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E689" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F689" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G689" t="s">
         <v>16</v>
       </c>
       <c r="H689" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I689" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="A690" s="1">
-        <v>46052.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B690" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C690" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="D690" s="2">
-        <v>0.33333333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E690" s="2">
-        <v>0.48958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F690" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="G690" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H690" t="s">
-        <v>104</v>
+        <v>38</v>
+      </c>
+      <c r="I690" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="A691" s="1">
-        <v>46052.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B691" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C691" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="D691" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E691" s="2">
         <v>0.5</v>
       </c>
-      <c r="E691" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F691" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="G691" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="H691" t="s">
-        <v>111</v>
+        <v>42</v>
       </c>
       <c r="I691" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="A692" s="1">
         <v>46055.0</v>
       </c>
       <c r="B692" t="s">
         <v>35</v>
       </c>
       <c r="C692" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D692" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E692" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F692" t="s">
         <v>37</v>
       </c>
       <c r="G692" t="s">
         <v>16</v>
       </c>
       <c r="H692" t="s">
         <v>38</v>
       </c>
       <c r="I692" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="A693" s="1">
         <v>46055.0</v>
       </c>
       <c r="B693" t="s">
         <v>35</v>
       </c>
       <c r="C693" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D693" s="2">
-        <v>0.38541666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="E693" s="2">
-        <v>0.44791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F693" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="G693" t="s">
         <v>16</v>
       </c>
       <c r="H693" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I693" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="A694" s="1">
         <v>46055.0</v>
       </c>
       <c r="B694" t="s">
         <v>35</v>
       </c>
       <c r="C694" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D694" s="2">
-        <v>0.40625</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="E694" s="2">
-        <v>0.5</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F694" t="s">
         <v>15</v>
       </c>
       <c r="G694" t="s">
         <v>16</v>
       </c>
       <c r="H694" t="s">
         <v>42</v>
       </c>
       <c r="I694" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="A695" s="1">
         <v>46055.0</v>
       </c>
       <c r="B695" t="s">
         <v>35</v>
       </c>
       <c r="C695" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="D695" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E695" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F695" t="s">
         <v>37</v>
       </c>
       <c r="G695" t="s">
         <v>16</v>
       </c>
       <c r="H695" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="I695" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="A696" s="1">
         <v>46055.0</v>
       </c>
       <c r="B696" t="s">
         <v>35</v>
       </c>
       <c r="C696" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D696" s="2">
-        <v>0.51041666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E696" s="2">
-        <v>0.60416666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F696" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="G696" t="s">
         <v>16</v>
       </c>
       <c r="H696" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="I696" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="A697" s="1">
         <v>46055.0</v>
       </c>
       <c r="B697" t="s">
         <v>35</v>
       </c>
       <c r="C697" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D697" s="2">
-        <v>0.61458333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E697" s="2">
-        <v>0.70833333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F697" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G697" t="s">
         <v>16</v>
       </c>
       <c r="H697" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I697" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="A698" s="1">
-        <v>46055.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B698" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D698" s="2">
-        <v>0.67708333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E698" s="2">
-        <v>0.73958333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F698" t="s">
-        <v>37</v>
+        <v>122</v>
       </c>
       <c r="G698" t="s">
-        <v>16</v>
+        <v>123</v>
       </c>
       <c r="H698" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>34</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="A699" s="1">
-        <v>46055.0</v>
+        <v>46063.0</v>
       </c>
       <c r="B699" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="D699" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E699" s="2">
         <v>0.75</v>
       </c>
-      <c r="E699" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F699" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="G699" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="H699" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="A700" s="1">
-        <v>46055.0</v>
+        <v>46065.0</v>
       </c>
       <c r="B700" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D700" s="2">
-        <v>0.75</v>
+        <v>0.375</v>
       </c>
       <c r="E700" s="2">
-        <v>0.8125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F700" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
       <c r="G700" t="s">
-        <v>16</v>
+        <v>123</v>
       </c>
       <c r="H700" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="I700" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="A701" s="1">
-        <v>46065.0</v>
+        <v>46066.0</v>
       </c>
       <c r="B701" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D701" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E701" s="2">
-        <v>0.54166666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F701" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G701" t="s">
-        <v>122</v>
+        <v>66</v>
       </c>
       <c r="H701" t="s">
-        <v>123</v>
+        <v>50</v>
       </c>
       <c r="I701" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="A702" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B702" t="s">
+        <v>55</v>
+      </c>
+      <c r="D702" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E702" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F702" t="s">
+        <v>127</v>
+      </c>
+      <c r="G702" t="s">
+        <v>123</v>
+      </c>
+      <c r="H702" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10">
+      <c r="A703" s="1">
         <v>46080.0</v>
       </c>
-      <c r="B702" t="s">
+      <c r="B703" t="s">
         <v>29</v>
       </c>
-      <c r="D702" s="2">
+      <c r="D703" s="2">
         <v>0.375</v>
       </c>
-      <c r="E702" s="2">
+      <c r="E703" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="F702" t="s">
-[...5 lines deleted...]
-      <c r="H702" t="s">
+      <c r="F703" t="s">
+        <v>128</v>
+      </c>
+      <c r="G703" t="s">
         <v>123</v>
       </c>
-      <c r="I702" t="s">
+      <c r="H703" t="s">
+        <v>125</v>
+      </c>
+      <c r="I703" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>