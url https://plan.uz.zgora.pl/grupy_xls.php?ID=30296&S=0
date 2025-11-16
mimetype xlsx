--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -176,108 +176,129 @@
   <si>
     <t>dr n. med. Wojciech Wierzchołowski</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>lek. Paulina Stasik</t>
   </si>
   <si>
     <t>Diagnostyka obrazowa (W)</t>
   </si>
   <si>
     <t>lek. med. Ewa Malaryk</t>
   </si>
   <si>
     <t>dr Michał Szulc</t>
   </si>
   <si>
     <t>315 A-2</t>
   </si>
   <si>
     <t>Seksuologia (W)</t>
   </si>
   <si>
+    <t>prof. dr hab. Zbigniew Izdebski; mgr Anna  Pawelska - Mały</t>
+  </si>
+  <si>
+    <t>lek. Katarzyna Komorkiewicz</t>
+  </si>
+  <si>
+    <t>Choroby wewnętrzne (S)</t>
+  </si>
+  <si>
+    <t>dr n. med. Paula Źródłowska</t>
+  </si>
+  <si>
+    <t>Patologia (W)</t>
+  </si>
+  <si>
+    <t>dr n. med. Jerzy Grabarek</t>
+  </si>
+  <si>
+    <t>dr Joanna Dec-Pietrowska; prof. dr hab. Zbigniew Izdebski</t>
+  </si>
+  <si>
+    <t>Farmakologia z toksykologią (S)</t>
+  </si>
+  <si>
+    <t>Medycyna oparta na dowodach naukowych (W)</t>
+  </si>
+  <si>
+    <t>prof. dr hab. n. med. Wojciech Błogowski</t>
+  </si>
+  <si>
+    <t>mgr Tomasz Maruszewski</t>
+  </si>
+  <si>
+    <t>prof. dr hab. n. med. Józef Ryżko</t>
+  </si>
+  <si>
+    <t>dr n. med. Łukasz Grydz</t>
+  </si>
+  <si>
+    <t>109 A-29</t>
+  </si>
+  <si>
     <t>prof. dr hab. Zbigniew Izdebski</t>
   </si>
   <si>
-    <t>lek. Katarzyna Komorkiewicz</t>
-[...20 lines deleted...]
-    <t>prof. dr hab. n. med. Wojciech Błogowski</t>
+    <t>H044 A-10</t>
+  </si>
+  <si>
+    <t>"Studenci kierunku lekarskiego w procesoe udzialenia świadczeń zdrowotnych" (W)</t>
+  </si>
+  <si>
+    <t>dr Piotr Kapusta</t>
   </si>
   <si>
     <t>prof. dr hab. n. med. Aleksander Jamsheer</t>
   </si>
   <si>
-    <t>mgr Tomasz Maruszewski</t>
-[...10 lines deleted...]
-  <si>
     <t>dr hab. n. med. Ewa Gorczyńska, prof. UZ</t>
   </si>
   <si>
     <t>125 A-2</t>
   </si>
   <si>
     <t>dr n. med. Joanna Mitkowska</t>
   </si>
   <si>
     <t>f9</t>
   </si>
   <si>
     <t>Przedmiot do wyboru - Lekarz w postępowaniu przedsądowym i sądowym (Ć)</t>
   </si>
   <si>
     <t>dr Joanna Zdanowska</t>
+  </si>
+  <si>
+    <t>lek. Paweł Tracewski</t>
+  </si>
+  <si>
+    <t>1 A-29</t>
   </si>
   <si>
     <t>dr n. med. Bartosz Kudliński</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>113 A-29</t>
   </si>
   <si>
     <t>dr hab. n. med. Dariusz Kotlęga, prof. UZ</t>
   </si>
   <si>
     <t>Farmakologia z toksykologią / test (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>dr n. med. Łukasz Grydz; mgr Tomasz Maruszewski</t>
   </si>
   <si>
     <t>101 A-22</t>
   </si>
@@ -609,67 +630,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J194"/>
+  <dimension ref="A1:J196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E194" sqref="E194"/>
+      <selection activeCell="E196" sqref="E196"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1588,767 +1609,761 @@
         <v>18</v>
       </c>
       <c r="D35" s="2">
         <v>0.5</v>
       </c>
       <c r="E35" s="2">
         <v>0.59375</v>
       </c>
       <c r="F35" t="s">
         <v>56</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45939.0</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="2">
-        <v>0.625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E36" s="2">
-        <v>0.6875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F36" t="s">
         <v>58</v>
       </c>
       <c r="G36" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>45939.0</v>
+        <v>45940.0</v>
       </c>
       <c r="B37" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D37" s="2">
-        <v>0.77083333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E37" s="2">
-        <v>0.86458333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F37" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="G37" t="s">
         <v>24</v>
       </c>
       <c r="H37" t="s">
         <v>60</v>
+      </c>
+      <c r="I37" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45940.0</v>
       </c>
       <c r="B38" t="s">
         <v>35</v>
       </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
       <c r="D38" s="2">
-        <v>0.39583333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E38" s="2">
-        <v>0.48958333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F38" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="G38" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H38" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="I38" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45940.0</v>
       </c>
       <c r="B39" t="s">
         <v>35</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="2">
-        <v>0.625</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E39" s="2">
-        <v>0.6875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F39" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G39" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H39" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>63</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
-        <v>45940.0</v>
+        <v>45943.0</v>
       </c>
       <c r="B40" t="s">
-        <v>35</v>
+        <v>43</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
       </c>
       <c r="D40" s="2">
-        <v>0.70833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E40" s="2">
-        <v>0.86458333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F40" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45943.0</v>
       </c>
       <c r="B41" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E41" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F41" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="G41" t="s">
         <v>24</v>
       </c>
       <c r="H41" t="s">
-        <v>63</v>
+        <v>64</v>
+      </c>
+      <c r="I41" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>45943.0</v>
       </c>
       <c r="B42" t="s">
         <v>43</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E42" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G42" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>65</v>
+      </c>
+      <c r="I42" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
-        <v>45943.0</v>
+        <v>45944.0</v>
       </c>
       <c r="B43" t="s">
-        <v>43</v>
+        <v>47</v>
+      </c>
+      <c r="C43" t="s">
+        <v>44</v>
       </c>
       <c r="D43" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E43" s="2">
-        <v>0.73958333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F43" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G43" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H43" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
       <c r="I43" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
-        <v>45943.0</v>
+        <v>45944.0</v>
       </c>
       <c r="B44" t="s">
-        <v>43</v>
+        <v>47</v>
+      </c>
+      <c r="C44" t="s">
+        <v>34</v>
       </c>
       <c r="D44" s="2">
-        <v>0.75</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="E44" s="2">
-        <v>0.8125</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="F44" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G44" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H44" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I44" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45944.0</v>
       </c>
       <c r="B45" t="s">
         <v>47</v>
       </c>
       <c r="C45" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D45" s="2">
-        <v>0.3125</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E45" s="2">
-        <v>0.45833333333333</v>
+        <v>0.56944444444444</v>
       </c>
       <c r="F45" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
       <c r="H45" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="I45" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45944.0</v>
       </c>
       <c r="B46" t="s">
         <v>47</v>
       </c>
       <c r="C46" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D46" s="2">
-        <v>0.46527777777778</v>
+        <v>0.57638888888889</v>
       </c>
       <c r="E46" s="2">
-        <v>0.52777777777778</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F46" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G46" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="H46" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="I46" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45944.0</v>
       </c>
       <c r="B47" t="s">
         <v>47</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D47" s="2">
-        <v>0.47569444444444</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E47" s="2">
-        <v>0.56944444444444</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F47" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="G47" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H47" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="I47" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>45944.0</v>
       </c>
       <c r="B48" t="s">
         <v>47</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="2">
-        <v>0.57638888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E48" s="2">
-        <v>0.67013888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F48" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="G48" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H48" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="I48" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>45944.0</v>
       </c>
       <c r="B49" t="s">
         <v>47</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E49" s="2">
-        <v>0.66666666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F49" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G49" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H49" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="I49" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
-        <v>45944.0</v>
+        <v>45945.0</v>
       </c>
       <c r="B50" t="s">
-        <v>47</v>
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
       </c>
       <c r="D50" s="2">
-        <v>0.67708333333333</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E50" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F50" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G50" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
-        <v>45944.0</v>
+        <v>45945.0</v>
       </c>
       <c r="B51" t="s">
-        <v>47</v>
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>34</v>
       </c>
       <c r="D51" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E51" s="2">
-        <v>0.8125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F51" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G51" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H51" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="I51" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45945.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D52" s="2">
-        <v>0.35416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E52" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F52" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="G52" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H52" t="s">
-        <v>57</v>
+        <v>51</v>
+      </c>
+      <c r="I52" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45945.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D53" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E53" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F53" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="I53" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45945.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="D54" s="2">
-        <v>0.53125</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E54" s="2">
-        <v>0.59375</v>
+        <v>0.68055555555556</v>
       </c>
       <c r="F54" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G54" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H54" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="I54" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45945.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D55" s="2">
-        <v>0.58333333333333</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E55" s="2">
-        <v>0.61458333333333</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
       <c r="I55" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45945.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D56" s="2">
-        <v>0.61805555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="E56" s="2">
-        <v>0.68055555555556</v>
+        <v>0.78125</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56" t="s">
         <v>13</v>
       </c>
       <c r="I56" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
-        <v>45945.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D57" s="2">
-        <v>0.68402777777778</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E57" s="2">
-        <v>0.71527777777778</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="G57" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H57" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="I57" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45945.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D58" s="2">
-        <v>0.71875</v>
+        <v>0.5</v>
       </c>
       <c r="E58" s="2">
-        <v>0.78125</v>
+        <v>0.59375</v>
       </c>
       <c r="F58" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G58" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="H58" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="I58" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>45946.0</v>
+        <v>45947.0</v>
       </c>
       <c r="B59" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D59" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E59" s="2">
         <v>0.39583333333333</v>
       </c>
-      <c r="E59" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="G59" t="s">
         <v>24</v>
       </c>
       <c r="H59" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>71</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>45946.0</v>
+        <v>45947.0</v>
       </c>
       <c r="B60" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D60" s="2">
-        <v>0.5</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E60" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F60" t="s">
         <v>23</v>
       </c>
       <c r="G60" t="s">
         <v>24</v>
       </c>
       <c r="H60" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45950.0</v>
       </c>
       <c r="B61" t="s">
         <v>43</v>
       </c>
       <c r="D61" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E61" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F61" t="s">
         <v>41</v>
       </c>
       <c r="G61" t="s">
         <v>24</v>
       </c>
       <c r="H61" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45950.0</v>
       </c>
       <c r="B62" t="s">
         <v>43</v>
       </c>
       <c r="D62" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E62" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F62" t="s">
         <v>23</v>
       </c>
       <c r="G62" t="s">
         <v>24</v>
       </c>
       <c r="H62" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45950.0</v>
       </c>
       <c r="B63" t="s">
         <v>43</v>
       </c>
       <c r="D63" s="2">
         <v>0.75</v>
       </c>
       <c r="E63" s="2">
         <v>0.8125</v>
       </c>
       <c r="F63" t="s">
         <v>23</v>
       </c>
       <c r="G63" t="s">
         <v>24</v>
       </c>
       <c r="H63" t="s">
@@ -2669,77 +2684,77 @@
       </c>
       <c r="I74" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>45953.0</v>
       </c>
       <c r="B75" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="2">
         <v>0.625</v>
       </c>
       <c r="E75" s="2">
         <v>0.6875</v>
       </c>
       <c r="F75" t="s">
         <v>23</v>
       </c>
       <c r="G75" t="s">
         <v>24</v>
       </c>
       <c r="H75" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I75" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45953.0</v>
       </c>
       <c r="B76" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E76" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F76" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G76" t="s">
         <v>24</v>
       </c>
       <c r="H76" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45954.0</v>
       </c>
       <c r="B77" t="s">
         <v>35</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E77" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>12</v>
       </c>
       <c r="H77" t="s">
@@ -2828,103 +2843,103 @@
       <c r="A81" s="1">
         <v>45957.0</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81" t="s">
         <v>34</v>
       </c>
       <c r="D81" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E81" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F81" t="s">
         <v>30</v>
       </c>
       <c r="G81" t="s">
         <v>31</v>
       </c>
       <c r="H81" t="s">
         <v>51</v>
       </c>
       <c r="I81" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45957.0</v>
       </c>
       <c r="B82" t="s">
         <v>43</v>
       </c>
       <c r="C82" t="s">
         <v>29</v>
       </c>
       <c r="D82" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E82" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F82" t="s">
         <v>30</v>
       </c>
       <c r="G82" t="s">
         <v>31</v>
       </c>
       <c r="H82" t="s">
         <v>51</v>
       </c>
       <c r="I82" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45957.0</v>
       </c>
       <c r="B83" t="s">
         <v>43</v>
       </c>
       <c r="D83" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E83" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F83" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G83" t="s">
         <v>24</v>
       </c>
       <c r="H83" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45958.0</v>
       </c>
       <c r="B84" t="s">
         <v>47</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E84" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="F84" t="s">
         <v>37</v>
       </c>
       <c r="G84" t="s">
         <v>12</v>
       </c>
       <c r="H84" t="s">
@@ -3155,54 +3170,54 @@
       </c>
       <c r="H92" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45960.0</v>
       </c>
       <c r="B93" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F93" t="s">
         <v>53</v>
       </c>
       <c r="G93" t="s">
         <v>24</v>
       </c>
       <c r="H93" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I93" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45960.0</v>
       </c>
       <c r="B94" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E94" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F94" t="s">
         <v>41</v>
       </c>
       <c r="G94" t="s">
         <v>24</v>
       </c>
       <c r="H94" t="s">
         <v>42</v>
       </c>
     </row>
@@ -3247,80 +3262,80 @@
       </c>
       <c r="F96" t="s">
         <v>41</v>
       </c>
       <c r="G96" t="s">
         <v>24</v>
       </c>
       <c r="H96" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45961.0</v>
       </c>
       <c r="B97" t="s">
         <v>35</v>
       </c>
       <c r="D97" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F97" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G97" t="s">
         <v>24</v>
       </c>
       <c r="H97" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45964.0</v>
       </c>
       <c r="B98" t="s">
         <v>43</v>
       </c>
       <c r="D98" s="2">
         <v>0.5</v>
       </c>
       <c r="E98" s="2">
         <v>0.625</v>
       </c>
       <c r="F98" t="s">
         <v>23</v>
       </c>
       <c r="G98" t="s">
         <v>24</v>
       </c>
       <c r="H98" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45964.0</v>
       </c>
       <c r="B99" t="s">
         <v>43</v>
       </c>
       <c r="D99" s="2">
         <v>0.71875</v>
       </c>
       <c r="E99" s="2">
         <v>0.78125</v>
       </c>
       <c r="F99" t="s">
         <v>39</v>
       </c>
       <c r="G99" t="s">
         <v>24</v>
       </c>
       <c r="H99" t="s">
         <v>66</v>
       </c>
       <c r="I99" t="s">
@@ -3510,83 +3525,83 @@
       </c>
       <c r="F106" t="s">
         <v>39</v>
       </c>
       <c r="G106" t="s">
         <v>24</v>
       </c>
       <c r="H106" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45967.0</v>
       </c>
       <c r="B107" t="s">
         <v>20</v>
       </c>
       <c r="D107" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E107" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F107" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G107" t="s">
         <v>24</v>
       </c>
       <c r="H107" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45968.0</v>
       </c>
       <c r="B108" t="s">
         <v>35</v>
       </c>
       <c r="C108" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D108" s="2">
-        <v>0.61458333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E108" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F108" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="G108" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="H108" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="I108" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45973.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>10</v>
       </c>
       <c r="D109" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E109" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
@@ -3701,66 +3716,66 @@
       </c>
       <c r="E113" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F113" t="s">
         <v>30</v>
       </c>
       <c r="G113" t="s">
         <v>31</v>
       </c>
       <c r="H113" t="s">
         <v>32</v>
       </c>
       <c r="I113" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45974.0</v>
       </c>
       <c r="B114" t="s">
         <v>20</v>
       </c>
       <c r="C114" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D114" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E114" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F114" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G114" t="s">
         <v>31</v>
       </c>
       <c r="H114" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45975.0</v>
       </c>
       <c r="B115" t="s">
         <v>35</v>
       </c>
       <c r="C115" t="s">
         <v>29</v>
       </c>
       <c r="D115" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E115" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F115" t="s">
         <v>30</v>
       </c>
       <c r="G115" t="s">
         <v>31</v>
       </c>
       <c r="H115" t="s">
@@ -3955,70 +3970,64 @@
         <v>0.60416666666667</v>
       </c>
       <c r="E122" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F122" t="s">
         <v>45</v>
       </c>
       <c r="G122" t="s">
         <v>12</v>
       </c>
       <c r="H122" t="s">
         <v>46</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>45982.0</v>
       </c>
       <c r="B123" t="s">
         <v>35</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="2">
-        <v>0.61458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.77083333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G123" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H123" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>79</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45985.0</v>
       </c>
       <c r="B124" t="s">
         <v>43</v>
       </c>
       <c r="C124" t="s">
         <v>34</v>
       </c>
       <c r="D124" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E124" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F124" t="s">
         <v>30</v>
       </c>
       <c r="G124" t="s">
         <v>31</v>
       </c>
       <c r="H124" t="s">
@@ -4185,89 +4194,89 @@
       </c>
       <c r="E130" s="2">
         <v>0.78125</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>17</v>
       </c>
       <c r="H130" t="s">
         <v>13</v>
       </c>
       <c r="I130" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45988.0</v>
       </c>
       <c r="B131" t="s">
         <v>20</v>
       </c>
       <c r="C131" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D131" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E131" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F131" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G131" t="s">
         <v>31</v>
       </c>
       <c r="H131" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45988.0</v>
       </c>
       <c r="B132" t="s">
         <v>20</v>
       </c>
       <c r="D132" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E132" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G132" t="s">
         <v>24</v>
       </c>
       <c r="H132" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45989.0</v>
       </c>
       <c r="B133" t="s">
         <v>35</v>
       </c>
       <c r="C133" t="s">
         <v>34</v>
       </c>
       <c r="D133" s="2">
         <v>0.625</v>
       </c>
       <c r="E133" s="2">
         <v>0.6875</v>
       </c>
       <c r="F133" t="s">
         <v>30</v>
       </c>
       <c r="G133" t="s">
         <v>31</v>
       </c>
       <c r="H133" t="s">
@@ -4304,54 +4313,54 @@
       </c>
       <c r="I134" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>45992.0</v>
       </c>
       <c r="B135" t="s">
         <v>43</v>
       </c>
       <c r="D135" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E135" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F135" t="s">
         <v>53</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
       </c>
       <c r="H135" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="I135" t="s">
-        <v>26</v>
+        <v>80</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>45993.0</v>
       </c>
       <c r="B136" t="s">
         <v>47</v>
       </c>
       <c r="D136" s="2">
         <v>0.75</v>
       </c>
       <c r="E136" s="2">
         <v>0.8125</v>
       </c>
       <c r="F136" t="s">
         <v>39</v>
       </c>
       <c r="G136" t="s">
         <v>24</v>
       </c>
       <c r="H136" t="s">
         <v>64</v>
       </c>
       <c r="I136" t="s">
@@ -4466,57 +4475,57 @@
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="H140" t="s">
         <v>13</v>
       </c>
       <c r="I140" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>45995.0</v>
       </c>
       <c r="B141" t="s">
         <v>20</v>
       </c>
       <c r="D141" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F141" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G141" t="s">
         <v>24</v>
       </c>
       <c r="H141" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>45996.0</v>
       </c>
       <c r="B142" t="s">
         <v>35</v>
       </c>
       <c r="C142" t="s">
         <v>34</v>
       </c>
       <c r="D142" s="2">
         <v>0.625</v>
       </c>
       <c r="E142" s="2">
         <v>0.6875</v>
       </c>
       <c r="F142" t="s">
         <v>30</v>
       </c>
       <c r="G142" t="s">
         <v>31</v>
       </c>
       <c r="H142" t="s">
@@ -4692,57 +4701,57 @@
       </c>
       <c r="G148" t="s">
         <v>17</v>
       </c>
       <c r="H148" t="s">
         <v>13</v>
       </c>
       <c r="I148" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46002.0</v>
       </c>
       <c r="B149" t="s">
         <v>20</v>
       </c>
       <c r="D149" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E149" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F149" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G149" t="s">
         <v>24</v>
       </c>
       <c r="H149" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46003.0</v>
       </c>
       <c r="B150" t="s">
         <v>35</v>
       </c>
       <c r="C150" t="s">
         <v>29</v>
       </c>
       <c r="D150" s="2">
         <v>0.625</v>
       </c>
       <c r="E150" s="2">
         <v>0.6875</v>
       </c>
       <c r="F150" t="s">
         <v>30</v>
       </c>
       <c r="G150" t="s">
         <v>31</v>
       </c>
       <c r="H150" t="s">
@@ -4938,89 +4947,89 @@
       </c>
       <c r="E157" s="2">
         <v>0.78125</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
         <v>17</v>
       </c>
       <c r="H157" t="s">
         <v>13</v>
       </c>
       <c r="I157" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46009.0</v>
       </c>
       <c r="B158" t="s">
         <v>20</v>
       </c>
       <c r="C158" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D158" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E158" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F158" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G158" t="s">
         <v>31</v>
       </c>
       <c r="H158" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46009.0</v>
       </c>
       <c r="B159" t="s">
         <v>20</v>
       </c>
       <c r="D159" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E159" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F159" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G159" t="s">
         <v>24</v>
       </c>
       <c r="H159" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46010.0</v>
       </c>
       <c r="B160" t="s">
         <v>35</v>
       </c>
       <c r="C160" t="s">
         <v>29</v>
       </c>
       <c r="D160" s="2">
         <v>0.625</v>
       </c>
       <c r="E160" s="2">
         <v>0.6875</v>
       </c>
       <c r="F160" t="s">
         <v>30</v>
       </c>
       <c r="G160" t="s">
         <v>31</v>
       </c>
       <c r="H160" t="s">
@@ -5051,289 +5060,289 @@
       </c>
       <c r="G161" t="s">
         <v>31</v>
       </c>
       <c r="H161" t="s">
         <v>32</v>
       </c>
       <c r="I161" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46030.0</v>
       </c>
       <c r="B162" t="s">
         <v>20</v>
       </c>
       <c r="D162" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E162" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F162" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G162" t="s">
         <v>24</v>
       </c>
       <c r="H162" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>46031.0</v>
       </c>
       <c r="B163" t="s">
         <v>35</v>
       </c>
       <c r="C163" t="s">
         <v>18</v>
       </c>
       <c r="D163" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E163" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F163" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
       <c r="H163" t="s">
         <v>66</v>
       </c>
       <c r="I163" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>46031.0</v>
       </c>
       <c r="B164" t="s">
         <v>35</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E164" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F164" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G164" t="s">
         <v>12</v>
       </c>
       <c r="H164" t="s">
         <v>66</v>
       </c>
       <c r="I164" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>46034.0</v>
       </c>
       <c r="B165" t="s">
         <v>43</v>
       </c>
       <c r="C165" t="s">
         <v>18</v>
       </c>
       <c r="D165" s="2">
         <v>0.625</v>
       </c>
       <c r="E165" s="2">
         <v>0.71875</v>
       </c>
       <c r="F165" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G165" t="s">
         <v>12</v>
       </c>
       <c r="H165" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I165" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>46034.0</v>
       </c>
       <c r="B166" t="s">
         <v>43</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" s="2">
         <v>0.625</v>
       </c>
       <c r="E166" s="2">
         <v>0.71875</v>
       </c>
       <c r="F166" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G166" t="s">
         <v>12</v>
       </c>
       <c r="H166" t="s">
         <v>32</v>
       </c>
       <c r="I166" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>46034.0</v>
       </c>
       <c r="B167" t="s">
         <v>43</v>
       </c>
       <c r="C167" t="s">
         <v>18</v>
       </c>
       <c r="D167" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E167" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F167" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G167" t="s">
         <v>12</v>
       </c>
       <c r="H167" t="s">
         <v>32</v>
       </c>
       <c r="I167" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>46034.0</v>
       </c>
       <c r="B168" t="s">
         <v>43</v>
       </c>
       <c r="C168" t="s">
         <v>10</v>
       </c>
       <c r="D168" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E168" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F168" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G168" t="s">
         <v>12</v>
       </c>
       <c r="H168" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I168" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>46035.0</v>
       </c>
       <c r="B169" t="s">
         <v>47</v>
       </c>
       <c r="C169" t="s">
         <v>18</v>
       </c>
       <c r="D169" s="2">
         <v>0.625</v>
       </c>
       <c r="E169" s="2">
         <v>0.71875</v>
       </c>
       <c r="F169" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G169" t="s">
         <v>12</v>
       </c>
       <c r="H169" t="s">
         <v>66</v>
       </c>
       <c r="I169" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46035.0</v>
       </c>
       <c r="B170" t="s">
         <v>47</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E170" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F170" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G170" t="s">
         <v>12</v>
       </c>
       <c r="H170" t="s">
         <v>66</v>
       </c>
       <c r="I170" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46036.0</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>10</v>
       </c>
       <c r="D171" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E171" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
         <v>12</v>
       </c>
       <c r="H171" t="s">
@@ -5480,193 +5489,193 @@
       </c>
       <c r="G176" t="s">
         <v>31</v>
       </c>
       <c r="H176" t="s">
         <v>51</v>
       </c>
       <c r="I176" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46037.0</v>
       </c>
       <c r="B177" t="s">
         <v>20</v>
       </c>
       <c r="D177" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E177" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F177" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G177" t="s">
         <v>24</v>
       </c>
       <c r="H177" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46038.0</v>
       </c>
       <c r="B178" t="s">
         <v>35</v>
       </c>
       <c r="D178" s="2">
-        <v>0.6875</v>
+        <v>0.75</v>
       </c>
       <c r="E178" s="2">
-        <v>0.8125</v>
+        <v>0.875</v>
       </c>
       <c r="F178" t="s">
         <v>39</v>
       </c>
       <c r="G178" t="s">
         <v>24</v>
       </c>
       <c r="H178" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46042.0</v>
       </c>
       <c r="B179" t="s">
         <v>47</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E179" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G179" t="s">
         <v>12</v>
       </c>
       <c r="H179" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I179" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46042.0</v>
       </c>
       <c r="B180" t="s">
         <v>47</v>
       </c>
       <c r="C180" t="s">
         <v>29</v>
       </c>
       <c r="D180" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E180" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F180" t="s">
         <v>30</v>
       </c>
       <c r="G180" t="s">
         <v>31</v>
       </c>
       <c r="H180" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>46043.0</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E181" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
       <c r="H181" t="s">
         <v>13</v>
       </c>
       <c r="I181" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46043.0</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E182" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F182" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
       <c r="H182" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I182" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46043.0</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E183" s="2">
         <v>0.68055555555556</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="H183" t="s">
@@ -5691,312 +5700,370 @@
       </c>
       <c r="E184" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
         <v>12</v>
       </c>
       <c r="H184" t="s">
         <v>13</v>
       </c>
       <c r="I184" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46043.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D185" s="2">
-        <v>0.70833333333333</v>
+        <v>0.71875</v>
       </c>
       <c r="E185" s="2">
-        <v>0.77083333333333</v>
+        <v>0.78125</v>
       </c>
       <c r="F185" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G185" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H185" t="s">
-        <v>77</v>
+        <v>13</v>
+      </c>
+      <c r="I185" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46043.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D186" s="2">
-        <v>0.71875</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E186" s="2">
-        <v>0.78125</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F186" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G186" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="H186" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>84</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46044.0</v>
       </c>
       <c r="B187" t="s">
         <v>20</v>
       </c>
       <c r="C187" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D187" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E187" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F187" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G187" t="s">
         <v>31</v>
       </c>
       <c r="H187" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46044.0</v>
       </c>
       <c r="B188" t="s">
         <v>20</v>
       </c>
       <c r="D188" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E188" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F188" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G188" t="s">
         <v>24</v>
       </c>
       <c r="H188" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B189" t="s">
-        <v>43</v>
+        <v>35</v>
+      </c>
+      <c r="C189" t="s">
+        <v>76</v>
       </c>
       <c r="D189" s="2">
-        <v>0.66666666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E189" s="2">
-        <v>0.75</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F189" t="s">
+        <v>77</v>
+      </c>
+      <c r="G189" t="s">
+        <v>31</v>
+      </c>
+      <c r="H189" t="s">
         <v>78</v>
       </c>
-      <c r="G189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I189" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
-        <v>46050.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B190" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D190" s="2">
-        <v>0.58333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E190" s="2">
-        <v>0.61458333333333</v>
+        <v>0.75</v>
       </c>
       <c r="F190" t="s">
-        <v>11</v>
+        <v>85</v>
       </c>
       <c r="G190" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="H190" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="I190" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46050.0</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D191" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E191" s="2">
-        <v>0.68055555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H191" t="s">
         <v>13</v>
       </c>
       <c r="I191" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>46050.0</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D192" s="2">
-        <v>0.68402777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E192" s="2">
-        <v>0.71527777777778</v>
+        <v>0.68055555555556</v>
       </c>
       <c r="F192" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G192" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H192" t="s">
         <v>13</v>
       </c>
       <c r="I192" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>46050.0</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D193" s="2">
-        <v>0.71875</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E193" s="2">
-        <v>0.78125</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F193" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H193" t="s">
         <v>13</v>
       </c>
       <c r="I193" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>19</v>
+      </c>
+      <c r="D194" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="E194" s="2">
+        <v>0.78125</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>17</v>
+      </c>
+      <c r="H194" t="s">
+        <v>13</v>
+      </c>
+      <c r="I194" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" s="1">
         <v>46051.0</v>
       </c>
-      <c r="B194" t="s">
+      <c r="B195" t="s">
         <v>20</v>
       </c>
-      <c r="C194" t="s">
-[...2 lines deleted...]
-      <c r="D194" s="2">
+      <c r="C195" t="s">
+        <v>76</v>
+      </c>
+      <c r="D195" s="2">
         <v>0.73958333333333</v>
       </c>
-      <c r="E194" s="2">
+      <c r="E195" s="2">
         <v>0.86458333333333</v>
       </c>
-      <c r="F194" t="s">
-[...2 lines deleted...]
-      <c r="G194" t="s">
+      <c r="F195" t="s">
+        <v>77</v>
+      </c>
+      <c r="G195" t="s">
         <v>31</v>
       </c>
-      <c r="H194" t="s">
-        <v>73</v>
+      <c r="H195" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B196" t="s">
+        <v>35</v>
+      </c>
+      <c r="C196" t="s">
+        <v>76</v>
+      </c>
+      <c r="D196" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="E196" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F196" t="s">
+        <v>77</v>
+      </c>
+      <c r="G196" t="s">
+        <v>31</v>
+      </c>
+      <c r="H196" t="s">
+        <v>78</v>
+      </c>
+      <c r="I196" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>