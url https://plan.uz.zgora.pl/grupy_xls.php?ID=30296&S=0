--- v1 (2025-11-16)
+++ v2 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -252,50 +252,53 @@
     <t>dr Piotr Kapusta</t>
   </si>
   <si>
     <t>prof. dr hab. n. med. Aleksander Jamsheer</t>
   </si>
   <si>
     <t>dr hab. n. med. Ewa Gorczyńska, prof. UZ</t>
   </si>
   <si>
     <t>125 A-2</t>
   </si>
   <si>
     <t>dr n. med. Joanna Mitkowska</t>
   </si>
   <si>
     <t>f9</t>
   </si>
   <si>
     <t>Przedmiot do wyboru - Lekarz w postępowaniu przedsądowym i sądowym (Ć)</t>
   </si>
   <si>
     <t>dr Joanna Zdanowska</t>
   </si>
   <si>
     <t>lek. Paweł Tracewski</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Zbigniew Izdebski; dr Alicja Kozakiewicz</t>
   </si>
   <si>
     <t>1 A-29</t>
   </si>
   <si>
     <t>dr n. med. Bartosz Kudliński</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>113 A-29</t>
   </si>
   <si>
     <t>dr hab. n. med. Dariusz Kotlęga, prof. UZ</t>
   </si>
   <si>
     <t>Farmakologia z toksykologią / test (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>dr n. med. Łukasz Grydz; mgr Tomasz Maruszewski</t>
   </si>
@@ -4313,54 +4316,54 @@
       </c>
       <c r="I134" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>45992.0</v>
       </c>
       <c r="B135" t="s">
         <v>43</v>
       </c>
       <c r="D135" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E135" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F135" t="s">
         <v>53</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
       </c>
       <c r="H135" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="I135" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>45993.0</v>
       </c>
       <c r="B136" t="s">
         <v>47</v>
       </c>
       <c r="D136" s="2">
         <v>0.75</v>
       </c>
       <c r="E136" s="2">
         <v>0.8125</v>
       </c>
       <c r="F136" t="s">
         <v>39</v>
       </c>
       <c r="G136" t="s">
         <v>24</v>
       </c>
       <c r="H136" t="s">
         <v>64</v>
       </c>
       <c r="I136" t="s">
@@ -5150,54 +5153,54 @@
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>46034.0</v>
       </c>
       <c r="B165" t="s">
         <v>43</v>
       </c>
       <c r="C165" t="s">
         <v>18</v>
       </c>
       <c r="D165" s="2">
         <v>0.625</v>
       </c>
       <c r="E165" s="2">
         <v>0.71875</v>
       </c>
       <c r="F165" t="s">
         <v>61</v>
       </c>
       <c r="G165" t="s">
         <v>12</v>
       </c>
       <c r="H165" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I165" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>46034.0</v>
       </c>
       <c r="B166" t="s">
         <v>43</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" s="2">
         <v>0.625</v>
       </c>
       <c r="E166" s="2">
         <v>0.71875</v>
       </c>
       <c r="F166" t="s">
         <v>61</v>
       </c>
       <c r="G166" t="s">
         <v>12</v>
       </c>
       <c r="H166" t="s">
@@ -5237,112 +5240,112 @@
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>46034.0</v>
       </c>
       <c r="B168" t="s">
         <v>43</v>
       </c>
       <c r="C168" t="s">
         <v>10</v>
       </c>
       <c r="D168" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E168" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F168" t="s">
         <v>61</v>
       </c>
       <c r="G168" t="s">
         <v>12</v>
       </c>
       <c r="H168" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I168" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>46035.0</v>
       </c>
       <c r="B169" t="s">
         <v>47</v>
       </c>
       <c r="C169" t="s">
         <v>18</v>
       </c>
       <c r="D169" s="2">
         <v>0.625</v>
       </c>
       <c r="E169" s="2">
         <v>0.71875</v>
       </c>
       <c r="F169" t="s">
         <v>61</v>
       </c>
       <c r="G169" t="s">
         <v>12</v>
       </c>
       <c r="H169" t="s">
         <v>66</v>
       </c>
       <c r="I169" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46035.0</v>
       </c>
       <c r="B170" t="s">
         <v>47</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E170" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F170" t="s">
         <v>61</v>
       </c>
       <c r="G170" t="s">
         <v>12</v>
       </c>
       <c r="H170" t="s">
         <v>66</v>
       </c>
       <c r="I170" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46036.0</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>10</v>
       </c>
       <c r="D171" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E171" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
         <v>12</v>
       </c>
       <c r="H171" t="s">
@@ -5518,106 +5521,106 @@
       </c>
       <c r="H177" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46038.0</v>
       </c>
       <c r="B178" t="s">
         <v>35</v>
       </c>
       <c r="D178" s="2">
         <v>0.75</v>
       </c>
       <c r="E178" s="2">
         <v>0.875</v>
       </c>
       <c r="F178" t="s">
         <v>39</v>
       </c>
       <c r="G178" t="s">
         <v>24</v>
       </c>
       <c r="H178" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46042.0</v>
       </c>
       <c r="B179" t="s">
         <v>47</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E179" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
         <v>61</v>
       </c>
       <c r="G179" t="s">
         <v>12</v>
       </c>
       <c r="H179" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I179" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46042.0</v>
       </c>
       <c r="B180" t="s">
         <v>47</v>
       </c>
       <c r="C180" t="s">
         <v>29</v>
       </c>
       <c r="D180" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E180" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F180" t="s">
         <v>30</v>
       </c>
       <c r="G180" t="s">
         <v>31</v>
       </c>
       <c r="H180" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>46043.0</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E181" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
       <c r="H181" t="s">
@@ -5628,54 +5631,54 @@
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46043.0</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E182" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F182" t="s">
         <v>61</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
       <c r="H182" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I182" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46043.0</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E183" s="2">
         <v>0.68055555555556</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="H183" t="s">
@@ -5744,51 +5747,51 @@
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46043.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>34</v>
       </c>
       <c r="D186" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E186" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F186" t="s">
         <v>30</v>
       </c>
       <c r="G186" t="s">
         <v>31</v>
       </c>
       <c r="H186" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46044.0</v>
       </c>
       <c r="B187" t="s">
         <v>20</v>
       </c>
       <c r="C187" t="s">
         <v>76</v>
       </c>
       <c r="D187" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E187" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F187" t="s">
         <v>77</v>
       </c>
       <c r="G187" t="s">
         <v>31</v>
       </c>
       <c r="H187" t="s">
@@ -5839,60 +5842,60 @@
       </c>
       <c r="G189" t="s">
         <v>31</v>
       </c>
       <c r="H189" t="s">
         <v>78</v>
       </c>
       <c r="I189" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46048.0</v>
       </c>
       <c r="B190" t="s">
         <v>43</v>
       </c>
       <c r="D190" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E190" s="2">
         <v>0.75</v>
       </c>
       <c r="F190" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G190" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H190" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I190" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46050.0</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>10</v>
       </c>
       <c r="D191" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E191" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F191" t="s">
         <v>11</v>
       </c>
       <c r="G191" t="s">
         <v>12</v>
       </c>
       <c r="H191" t="s">