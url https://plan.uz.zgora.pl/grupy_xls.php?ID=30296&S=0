--- v2 (2025-12-31)
+++ v3 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -282,50 +282,71 @@
     <t>1 A-29</t>
   </si>
   <si>
     <t>dr n. med. Bartosz Kudliński</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>113 A-29</t>
   </si>
   <si>
     <t>dr hab. n. med. Dariusz Kotlęga, prof. UZ</t>
   </si>
   <si>
     <t>Farmakologia z toksykologią / test (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>dr n. med. Łukasz Grydz; mgr Tomasz Maruszewski</t>
   </si>
   <si>
     <t>101 A-22</t>
+  </si>
+  <si>
+    <t>Diagnostyka obrazowa - egzamin (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Medycyna rodzinna-zaliczenie (R)</t>
+  </si>
+  <si>
+    <t>Pediatria - zaliczenie (R)</t>
+  </si>
+  <si>
+    <t>Choroby wewnętrzne - poprawa zaliczenia (I)</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>CEN EGZ A-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -633,67 +654,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J196"/>
+  <dimension ref="A1:J200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E196" sqref="E196"/>
+      <selection activeCell="E200" sqref="E200"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5824,53 +5845,50 @@
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46045.0</v>
       </c>
       <c r="B189" t="s">
         <v>35</v>
       </c>
       <c r="C189" t="s">
         <v>76</v>
       </c>
       <c r="D189" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E189" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="F189" t="s">
         <v>77</v>
       </c>
       <c r="G189" t="s">
         <v>31</v>
       </c>
       <c r="H189" t="s">
         <v>78</v>
       </c>
-      <c r="I189" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46048.0</v>
       </c>
       <c r="B190" t="s">
         <v>43</v>
       </c>
       <c r="D190" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E190" s="2">
         <v>0.75</v>
       </c>
       <c r="F190" t="s">
         <v>86</v>
       </c>
       <c r="G190" t="s">
         <v>87</v>
       </c>
       <c r="H190" t="s">
         <v>88</v>
       </c>
       <c r="I190" t="s">
         <v>89</v>
@@ -6021,52 +6039,153 @@
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46052.0</v>
       </c>
       <c r="B196" t="s">
         <v>35</v>
       </c>
       <c r="C196" t="s">
         <v>76</v>
       </c>
       <c r="D196" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E196" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F196" t="s">
         <v>77</v>
       </c>
       <c r="G196" t="s">
         <v>31</v>
       </c>
       <c r="H196" t="s">
         <v>78</v>
       </c>
-      <c r="I196" t="s">
-        <v>52</v>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B197" t="s">
+        <v>43</v>
+      </c>
+      <c r="D197" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E197" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F197" t="s">
+        <v>90</v>
+      </c>
+      <c r="G197" t="s">
+        <v>91</v>
+      </c>
+      <c r="H197" t="s">
+        <v>46</v>
+      </c>
+      <c r="I197" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="E198" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F198" t="s">
+        <v>92</v>
+      </c>
+      <c r="G198" t="s">
+        <v>87</v>
+      </c>
+      <c r="H198" t="s">
+        <v>42</v>
+      </c>
+      <c r="I198" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B199" t="s">
+        <v>43</v>
+      </c>
+      <c r="D199" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E199" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F199" t="s">
+        <v>93</v>
+      </c>
+      <c r="G199" t="s">
+        <v>87</v>
+      </c>
+      <c r="H199" t="s">
+        <v>25</v>
+      </c>
+      <c r="I199" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" s="1">
+        <v>46065.0</v>
+      </c>
+      <c r="B200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E200" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F200" t="s">
+        <v>94</v>
+      </c>
+      <c r="G200" t="s">
+        <v>95</v>
+      </c>
+      <c r="H200" t="s">
+        <v>42</v>
+      </c>
+      <c r="I200" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>