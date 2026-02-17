--- v0 (2025-12-30)
+++ v1 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -296,69 +296,84 @@
   <si>
     <t>dr Marzena Gutowicz</t>
   </si>
   <si>
     <t>ćwD</t>
   </si>
   <si>
     <t>dr hab. n. med. Agnieszka Malińska, prof. UZ</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - kolokwium II (I)</t>
   </si>
   <si>
     <t>dr Marzena Gutowicz; dr Barbara Morawin; dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka</t>
   </si>
   <si>
     <t>CEN EGZ A-23</t>
   </si>
   <si>
     <t>209 A-22</t>
   </si>
   <si>
     <t>Przedmiot do wyboru - Podstawy pielęgniarstwa (Ć)</t>
   </si>
   <si>
-    <t>mgr Katarzyna Mostowska</t>
+    <t>dr Beata Wudarczyk</t>
   </si>
   <si>
     <t>305/305a A-22</t>
   </si>
   <si>
-    <t>dr Beata Wudarczyk</t>
+    <t>mgr Katarzyna Mostowska</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - kolokwium III (I)</t>
   </si>
   <si>
     <t>dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka</t>
   </si>
   <si>
-    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+    <t>Konsultacje (I)</t>
+  </si>
+  <si>
+    <t>Biofizyka - egzamin I termin (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
+    <t>Biochemia z elementami chemii - I termin egzaminu (E)</t>
+  </si>
+  <si>
     <t>dr Marzena Gutowicz; dr Barbara Morawin; dr n. med. Anna Tylutka; dr Edyta Wawrzyniak-Gramacka; lek. Jakub Wojtacha; prof. dr hab. Agnieszka Zembroń-Łacny</t>
+  </si>
+  <si>
+    <t>Biochemia z elementami chemii - kolokwium wyjściowe (I)</t>
+  </si>
+  <si>
+    <t>Biofizyka - egzamin II termin (E)</t>
   </si>
   <si>
     <t>Biochemia z elementami chemii - II termin egzaminu (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -669,54 +684,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J427"/>
+  <dimension ref="A1:J432"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E427" sqref="E427"/>
+      <selection activeCell="E432" sqref="E432"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -10146,2715 +10161,2818 @@
       </c>
       <c r="E334" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F334" t="s">
         <v>36</v>
       </c>
       <c r="G334" t="s">
         <v>16</v>
       </c>
       <c r="H334" t="s">
         <v>86</v>
       </c>
       <c r="I334" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
         <v>46031.0</v>
       </c>
       <c r="B335" t="s">
         <v>28</v>
       </c>
       <c r="C335" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D335" s="2">
-        <v>0.4375</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E335" s="2">
-        <v>0.59375</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F335" t="s">
         <v>93</v>
       </c>
       <c r="G335" t="s">
         <v>83</v>
       </c>
       <c r="H335" t="s">
         <v>94</v>
       </c>
       <c r="I335" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B336" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C336" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="D336" s="2">
-        <v>0.61805555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="E336" s="2">
-        <v>0.77430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F336" t="s">
-        <v>93</v>
+        <v>36</v>
       </c>
       <c r="G336" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="H336" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="I336" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B337" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C337" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D337" s="2">
-        <v>0.80208333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E337" s="2">
-        <v>0.86458333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F337" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G337" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H337" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="I337" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46034.0</v>
       </c>
       <c r="B338" t="s">
         <v>34</v>
       </c>
       <c r="C338" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D338" s="2">
-        <v>0.46875</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E338" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F338" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G338" t="s">
         <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="I338" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
         <v>46034.0</v>
       </c>
       <c r="B339" t="s">
         <v>34</v>
       </c>
       <c r="C339" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="D339" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E339" s="2">
-        <v>0.59375</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="F339" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="G339" t="s">
         <v>16</v>
       </c>
       <c r="H339" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="I339" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
         <v>46034.0</v>
       </c>
       <c r="B340" t="s">
         <v>34</v>
       </c>
       <c r="C340" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D340" s="2">
-        <v>0.60416666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="E340" s="2">
-        <v>0.66666666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F340" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G340" t="s">
         <v>16</v>
       </c>
       <c r="H340" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I340" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B341" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C341" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="D341" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E341" s="2">
-        <v>0.72916666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F341" t="s">
         <v>36</v>
       </c>
       <c r="G341" t="s">
         <v>16</v>
       </c>
       <c r="H341" t="s">
         <v>86</v>
       </c>
       <c r="I341" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B342" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C342" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="D342" s="2">
-        <v>0.67708333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E342" s="2">
-        <v>0.77083333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F342" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G342" t="s">
         <v>16</v>
       </c>
       <c r="H342" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="I342" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B343" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C343" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D343" s="2">
-        <v>0.71875</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E343" s="2">
-        <v>0.8125</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F343" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G343" t="s">
         <v>16</v>
       </c>
       <c r="H343" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="I343" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B344" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C344" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D344" s="2">
-        <v>0.79166666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E344" s="2">
-        <v>0.85416666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F344" t="s">
         <v>55</v>
       </c>
       <c r="G344" t="s">
         <v>56</v>
       </c>
       <c r="H344" t="s">
         <v>75</v>
       </c>
       <c r="I344" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
         <v>46035.0</v>
       </c>
       <c r="B345" t="s">
         <v>45</v>
       </c>
       <c r="C345" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="D345" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E345" s="2">
-        <v>0.45833333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F345" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G345" t="s">
         <v>16</v>
       </c>
       <c r="H345" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="I345" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B346" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="D346" s="2">
-        <v>0.39583333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="E346" s="2">
-        <v>0.48958333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F346" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="G346" t="s">
         <v>16</v>
       </c>
       <c r="H346" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="I346" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B347" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D347" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E347" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F347" t="s">
         <v>40</v>
       </c>
       <c r="G347" t="s">
         <v>16</v>
       </c>
       <c r="H347" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="I347" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B348" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="D348" s="2">
-        <v>0.75</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E348" s="2">
-        <v>0.8125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F348" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="G348" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="H348" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="I348" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B349" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D349" s="2">
-        <v>0.75</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="E349" s="2">
-        <v>0.8125</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F349" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G349" t="s">
         <v>16</v>
       </c>
       <c r="H349" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="I349" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
         <v>46036.0</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D350" s="2">
-        <v>0.34375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E350" s="2">
-        <v>0.46875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F350" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G350" t="s">
         <v>16</v>
       </c>
       <c r="H350" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="I350" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
         <v>46036.0</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="D351" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E351" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F351" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G351" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H351" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="I351" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
         <v>46036.0</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
+      <c r="C352" t="s">
+        <v>65</v>
+      </c>
       <c r="D352" s="2">
-        <v>0.47916666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E352" s="2">
-        <v>0.54166666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F352" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G352" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H352" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="I352" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
         <v>46036.0</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D353" s="2">
-        <v>0.60416666666667</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E353" s="2">
-        <v>0.66666666666667</v>
+        <v>0.87152777777778</v>
       </c>
       <c r="F353" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G353" t="s">
         <v>16</v>
       </c>
       <c r="H353" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="I353" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B354" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C354" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="D354" s="2">
-        <v>0.67708333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E354" s="2">
-        <v>0.73958333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F354" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="G354" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H354" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="I354" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B355" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C355" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="D355" s="2">
-        <v>0.67708333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E355" s="2">
-        <v>0.80208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F355" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G355" t="s">
         <v>16</v>
       </c>
       <c r="H355" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="I355" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>46037.0</v>
       </c>
       <c r="B356" t="s">
         <v>13</v>
       </c>
       <c r="C356" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="D356" s="2">
-        <v>0.375</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E356" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F356" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G356" t="s">
         <v>16</v>
       </c>
       <c r="H356" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="I356" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
         <v>46037.0</v>
       </c>
       <c r="B357" t="s">
         <v>13</v>
       </c>
       <c r="C357" t="s">
         <v>19</v>
       </c>
       <c r="D357" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E357" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F357" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G357" t="s">
         <v>16</v>
       </c>
       <c r="H357" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="I357" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
         <v>46037.0</v>
       </c>
       <c r="B358" t="s">
         <v>13</v>
       </c>
       <c r="C358" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D358" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="E358" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F358" t="s">
         <v>20</v>
       </c>
       <c r="G358" t="s">
         <v>16</v>
       </c>
       <c r="H358" t="s">
         <v>58</v>
       </c>
       <c r="I358" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
         <v>46037.0</v>
       </c>
       <c r="B359" t="s">
         <v>13</v>
       </c>
       <c r="C359" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D359" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E359" s="2">
-        <v>0.58333333333333</v>
+        <v>0.65625</v>
       </c>
       <c r="F359" t="s">
         <v>15</v>
       </c>
       <c r="G359" t="s">
         <v>16</v>
       </c>
       <c r="H359" t="s">
         <v>17</v>
       </c>
       <c r="I359" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
         <v>46037.0</v>
       </c>
       <c r="B360" t="s">
         <v>13</v>
       </c>
       <c r="C360" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="D360" s="2">
-        <v>0.5625</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E360" s="2">
-        <v>0.625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F360" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G360" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H360" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="I360" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
         <v>46037.0</v>
       </c>
       <c r="B361" t="s">
         <v>13</v>
       </c>
       <c r="C361" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D361" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E361" s="2">
-        <v>0.65625</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F361" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G361" t="s">
         <v>16</v>
       </c>
       <c r="H361" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I361" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>46037.0</v>
       </c>
       <c r="B362" t="s">
         <v>13</v>
       </c>
       <c r="C362" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D362" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E362" s="2">
-        <v>0.72916666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F362" t="s">
         <v>25</v>
       </c>
       <c r="G362" t="s">
         <v>16</v>
       </c>
       <c r="H362" t="s">
         <v>26</v>
       </c>
       <c r="I362" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>46037.0</v>
       </c>
       <c r="B363" t="s">
         <v>13</v>
       </c>
       <c r="C363" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D363" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="E363" s="2">
-        <v>0.80208333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F363" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G363" t="s">
         <v>16</v>
       </c>
       <c r="H363" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="I363" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B364" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C364" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="D364" s="2">
-        <v>0.73958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E364" s="2">
-        <v>0.86458333333333</v>
+        <v>0.65625</v>
       </c>
       <c r="F364" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G364" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="H364" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>84</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B365" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C365" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="D365" s="2">
-        <v>0.5</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E365" s="2">
-        <v>0.65625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F365" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="G365" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="H365" t="s">
-        <v>84</v>
+        <v>86</v>
+      </c>
+      <c r="I365" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>46041.0</v>
       </c>
       <c r="B366" t="s">
         <v>34</v>
       </c>
       <c r="C366" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="D366" s="2">
-        <v>0.33333333333333</v>
+        <v>0.34375</v>
       </c>
       <c r="E366" s="2">
-        <v>0.45833333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F366" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="G366" t="s">
         <v>16</v>
       </c>
       <c r="H366" t="s">
-        <v>86</v>
+        <v>26</v>
       </c>
       <c r="I366" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>46041.0</v>
       </c>
       <c r="B367" t="s">
         <v>34</v>
       </c>
       <c r="C367" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="D367" s="2">
-        <v>0.34375</v>
+        <v>0.46875</v>
       </c>
       <c r="E367" s="2">
-        <v>0.4375</v>
+        <v>0.59375</v>
       </c>
       <c r="F367" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G367" t="s">
         <v>16</v>
       </c>
       <c r="H367" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="I367" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
         <v>46041.0</v>
       </c>
       <c r="B368" t="s">
         <v>34</v>
       </c>
       <c r="C368" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="D368" s="2">
-        <v>0.46875</v>
+        <v>0.53125</v>
       </c>
       <c r="E368" s="2">
         <v>0.59375</v>
       </c>
       <c r="F368" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G368" t="s">
         <v>16</v>
       </c>
       <c r="H368" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="I368" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
         <v>46041.0</v>
       </c>
       <c r="B369" t="s">
         <v>34</v>
       </c>
       <c r="C369" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="D369" s="2">
-        <v>0.53125</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E369" s="2">
-        <v>0.59375</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F369" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G369" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H369" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="I369" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
         <v>46041.0</v>
       </c>
       <c r="B370" t="s">
         <v>34</v>
       </c>
       <c r="C370" t="s">
         <v>43</v>
       </c>
       <c r="D370" s="2">
         <v>0.71875</v>
       </c>
       <c r="E370" s="2">
         <v>0.8125</v>
       </c>
       <c r="F370" t="s">
         <v>15</v>
       </c>
       <c r="G370" t="s">
         <v>16</v>
       </c>
       <c r="H370" t="s">
         <v>44</v>
       </c>
       <c r="I370" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B371" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C371" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="D371" s="2">
-        <v>0.73958333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E371" s="2">
-        <v>0.86458333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F371" t="s">
         <v>36</v>
       </c>
       <c r="G371" t="s">
         <v>16</v>
       </c>
       <c r="H371" t="s">
         <v>86</v>
       </c>
       <c r="I371" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
         <v>46042.0</v>
       </c>
       <c r="B372" t="s">
         <v>45</v>
       </c>
       <c r="C372" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D372" s="2">
-        <v>0.33333333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E372" s="2">
-        <v>0.45833333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F372" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="G372" t="s">
         <v>16</v>
       </c>
       <c r="H372" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="I372" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>46042.0</v>
       </c>
       <c r="B373" t="s">
         <v>45</v>
       </c>
       <c r="C373" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="D373" s="2">
-        <v>0.39583333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E373" s="2">
-        <v>0.48958333333333</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F373" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G373" t="s">
         <v>16</v>
       </c>
       <c r="H373" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="I373" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
         <v>46042.0</v>
       </c>
       <c r="B374" t="s">
         <v>45</v>
       </c>
       <c r="C374" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D374" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E374" s="2">
-        <v>0.67013888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F374" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="G374" t="s">
         <v>16</v>
       </c>
       <c r="H374" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="I374" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="1">
         <v>46042.0</v>
       </c>
       <c r="B375" t="s">
         <v>45</v>
       </c>
       <c r="C375" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D375" s="2">
-        <v>0.67708333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E375" s="2">
-        <v>0.73958333333333</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F375" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G375" t="s">
         <v>16</v>
       </c>
       <c r="H375" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="I375" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="1">
         <v>46042.0</v>
       </c>
       <c r="B376" t="s">
         <v>45</v>
       </c>
       <c r="C376" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D376" s="2">
-        <v>0.73958333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E376" s="2">
-        <v>0.86458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F376" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G376" t="s">
         <v>16</v>
       </c>
       <c r="H376" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="I376" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B377" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>48</v>
       </c>
       <c r="D377" s="2">
-        <v>0.75</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E377" s="2">
-        <v>0.8125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F377" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G377" t="s">
         <v>16</v>
       </c>
       <c r="H377" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="I377" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="1">
         <v>46043.0</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D378" s="2">
-        <v>0.33333333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E378" s="2">
-        <v>0.45833333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F378" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G378" t="s">
         <v>16</v>
       </c>
       <c r="H378" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="I378" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="1">
         <v>46043.0</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
-      <c r="C379" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D379" s="2">
-        <v>0.38541666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E379" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F379" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G379" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H379" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="I379" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="1">
         <v>46043.0</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
+      <c r="C380" t="s">
+        <v>35</v>
+      </c>
       <c r="D380" s="2">
-        <v>0.47916666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E380" s="2">
-        <v>0.54166666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F380" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G380" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H380" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="I380" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B381" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C381" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D381" s="2">
-        <v>0.60416666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E381" s="2">
-        <v>0.66666666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F381" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G381" t="s">
         <v>16</v>
       </c>
       <c r="H381" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I381" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B382" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C382" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="D382" s="2">
-        <v>0.625</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E382" s="2">
-        <v>0.6875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F382" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G382" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H382" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="I382" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="1">
         <v>46044.0</v>
       </c>
       <c r="B383" t="s">
         <v>13</v>
       </c>
       <c r="C383" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="D383" s="2">
-        <v>0.375</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E383" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F383" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G383" t="s">
         <v>16</v>
       </c>
       <c r="H383" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I383" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="1">
         <v>46044.0</v>
       </c>
       <c r="B384" t="s">
         <v>13</v>
       </c>
       <c r="C384" t="s">
         <v>19</v>
       </c>
       <c r="D384" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E384" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F384" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="G384" t="s">
         <v>16</v>
       </c>
       <c r="H384" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I384" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="1">
         <v>46044.0</v>
       </c>
       <c r="B385" t="s">
         <v>13</v>
       </c>
       <c r="C385" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="D385" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="E385" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F385" t="s">
         <v>20</v>
       </c>
       <c r="G385" t="s">
         <v>16</v>
       </c>
       <c r="H385" t="s">
         <v>21</v>
       </c>
       <c r="I385" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="1">
         <v>46044.0</v>
       </c>
       <c r="B386" t="s">
         <v>13</v>
       </c>
       <c r="C386" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D386" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="E386" s="2">
-        <v>0.58333333333333</v>
+        <v>0.65625</v>
       </c>
       <c r="F386" t="s">
         <v>15</v>
       </c>
       <c r="G386" t="s">
         <v>16</v>
       </c>
       <c r="H386" t="s">
         <v>17</v>
       </c>
       <c r="I386" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="1">
         <v>46044.0</v>
       </c>
       <c r="B387" t="s">
         <v>13</v>
       </c>
       <c r="C387" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="D387" s="2">
-        <v>0.5625</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E387" s="2">
-        <v>0.625</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F387" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G387" t="s">
         <v>16</v>
       </c>
       <c r="H387" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I387" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="1">
         <v>46044.0</v>
       </c>
       <c r="B388" t="s">
         <v>13</v>
       </c>
       <c r="C388" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D388" s="2">
-        <v>0.59375</v>
+        <v>0.75</v>
       </c>
       <c r="E388" s="2">
-        <v>0.65625</v>
+        <v>0.8125</v>
       </c>
       <c r="F388" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G388" t="s">
         <v>16</v>
       </c>
       <c r="H388" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I388" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B389" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C389" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="D389" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E389" s="2">
-        <v>0.66666666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F389" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="G389" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="H389" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="I389" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B390" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="D390" s="2">
-        <v>0.67708333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E390" s="2">
-        <v>0.73958333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F390" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="G390" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="H390" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="I390" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B391" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C391" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="D391" s="2">
-        <v>0.67708333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E391" s="2">
-        <v>0.73958333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F391" t="s">
-        <v>25</v>
+        <v>93</v>
       </c>
       <c r="G391" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="H391" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="I391" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B392" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C392" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D392" s="2">
-        <v>0.75</v>
+        <v>0.34375</v>
       </c>
       <c r="E392" s="2">
-        <v>0.8125</v>
+        <v>0.46875</v>
       </c>
       <c r="F392" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G392" t="s">
         <v>16</v>
       </c>
       <c r="H392" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="I392" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B393" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C393" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="D393" s="2">
-        <v>0.33333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E393" s="2">
-        <v>0.48958333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F393" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="G393" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="H393" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="I393" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B394" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C394" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="D394" s="2">
-        <v>0.66666666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E394" s="2">
-        <v>0.82291666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F394" t="s">
-        <v>93</v>
+        <v>36</v>
       </c>
       <c r="G394" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="H394" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I394" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="1">
         <v>46048.0</v>
       </c>
       <c r="B395" t="s">
         <v>34</v>
       </c>
       <c r="C395" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D395" s="2">
-        <v>0.34375</v>
+        <v>0.53125</v>
       </c>
       <c r="E395" s="2">
-        <v>0.46875</v>
+        <v>0.59375</v>
       </c>
       <c r="F395" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G395" t="s">
         <v>16</v>
       </c>
       <c r="H395" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="I395" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="1">
         <v>46048.0</v>
       </c>
       <c r="B396" t="s">
         <v>34</v>
       </c>
       <c r="C396" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D396" s="2">
-        <v>0.375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E396" s="2">
-        <v>0.4375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F396" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="G396" t="s">
         <v>16</v>
       </c>
       <c r="H396" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="I396" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="1">
         <v>46048.0</v>
       </c>
       <c r="B397" t="s">
         <v>34</v>
       </c>
       <c r="C397" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D397" s="2">
-        <v>0.47916666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="E397" s="2">
-        <v>0.60416666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F397" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="G397" t="s">
         <v>16</v>
       </c>
       <c r="H397" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="I397" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B398" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C398" t="s">
         <v>14</v>
       </c>
       <c r="D398" s="2">
-        <v>0.53125</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E398" s="2">
-        <v>0.59375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F398" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G398" t="s">
         <v>16</v>
       </c>
       <c r="H398" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="I398" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B399" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C399" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="D399" s="2">
-        <v>0.60416666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E399" s="2">
-        <v>0.66666666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F399" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G399" t="s">
         <v>16</v>
       </c>
       <c r="H399" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I399" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B400" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C400" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="D400" s="2">
-        <v>0.625</v>
+        <v>0.5</v>
       </c>
       <c r="E400" s="2">
-        <v>0.6875</v>
+        <v>0.65625</v>
       </c>
       <c r="F400" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="G400" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="H400" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>84</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B401" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C401" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="D401" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E401" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F401" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G401" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="H401" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="I401" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B402" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="C402" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D402" s="2">
-        <v>0.71875</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E402" s="2">
-        <v>0.8125</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F402" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="G402" t="s">
         <v>16</v>
       </c>
       <c r="H402" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="I402" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="1">
         <v>46049.0</v>
       </c>
       <c r="B403" t="s">
         <v>45</v>
       </c>
       <c r="C403" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="D403" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E403" s="2">
-        <v>0.45833333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F403" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G403" t="s">
         <v>16</v>
       </c>
       <c r="H403" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="I403" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="1">
         <v>46049.0</v>
       </c>
       <c r="B404" t="s">
         <v>45</v>
       </c>
-      <c r="C404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D404" s="2">
-        <v>0.39583333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E404" s="2">
-        <v>0.48958333333333</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F404" t="s">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="G404" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="H404" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B405" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="D405" s="2">
-        <v>0.5</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E405" s="2">
-        <v>0.65625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F405" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="G405" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="H405" t="s">
-        <v>84</v>
+        <v>41</v>
+      </c>
+      <c r="I405" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B406" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D406" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E406" s="2">
-        <v>0.73958333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F406" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G406" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H406" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="I406" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B407" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D407" s="2">
-        <v>0.73958333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E407" s="2">
-        <v>0.86458333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F407" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G407" t="s">
         <v>16</v>
       </c>
       <c r="H407" t="s">
-        <v>97</v>
+        <v>64</v>
       </c>
       <c r="I407" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B408" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D408" s="2">
-        <v>0.75</v>
+        <v>0.625</v>
       </c>
       <c r="E408" s="2">
-        <v>0.8125</v>
+        <v>0.6875</v>
       </c>
       <c r="F408" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G408" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H408" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="I408" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="1">
         <v>46050.0</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D409" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E409" s="2">
-        <v>0.44791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F409" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="G409" t="s">
         <v>16</v>
       </c>
       <c r="H409" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="I409" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B410" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C410" t="s">
+        <v>14</v>
       </c>
       <c r="D410" s="2">
-        <v>0.47916666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E410" s="2">
-        <v>0.54166666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F410" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="G410" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H410" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I410" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B411" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C411" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D411" s="2">
-        <v>0.60416666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E411" s="2">
-        <v>0.66666666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F411" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="G411" t="s">
         <v>16</v>
       </c>
       <c r="H411" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I411" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B412" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C412" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D412" s="2">
-        <v>0.67708333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E412" s="2">
-        <v>0.80208333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F412" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="G412" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H412" t="s">
-        <v>66</v>
+        <v>31</v>
       </c>
       <c r="I412" t="s">
-        <v>27</v>
+        <v>80</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="1">
         <v>46051.0</v>
       </c>
       <c r="B413" t="s">
         <v>13</v>
       </c>
       <c r="C413" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D413" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="E413" s="2">
-        <v>0.4375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F413" t="s">
         <v>15</v>
       </c>
       <c r="G413" t="s">
         <v>16</v>
       </c>
       <c r="H413" t="s">
         <v>17</v>
       </c>
       <c r="I413" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="1">
         <v>46051.0</v>
       </c>
       <c r="B414" t="s">
         <v>13</v>
       </c>
       <c r="C414" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="D414" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="E414" s="2">
-        <v>0.51041666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F414" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="G414" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="H414" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I414" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="1">
         <v>46051.0</v>
       </c>
       <c r="B415" t="s">
         <v>13</v>
       </c>
       <c r="C415" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="D415" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E415" s="2">
-        <v>0.58333333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F415" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G415" t="s">
         <v>16</v>
       </c>
       <c r="H415" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I415" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="1">
         <v>46051.0</v>
       </c>
       <c r="B416" t="s">
         <v>13</v>
       </c>
       <c r="C416" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="D416" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73263888888889</v>
       </c>
       <c r="E416" s="2">
-        <v>0.72916666666667</v>
+        <v>0.79513888888889</v>
       </c>
       <c r="F416" t="s">
         <v>25</v>
       </c>
       <c r="G416" t="s">
         <v>16</v>
       </c>
       <c r="H416" t="s">
         <v>26</v>
       </c>
       <c r="I416" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="1">
         <v>46051.0</v>
       </c>
       <c r="B417" t="s">
         <v>13</v>
       </c>
       <c r="C417" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D417" s="2">
-        <v>0.73263888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="E417" s="2">
-        <v>0.79513888888889</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F417" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G417" t="s">
         <v>16</v>
       </c>
       <c r="H417" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="I417" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="1">
         <v>46051.0</v>
       </c>
       <c r="B418" t="s">
         <v>13</v>
       </c>
       <c r="C418" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D418" s="2">
-        <v>0.73958333333333</v>
+        <v>0.79861111111111</v>
       </c>
       <c r="E418" s="2">
-        <v>0.86458333333333</v>
+        <v>0.86111111111111</v>
       </c>
       <c r="F418" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="G418" t="s">
         <v>16</v>
       </c>
       <c r="H418" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="I418" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="1">
         <v>46051.0</v>
       </c>
       <c r="B419" t="s">
         <v>13</v>
       </c>
-      <c r="C419" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D419" s="2">
-        <v>0.79861111111111</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E419" s="2">
-        <v>0.86111111111111</v>
+        <v>0.875</v>
       </c>
       <c r="F419" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="G419" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="H419" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B420" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C420" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="D420" s="2">
-        <v>0.80208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E420" s="2">
-        <v>0.86458333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F420" t="s">
-        <v>55</v>
+        <v>93</v>
       </c>
       <c r="G420" t="s">
-        <v>56</v>
+        <v>83</v>
       </c>
       <c r="H420" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="I420" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="1">
         <v>46052.0</v>
       </c>
       <c r="B421" t="s">
         <v>28</v>
       </c>
       <c r="C421" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D421" s="2">
-        <v>0.33333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E421" s="2">
-        <v>0.48958333333333</v>
+        <v>0.77430555555556</v>
       </c>
       <c r="F421" t="s">
         <v>93</v>
       </c>
       <c r="G421" t="s">
         <v>83</v>
       </c>
       <c r="H421" t="s">
         <v>94</v>
       </c>
       <c r="I421" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="1">
         <v>46052.0</v>
       </c>
       <c r="B422" t="s">
         <v>28</v>
       </c>
-      <c r="C422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D422" s="2">
-        <v>0.61805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="E422" s="2">
-        <v>0.77430555555556</v>
+        <v>0.875</v>
       </c>
       <c r="F422" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="G422" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="H422" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>31</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="1">
         <v>46055.0</v>
       </c>
       <c r="B423" t="s">
         <v>34</v>
       </c>
       <c r="C423" t="s">
         <v>69</v>
       </c>
       <c r="D423" s="2">
         <v>0.375</v>
       </c>
       <c r="E423" s="2">
         <v>0.4375</v>
       </c>
       <c r="F423" t="s">
         <v>25</v>
       </c>
       <c r="G423" t="s">
         <v>16</v>
       </c>
       <c r="H423" t="s">
         <v>26</v>
       </c>
       <c r="I423" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="1">
         <v>46055.0</v>
       </c>
       <c r="B424" t="s">
         <v>34</v>
       </c>
       <c r="C424" t="s">
-        <v>14</v>
+        <v>81</v>
       </c>
       <c r="D424" s="2">
-        <v>0.53125</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E424" s="2">
-        <v>0.59375</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="F424" t="s">
-        <v>40</v>
+        <v>93</v>
       </c>
       <c r="G424" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
       <c r="H424" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="I424" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="1">
         <v>46055.0</v>
       </c>
       <c r="B425" t="s">
         <v>34</v>
       </c>
       <c r="C425" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="D425" s="2">
-        <v>0.71875</v>
+        <v>0.53125</v>
       </c>
       <c r="E425" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="F425" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G425" t="s">
         <v>16</v>
       </c>
       <c r="H425" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I425" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="1">
-        <v>46065.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B426" t="s">
-        <v>13</v>
+        <v>34</v>
+      </c>
+      <c r="C426" t="s">
+        <v>43</v>
       </c>
       <c r="D426" s="2">
-        <v>0.375</v>
+        <v>0.71875</v>
       </c>
       <c r="E426" s="2">
-        <v>0.54166666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F426" t="s">
-        <v>98</v>
+        <v>15</v>
       </c>
       <c r="G426" t="s">
-        <v>99</v>
+        <v>16</v>
       </c>
       <c r="H426" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="I426" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B427" t="s">
+        <v>13</v>
+      </c>
+      <c r="D427" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E427" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F427" t="s">
+        <v>100</v>
+      </c>
+      <c r="G427" t="s">
+        <v>101</v>
+      </c>
+      <c r="H427" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B428" t="s">
+        <v>45</v>
+      </c>
+      <c r="D428" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E428" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F428" t="s">
+        <v>99</v>
+      </c>
+      <c r="G428" t="s">
+        <v>51</v>
+      </c>
+      <c r="H428" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" s="1">
+        <v>46065.0</v>
+      </c>
+      <c r="B429" t="s">
+        <v>13</v>
+      </c>
+      <c r="D429" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E429" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F429" t="s">
+        <v>102</v>
+      </c>
+      <c r="G429" t="s">
+        <v>101</v>
+      </c>
+      <c r="H429" t="s">
+        <v>103</v>
+      </c>
+      <c r="I429" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" s="1">
+        <v>46066.0</v>
+      </c>
+      <c r="B430" t="s">
+        <v>28</v>
+      </c>
+      <c r="D430" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E430" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F430" t="s">
+        <v>104</v>
+      </c>
+      <c r="G430" t="s">
+        <v>51</v>
+      </c>
+      <c r="H430" t="s">
+        <v>37</v>
+      </c>
+      <c r="I430" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B431" t="s">
+        <v>45</v>
+      </c>
+      <c r="D431" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E431" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F431" t="s">
+        <v>105</v>
+      </c>
+      <c r="G431" t="s">
+        <v>101</v>
+      </c>
+      <c r="H431" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" s="1">
         <v>46080.0</v>
       </c>
-      <c r="B427" t="s">
+      <c r="B432" t="s">
         <v>28</v>
       </c>
-      <c r="D427" s="2">
+      <c r="D432" s="2">
         <v>0.375</v>
       </c>
-      <c r="E427" s="2">
+      <c r="E432" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="F427" t="s">
+      <c r="F432" t="s">
+        <v>106</v>
+      </c>
+      <c r="G432" t="s">
         <v>101</v>
       </c>
-      <c r="G427" t="s">
-[...5 lines deleted...]
-      <c r="I427" t="s">
+      <c r="H432" t="s">
+        <v>103</v>
+      </c>
+      <c r="I432" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>