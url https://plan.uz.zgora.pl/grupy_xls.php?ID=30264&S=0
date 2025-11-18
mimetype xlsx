--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -128,102 +128,162 @@
   <si>
     <t>mgr Andrei Yakushau</t>
   </si>
   <si>
     <t>4 A-15</t>
   </si>
   <si>
     <t>Warsztaty/Zespół kameralny/Zespół wokalny (Ć)</t>
   </si>
   <si>
     <t>dr Paulina Gołębiowska</t>
   </si>
   <si>
     <t>Techniki kompozytorskie (Ć)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Techniki aktorskie (Ć)</t>
   </si>
   <si>
     <t>dr hab. Maciej Straburzyński, prof. UZ</t>
   </si>
   <si>
+    <t>111 A-15</t>
+  </si>
+  <si>
     <t>Fortepian (Ć)</t>
   </si>
   <si>
     <t>mgr Aleksandra Fudali-Matusewicz</t>
   </si>
   <si>
     <t>108 A-15</t>
   </si>
   <si>
     <t>Historia kultury dojazd (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Historia Kultury (W)</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>dr Lidia Głuchowska</t>
   </si>
   <si>
     <t>114 A-24</t>
   </si>
   <si>
     <t>Instrumentacja z elementami edycji nut (Ć)</t>
   </si>
   <si>
     <t>dr hab. Katarzyna Kwiecień-Długosz, prof. UZ</t>
   </si>
   <si>
     <t>Kompozycja i aranżacja (Ć)</t>
   </si>
   <si>
     <t>Praktyka w zakresie akompaniamentu instrumentalnego (Ć)</t>
   </si>
   <si>
     <t>mgr Jakub Osypiński</t>
   </si>
   <si>
+    <t>Śpiew (Ć)</t>
+  </si>
+  <si>
     <t>Seminarium magisterskie (Ć)</t>
   </si>
   <si>
     <t>dr hab. Barbara Literska, prof. UZ</t>
   </si>
   <si>
-    <t>111 A-15</t>
+    <t>Pi</t>
   </si>
   <si>
-    <t>Pi</t>
+    <t>Partytury specjalne (Ć)</t>
+  </si>
+  <si>
+    <t>dr hab. Bartłomiej Stankowiak, prof. UZ</t>
+  </si>
+  <si>
+    <t>2 A-15</t>
+  </si>
+  <si>
+    <t>Dyrygowanie (Ć)</t>
+  </si>
+  <si>
+    <t>6 A-15</t>
+  </si>
+  <si>
+    <t>mgr Katarzyna Pusowska</t>
+  </si>
+  <si>
+    <t>5 A-15</t>
+  </si>
+  <si>
+    <t>Harmonia praktyczna (Ć)</t>
+  </si>
+  <si>
+    <t>dr Michał Kocot</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Bogumiła Tarasiewicz-Ciesielska</t>
+  </si>
+  <si>
+    <t>Propedeutyka kompozycji/Dyrygowanie (Ć)</t>
+  </si>
+  <si>
+    <t>dr Monika Hanus -Kobus</t>
+  </si>
+  <si>
+    <t>106 A-15</t>
+  </si>
+  <si>
+    <t>Fortrepian (Ć)</t>
+  </si>
+  <si>
+    <t>mgr Kamil Wrona</t>
+  </si>
+  <si>
+    <t>101 A-15</t>
+  </si>
+  <si>
+    <t>Śpiew lub instrument II MJ (Ć)</t>
+  </si>
+  <si>
+    <t>dr hab. Marzanna Rudnicka - Pogłud, prof. UZ</t>
+  </si>
+  <si>
+    <t>3 A-15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -531,54 +591,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J316"/>
+  <dimension ref="A1:J586"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E316" sqref="E316"/>
+      <selection activeCell="E586" sqref="E586"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -889,7839 +949,14859 @@
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>45937.0</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E13" s="2">
         <v>0.36458333333333</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>11</v>
       </c>
       <c r="H13" t="s">
         <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>45937.0</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="2">
         <v>0.36805555555556</v>
       </c>
       <c r="E14" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>11</v>
       </c>
       <c r="H14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>45937.0</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="E15" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="F15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G15" t="s">
         <v>11</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>45937.0</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="2">
         <v>0.4375</v>
       </c>
       <c r="E16" s="2">
         <v>0.46875</v>
       </c>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
       <c r="H16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45937.0</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E17" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45937.0</v>
       </c>
       <c r="B18" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E18" s="2">
         <v>0.64930555555556</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45937.0</v>
       </c>
       <c r="B19" t="s">
         <v>35</v>
       </c>
       <c r="D19" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E19" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I19" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45937.0</v>
       </c>
       <c r="B20" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="2">
         <v>0.6875</v>
       </c>
       <c r="E20" s="2">
         <v>0.71875</v>
       </c>
       <c r="F20" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>45937.0</v>
       </c>
       <c r="B21" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E21" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45937.0</v>
       </c>
       <c r="B22" t="s">
         <v>35</v>
       </c>
       <c r="D22" s="2">
-        <v>0.76041666666667</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E22" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>11</v>
       </c>
       <c r="H22" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="I22" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
-        <v>45938.0</v>
+        <v>45937.0</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D23" s="2">
-        <v>0.36805555555556</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E23" s="2">
-        <v>0.39930555555556</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="I23" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45938.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>0.55208333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E24" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F24" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45938.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>0.77083333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E25" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F25" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I25" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>45939.0</v>
+        <v>45938.0</v>
       </c>
       <c r="B26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>0.44097222222222</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E26" s="2">
-        <v>0.47222222222222</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I26" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45939.0</v>
       </c>
       <c r="B27" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="2">
-        <v>0.47916666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E27" s="2">
-        <v>0.51041666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
       <c r="H27" t="s">
         <v>22</v>
       </c>
       <c r="I27" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45939.0</v>
       </c>
       <c r="B28" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E28" s="2">
-        <v>0.58333333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F28" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
       <c r="H28" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I28" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>45943.0</v>
+        <v>45939.0</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D29" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E29" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I29" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45943.0</v>
       </c>
       <c r="B30" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E30" s="2">
-        <v>0.61458333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
       <c r="H30" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I30" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45943.0</v>
       </c>
       <c r="B31" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E31" s="2">
-        <v>0.64930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F31" t="s">
         <v>29</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
       <c r="H31" t="s">
         <v>30</v>
       </c>
       <c r="I31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45943.0</v>
       </c>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="2">
-        <v>0.69097222222222</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E32" s="2">
-        <v>0.75347222222222</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F32" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
       <c r="H32" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I32" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45943.0</v>
       </c>
       <c r="B33" t="s">
         <v>27</v>
       </c>
       <c r="D33" s="2">
-        <v>0.76041666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E33" s="2">
-        <v>0.79166666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G33" t="s">
         <v>11</v>
       </c>
       <c r="H33" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I33" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>45944.0</v>
+        <v>45943.0</v>
       </c>
       <c r="B34" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D34" s="2">
-        <v>0.33333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E34" s="2">
-        <v>0.36458333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I34" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45944.0</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="2">
-        <v>0.36805555555556</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E35" s="2">
-        <v>0.39930555555556</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F35" t="s">
+        <v>36</v>
+      </c>
+      <c r="G35" t="s">
+        <v>11</v>
+      </c>
+      <c r="H35" t="s">
+        <v>37</v>
+      </c>
+      <c r="I35" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45944.0</v>
       </c>
       <c r="B36" t="s">
         <v>35</v>
       </c>
       <c r="D36" s="2">
-        <v>0.40277777777778</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E36" s="2">
-        <v>0.43402777777778</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F36" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
       <c r="H36" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I36" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45944.0</v>
       </c>
       <c r="B37" t="s">
         <v>35</v>
       </c>
       <c r="D37" s="2">
-        <v>0.4375</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E37" s="2">
-        <v>0.46875</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F37" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
       <c r="H37" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I37" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45944.0</v>
       </c>
       <c r="B38" t="s">
         <v>35</v>
       </c>
       <c r="D38" s="2">
-        <v>0.55208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E38" s="2">
-        <v>0.67708333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F38" t="s">
+        <v>39</v>
+      </c>
+      <c r="G38" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" t="s">
+        <v>40</v>
+      </c>
+      <c r="I38" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45944.0</v>
       </c>
       <c r="B39" t="s">
         <v>35</v>
       </c>
       <c r="D39" s="2">
-        <v>0.58680555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E39" s="2">
-        <v>0.64930555555556</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F39" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45944.0</v>
       </c>
       <c r="B40" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="2">
-        <v>0.65277777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E40" s="2">
-        <v>0.68402777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F40" t="s">
+        <v>44</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40" t="s">
+        <v>46</v>
+      </c>
+      <c r="I40" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45944.0</v>
       </c>
       <c r="B41" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="2">
-        <v>0.6875</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E41" s="2">
-        <v>0.71875</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F41" t="s">
+        <v>48</v>
+      </c>
+      <c r="G41" t="s">
+        <v>11</v>
+      </c>
+      <c r="H41" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>45944.0</v>
       </c>
       <c r="B42" t="s">
         <v>35</v>
       </c>
       <c r="D42" s="2">
-        <v>0.69097222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E42" s="2">
-        <v>0.75347222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F42" t="s">
         <v>50</v>
       </c>
       <c r="G42" t="s">
         <v>11</v>
       </c>
       <c r="H42" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I42" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>45944.0</v>
       </c>
       <c r="B43" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="2">
-        <v>0.76041666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E43" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F43" t="s">
+        <v>51</v>
+      </c>
+      <c r="G43" t="s">
+        <v>11</v>
+      </c>
+      <c r="H43" t="s">
         <v>52</v>
       </c>
-      <c r="G43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I43" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
-        <v>45945.0</v>
+        <v>45944.0</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D44" s="2">
-        <v>0.36805555555556</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E44" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="I44" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
-        <v>45945.0</v>
+        <v>45944.0</v>
       </c>
       <c r="B45" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D45" s="2">
-        <v>0.55208333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E45" s="2">
-        <v>0.61805555555556</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
       <c r="H45" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I45" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45945.0</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="2">
-        <v>0.77083333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E46" s="2">
-        <v>0.83333333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F46" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I46" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
-        <v>45946.0</v>
+        <v>45945.0</v>
       </c>
       <c r="B47" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D47" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E47" s="2">
-        <v>0.47222222222222</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
       <c r="H47" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I47" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
-        <v>45946.0</v>
+        <v>45945.0</v>
       </c>
       <c r="B48" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D48" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E48" s="2">
-        <v>0.51041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F48" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G48" t="s">
         <v>11</v>
       </c>
       <c r="H48" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I48" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>45946.0</v>
       </c>
       <c r="B49" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E49" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F49" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I49" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
-        <v>45950.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B50" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D50" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E50" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F50" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>11</v>
       </c>
       <c r="H50" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I50" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
-        <v>45950.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B51" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D51" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E51" s="2">
         <v>0.58333333333333</v>
       </c>
-      <c r="E51" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G51" t="s">
         <v>11</v>
       </c>
       <c r="H51" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I51" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
-        <v>45950.0</v>
+        <v>45947.0</v>
       </c>
       <c r="B52" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D52" s="2">
-        <v>0.61805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E52" s="2">
-        <v>0.64930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F52" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G52" t="s">
         <v>11</v>
       </c>
       <c r="H52" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="I52" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
-        <v>45950.0</v>
+        <v>45947.0</v>
       </c>
       <c r="B53" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D53" s="2">
-        <v>0.69097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E53" s="2">
-        <v>0.75347222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F53" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="G53" t="s">
         <v>11</v>
       </c>
       <c r="H53" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="I53" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45950.0</v>
       </c>
       <c r="B54" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="2">
-        <v>0.76041666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E54" s="2">
-        <v>0.79166666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G54" t="s">
         <v>11</v>
       </c>
       <c r="H54" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I54" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B55" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D55" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E55" s="2">
-        <v>0.36458333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F55" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
       <c r="H55" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="I55" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B56" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D56" s="2">
-        <v>0.36805555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E56" s="2">
-        <v>0.39930555555556</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F56" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="G56" t="s">
         <v>11</v>
       </c>
       <c r="H56" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="I56" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B57" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D57" s="2">
-        <v>0.40277777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E57" s="2">
-        <v>0.43402777777778</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F57" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
       <c r="H57" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I57" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B58" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D58" s="2">
-        <v>0.4375</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E58" s="2">
-        <v>0.46875</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F58" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
       <c r="H58" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I58" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B59" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D59" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E59" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F59" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="G59" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H59" t="s">
+        <v>33</v>
+      </c>
+      <c r="I59" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B60" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D60" s="2">
-        <v>0.58680555555556</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E60" s="2">
-        <v>0.64930555555556</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F60" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G60" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H60" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I60" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B61" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D61" s="2">
-        <v>0.65277777777778</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E61" s="2">
-        <v>0.68402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F61" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="I61" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B62" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D62" s="2">
-        <v>0.6875</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E62" s="2">
-        <v>0.71875</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F62" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="I62" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45951.0</v>
       </c>
       <c r="B63" t="s">
         <v>35</v>
       </c>
       <c r="D63" s="2">
-        <v>0.69097222222222</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E63" s="2">
-        <v>0.75347222222222</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F63" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="I63" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>45951.0</v>
       </c>
       <c r="B64" t="s">
         <v>35</v>
       </c>
       <c r="D64" s="2">
-        <v>0.76041666666667</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E64" s="2">
-        <v>0.82291666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="I64" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45952.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D65" s="2">
-        <v>0.36805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E65" s="2">
-        <v>0.39930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F65" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G65" t="s">
         <v>11</v>
       </c>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="I65" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>45952.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D66" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E66" s="2">
-        <v>0.61805555555556</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G66" t="s">
         <v>11</v>
       </c>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I66" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>45952.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D67" s="2">
-        <v>0.77083333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E67" s="2">
-        <v>0.83333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F67" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
       <c r="H67" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="I67" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>45953.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B68" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D68" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E68" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G68" t="s">
         <v>11</v>
       </c>
       <c r="H68" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="I68" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>45953.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B69" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D69" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E69" s="2">
-        <v>0.51041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G69" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>43</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>45953.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B70" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D70" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E70" s="2">
-        <v>0.58333333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F70" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="G70" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H70" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I70" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>45957.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B71" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D71" s="2">
-        <v>0.40625</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E71" s="2">
-        <v>0.47222222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G71" t="s">
         <v>11</v>
       </c>
       <c r="H71" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="I71" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>45957.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B72" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D72" s="2">
-        <v>0.58333333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E72" s="2">
-        <v>0.61458333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F72" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G72" t="s">
         <v>11</v>
       </c>
       <c r="H72" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I72" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45957.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B73" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D73" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="E73" s="2">
-        <v>0.64930555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F73" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="G73" t="s">
         <v>11</v>
       </c>
       <c r="H73" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
-        <v>45957.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B74" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D74" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E74" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F74" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="G74" t="s">
         <v>11</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="I74" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45957.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B75" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D75" s="2">
-        <v>0.76041666666667</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E75" s="2">
-        <v>0.79166666666667</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F75" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I75" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>45958.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B76" t="s">
         <v>35</v>
       </c>
       <c r="D76" s="2">
-        <v>0.33333333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E76" s="2">
-        <v>0.36458333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F76" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="I76" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>45958.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B77" t="s">
         <v>35</v>
       </c>
       <c r="D77" s="2">
-        <v>0.36805555555556</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E77" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F77" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
       <c r="H77" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="I77" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
-        <v>45958.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B78" t="s">
         <v>35</v>
       </c>
       <c r="D78" s="2">
-        <v>0.40277777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E78" s="2">
-        <v>0.43402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G78" t="s">
+        <v>11</v>
+      </c>
+      <c r="H78" t="s">
+        <v>55</v>
+      </c>
+      <c r="I78" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
-        <v>45958.0</v>
+        <v>45952.0</v>
       </c>
       <c r="B79" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D79" s="2">
-        <v>0.4375</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E79" s="2">
-        <v>0.46875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F79" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G79" t="s">
         <v>11</v>
       </c>
       <c r="H79" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="I79" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
-        <v>45958.0</v>
+        <v>45952.0</v>
       </c>
       <c r="B80" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D80" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F80" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G80" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H80" t="s">
+        <v>15</v>
+      </c>
+      <c r="I80" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>45958.0</v>
+        <v>45952.0</v>
       </c>
       <c r="B81" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D81" s="2">
-        <v>0.58680555555556</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E81" s="2">
-        <v>0.64930555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F81" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G81" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H81" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I81" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>45958.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B82" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D82" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E82" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F82" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="I82" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>45958.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B83" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D83" s="2">
-        <v>0.6875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E83" s="2">
-        <v>0.71875</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F83" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="I83" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
-        <v>45958.0</v>
+        <v>45953.0</v>
       </c>
       <c r="B84" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D84" s="2">
-        <v>0.69097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E84" s="2">
-        <v>0.75347222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F84" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
       <c r="H84" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="I84" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
-        <v>45958.0</v>
+        <v>45954.0</v>
       </c>
       <c r="B85" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D85" s="2">
-        <v>0.76041666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E85" s="2">
-        <v>0.82291666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F85" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
       <c r="H85" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I85" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
-        <v>45959.0</v>
+        <v>45954.0</v>
       </c>
       <c r="B86" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D86" s="2">
-        <v>0.36805555555556</v>
+        <v>0.40625</v>
       </c>
       <c r="E86" s="2">
-        <v>0.39930555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
       <c r="H86" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="I86" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
-        <v>45959.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D87" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E87" s="2">
-        <v>0.61805555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="I87" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
-        <v>45959.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D88" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E88" s="2">
-        <v>0.83333333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F88" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
       <c r="H88" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I88" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
-        <v>45960.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B89" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D89" s="2">
-        <v>0.44097222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E89" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F89" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="I89" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
-        <v>45960.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B90" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D90" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E90" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
       <c r="H90" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="I90" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
-        <v>45960.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B91" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D91" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E91" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F91" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I91" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45964.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B92" t="s">
         <v>27</v>
       </c>
       <c r="D92" s="2">
-        <v>0.40625</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E92" s="2">
-        <v>0.47222222222222</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F92" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
       <c r="H92" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I92" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45964.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B93" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="2">
-        <v>0.58333333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E93" s="2">
-        <v>0.61458333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F93" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I93" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
-        <v>45964.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B94" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="2">
-        <v>0.61805555555556</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E94" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F94" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
       <c r="H94" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I94" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>45964.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B95" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="2">
-        <v>0.69097222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E95" s="2">
-        <v>0.75347222222222</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F95" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I95" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45964.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B96" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="2">
-        <v>0.76041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E96" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F96" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
       <c r="H96" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I96" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45965.0</v>
+        <v>45957.0</v>
       </c>
       <c r="B97" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D97" s="2">
-        <v>0.33333333333333</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E97" s="2">
-        <v>0.36458333333333</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F97" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="I97" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B98" t="s">
         <v>35</v>
       </c>
       <c r="D98" s="2">
-        <v>0.36805555555556</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E98" s="2">
-        <v>0.39930555555556</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F98" t="s">
+        <v>36</v>
+      </c>
+      <c r="G98" t="s">
+        <v>11</v>
+      </c>
+      <c r="H98" t="s">
+        <v>37</v>
+      </c>
+      <c r="I98" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B99" t="s">
         <v>35</v>
       </c>
       <c r="D99" s="2">
-        <v>0.40277777777778</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E99" s="2">
-        <v>0.43402777777778</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F99" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
       <c r="H99" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I99" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B100" t="s">
         <v>35</v>
       </c>
       <c r="D100" s="2">
-        <v>0.4375</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E100" s="2">
-        <v>0.46875</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F100" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="I100" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B101" t="s">
         <v>35</v>
       </c>
       <c r="D101" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E101" s="2">
-        <v>0.67708333333333</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F101" t="s">
+        <v>39</v>
+      </c>
+      <c r="G101" t="s">
+        <v>11</v>
+      </c>
+      <c r="H101" t="s">
+        <v>40</v>
+      </c>
+      <c r="I101" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B102" t="s">
         <v>35</v>
       </c>
       <c r="D102" s="2">
-        <v>0.58680555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E102" s="2">
-        <v>0.64930555555556</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F102" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="G102" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H102" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="I102" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B103" t="s">
         <v>35</v>
       </c>
       <c r="D103" s="2">
-        <v>0.65277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="E103" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F103" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
       <c r="H103" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I103" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B104" t="s">
         <v>35</v>
       </c>
       <c r="D104" s="2">
-        <v>0.6875</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E104" s="2">
-        <v>0.71875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F104" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="G104" t="s">
         <v>11</v>
       </c>
       <c r="H104" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="I104" t="s">
-        <v>31</v>
+        <v>61</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B105" t="s">
         <v>35</v>
       </c>
       <c r="D105" s="2">
-        <v>0.69097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E105" s="2">
-        <v>0.75347222222222</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F105" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G105" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>45965.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B106" t="s">
         <v>35</v>
       </c>
       <c r="D106" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E106" s="2">
-        <v>0.82291666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F106" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
       <c r="H106" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="I106" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>45966.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D107" s="2">
-        <v>0.36805555555556</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E107" s="2">
-        <v>0.39930555555556</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F107" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G107" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H107" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="I107" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
-        <v>45966.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D108" s="2">
-        <v>0.55208333333333</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E108" s="2">
-        <v>0.61805555555556</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F108" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="I108" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
-        <v>45966.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B109" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D109" s="2">
-        <v>0.77083333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E109" s="2">
-        <v>0.83333333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F109" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
       <c r="H109" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="I109" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
-        <v>45967.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B110" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D110" s="2">
-        <v>0.44097222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E110" s="2">
-        <v>0.47222222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F110" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G110" t="s">
         <v>11</v>
       </c>
       <c r="H110" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I110" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>45967.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B111" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D111" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E111" s="2">
-        <v>0.51041666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F111" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="G111" t="s">
         <v>11</v>
       </c>
       <c r="H111" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="I111" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
-        <v>45967.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B112" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D112" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E112" s="2">
-        <v>0.58333333333333</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F112" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="I112" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>45973.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D113" s="2">
-        <v>0.36805555555556</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E113" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F113" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G113" t="s">
         <v>11</v>
       </c>
       <c r="H113" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="I113" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
-        <v>45973.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B114" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D114" s="2">
-        <v>0.55208333333333</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E114" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F114" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G114" t="s">
         <v>11</v>
       </c>
       <c r="H114" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="I114" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
-        <v>45973.0</v>
+        <v>45958.0</v>
       </c>
       <c r="B115" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D115" s="2">
-        <v>0.77083333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E115" s="2">
-        <v>0.83333333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F115" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="G115" t="s">
         <v>11</v>
       </c>
       <c r="H115" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="I115" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>45974.0</v>
+        <v>45959.0</v>
       </c>
       <c r="B116" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D116" s="2">
-        <v>0.40625</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E116" s="2">
-        <v>0.47222222222222</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F116" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G116" t="s">
         <v>11</v>
       </c>
       <c r="H116" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="I116" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
-        <v>45974.0</v>
+        <v>45959.0</v>
       </c>
       <c r="B117" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D117" s="2">
-        <v>0.58333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E117" s="2">
-        <v>0.61458333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F117" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G117" t="s">
         <v>11</v>
       </c>
       <c r="H117" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I117" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>45974.0</v>
+        <v>45959.0</v>
       </c>
       <c r="B118" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D118" s="2">
-        <v>0.61805555555556</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.64930555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="G118" t="s">
         <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I118" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
-        <v>45974.0</v>
+        <v>45959.0</v>
       </c>
       <c r="B119" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D119" s="2">
-        <v>0.69097222222222</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E119" s="2">
-        <v>0.75347222222222</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F119" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
       <c r="H119" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I119" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>45974.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B120" t="s">
         <v>20</v>
       </c>
       <c r="D120" s="2">
-        <v>0.76041666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E120" s="2">
-        <v>0.79166666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F120" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I120" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
-        <v>45975.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B121" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D121" s="2">
-        <v>0.33333333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E121" s="2">
-        <v>0.36458333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F121" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I121" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
-        <v>45975.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B122" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D122" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E122" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F122" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
       <c r="H122" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I122" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>45975.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B123" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D123" s="2">
-        <v>0.40277777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.43402777777778</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>11</v>
       </c>
       <c r="H123" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I123" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>45975.0</v>
+        <v>45960.0</v>
       </c>
       <c r="B124" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D124" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.46875</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G124" t="s">
         <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I124" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>45975.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B125" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D125" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E125" s="2">
-        <v>0.67708333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F125" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G125" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H125" t="s">
+        <v>58</v>
+      </c>
+      <c r="I125" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
-        <v>45975.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B126" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D126" s="2">
-        <v>0.58680555555556</v>
+        <v>0.40625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.64930555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="F126" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="G126" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H126" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="I126" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>45975.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B127" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D127" s="2">
-        <v>0.65277777777778</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E127" s="2">
-        <v>0.68402777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F127" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
       <c r="H127" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="I127" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
-        <v>45975.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B128" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D128" s="2">
-        <v>0.6875</v>
+        <v>0.40625</v>
       </c>
       <c r="E128" s="2">
-        <v>0.71875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F128" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G128" t="s">
         <v>11</v>
       </c>
       <c r="H128" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I128" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
-        <v>45975.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B129" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D129" s="2">
-        <v>0.69097222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E129" s="2">
-        <v>0.75347222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F129" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="G129" t="s">
         <v>11</v>
       </c>
       <c r="H129" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="I129" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>45975.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B130" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="D130" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E130" s="2">
-        <v>0.82291666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F130" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G130" t="s">
         <v>11</v>
       </c>
       <c r="H130" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="I130" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
-        <v>45978.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B131" t="s">
         <v>27</v>
       </c>
       <c r="D131" s="2">
-        <v>0.40625</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E131" s="2">
-        <v>0.47222222222222</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
       <c r="H131" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I131" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
-        <v>45978.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B132" t="s">
         <v>27</v>
       </c>
       <c r="D132" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E132" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F132" t="s">
         <v>29</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
         <v>30</v>
       </c>
       <c r="I132" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>45978.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B133" t="s">
         <v>27</v>
       </c>
       <c r="D133" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E133" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F133" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G133" t="s">
         <v>11</v>
       </c>
       <c r="H133" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I133" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>45978.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B134" t="s">
         <v>27</v>
       </c>
       <c r="D134" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E134" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F134" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
       <c r="H134" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I134" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>45978.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B135" t="s">
         <v>27</v>
       </c>
       <c r="D135" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E135" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F135" t="s">
         <v>34</v>
       </c>
       <c r="G135" t="s">
         <v>11</v>
       </c>
       <c r="H135" t="s">
         <v>30</v>
       </c>
       <c r="I135" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
-        <v>45979.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B136" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D136" s="2">
-        <v>0.33333333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E136" s="2">
-        <v>0.36458333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F136" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="I136" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
-        <v>45979.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B137" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D137" s="2">
-        <v>0.36805555555556</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E137" s="2">
-        <v>0.39930555555556</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F137" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
       <c r="H137" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="I137" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B138" t="s">
         <v>35</v>
       </c>
       <c r="D138" s="2">
-        <v>0.40277777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E138" s="2">
-        <v>0.43402777777778</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F138" t="s">
+        <v>36</v>
+      </c>
+      <c r="G138" t="s">
+        <v>11</v>
+      </c>
+      <c r="H138" t="s">
+        <v>37</v>
+      </c>
+      <c r="I138" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B139" t="s">
         <v>35</v>
       </c>
       <c r="D139" s="2">
-        <v>0.4375</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E139" s="2">
-        <v>0.46875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F139" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I139" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B140" t="s">
         <v>35</v>
       </c>
       <c r="D140" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E140" s="2">
-        <v>0.67708333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F140" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="G140" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H140" t="s">
+        <v>58</v>
+      </c>
+      <c r="I140" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B141" t="s">
         <v>35</v>
       </c>
       <c r="D141" s="2">
-        <v>0.58680555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E141" s="2">
-        <v>0.64930555555556</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F141" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G141" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H141" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="I141" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B142" t="s">
         <v>35</v>
       </c>
       <c r="D142" s="2">
-        <v>0.65277777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E142" s="2">
-        <v>0.68402777777778</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F142" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="G142" t="s">
         <v>11</v>
       </c>
       <c r="H142" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="I142" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B143" t="s">
         <v>35</v>
       </c>
       <c r="D143" s="2">
-        <v>0.6875</v>
+        <v>0.4375</v>
       </c>
       <c r="E143" s="2">
-        <v>0.71875</v>
+        <v>0.46875</v>
       </c>
       <c r="F143" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
       <c r="H143" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I143" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B144" t="s">
         <v>35</v>
       </c>
       <c r="D144" s="2">
-        <v>0.69097222222222</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E144" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F144" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="G144" t="s">
         <v>11</v>
       </c>
       <c r="H144" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="I144" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
-        <v>45979.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B145" t="s">
         <v>35</v>
       </c>
       <c r="D145" s="2">
-        <v>0.76041666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E145" s="2">
-        <v>0.82291666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F145" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="G145" t="s">
         <v>11</v>
       </c>
       <c r="H145" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="I145" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
-        <v>45980.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B146" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D146" s="2">
-        <v>0.36805555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E146" s="2">
-        <v>0.39930555555556</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="G146" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
-        <v>45980.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B147" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D147" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E147" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F147" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
       <c r="H147" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="I147" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
-        <v>45980.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B148" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D148" s="2">
-        <v>0.77083333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E148" s="2">
-        <v>0.83333333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F148" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G148" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H148" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="I148" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
-        <v>45981.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B149" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D149" s="2">
-        <v>0.44097222222222</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E149" s="2">
-        <v>0.47222222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F149" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
       <c r="H149" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="I149" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
-        <v>45981.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B150" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D150" s="2">
-        <v>0.47916666666667</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E150" s="2">
-        <v>0.51041666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F150" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I150" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
-        <v>45981.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B151" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D151" s="2">
-        <v>0.55208333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E151" s="2">
-        <v>0.58333333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F151" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
       <c r="H151" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="I151" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
-        <v>45985.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B152" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D152" s="2">
-        <v>0.40625</v>
+        <v>0.6875</v>
       </c>
       <c r="E152" s="2">
-        <v>0.47222222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F152" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G152" t="s">
         <v>11</v>
       </c>
       <c r="H152" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="I152" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
-        <v>45985.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B153" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D153" s="2">
-        <v>0.58333333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E153" s="2">
-        <v>0.61458333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F153" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="G153" t="s">
         <v>11</v>
       </c>
       <c r="H153" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="I153" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
-        <v>45985.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B154" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D154" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E154" s="2">
-        <v>0.64930555555556</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F154" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G154" t="s">
         <v>11</v>
       </c>
       <c r="H154" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I154" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
-        <v>45985.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B155" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D155" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E155" s="2">
-        <v>0.75347222222222</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F155" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
       <c r="H155" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I155" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
-        <v>45985.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B156" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D156" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E156" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F156" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
       <c r="H156" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="I156" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
-        <v>45986.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B157" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D157" s="2">
-        <v>0.33333333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E157" s="2">
-        <v>0.36458333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F157" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="G157" t="s">
         <v>11</v>
       </c>
       <c r="H157" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I157" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
-        <v>45986.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B158" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D158" s="2">
-        <v>0.36805555555556</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E158" s="2">
-        <v>0.39930555555556</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F158" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
       <c r="H158" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="I158" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
-        <v>45986.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B159" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D159" s="2">
-        <v>0.40277777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E159" s="2">
-        <v>0.43402777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F159" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
       <c r="H159" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="I159" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
-        <v>45986.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B160" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D160" s="2">
-        <v>0.4375</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E160" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F160" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G160" t="s">
         <v>11</v>
       </c>
       <c r="H160" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I160" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
-        <v>45986.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B161" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D161" s="2">
-        <v>0.55208333333333</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E161" s="2">
-        <v>0.67708333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F161" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G161" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H161" t="s">
+        <v>18</v>
+      </c>
+      <c r="I161" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
-        <v>45986.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B162" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D162" s="2">
-        <v>0.58680555555556</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E162" s="2">
-        <v>0.64930555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F162" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="G162" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H162" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I162" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
-        <v>45986.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B163" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D163" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E163" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F163" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>11</v>
       </c>
       <c r="H163" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="I163" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
-        <v>45986.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B164" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D164" s="2">
-        <v>0.6875</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E164" s="2">
-        <v>0.71875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F164" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G164" t="s">
         <v>11</v>
       </c>
       <c r="H164" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="I164" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
-        <v>45986.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B165" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D165" s="2">
-        <v>0.69097222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E165" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F165" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="G165" t="s">
         <v>11</v>
       </c>
       <c r="H165" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I165" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
-        <v>45986.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B166" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D166" s="2">
-        <v>0.76041666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E166" s="2">
-        <v>0.82291666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F166" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>11</v>
       </c>
       <c r="H166" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="I166" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
-        <v>45987.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B167" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D167" s="2">
-        <v>0.36805555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E167" s="2">
-        <v>0.39930555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F167" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
       <c r="H167" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I167" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
-        <v>45987.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B168" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D168" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E168" s="2">
-        <v>0.61805555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F168" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
       <c r="H168" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="I168" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
-        <v>45987.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B169" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D169" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E169" s="2">
-        <v>0.83333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F169" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="G169" t="s">
         <v>11</v>
       </c>
       <c r="H169" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="I169" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
-        <v>45988.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B170" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D170" s="2">
-        <v>0.44097222222222</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E170" s="2">
-        <v>0.47222222222222</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F170" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
       <c r="H170" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="I170" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
-        <v>45988.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B171" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D171" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E171" s="2">
-        <v>0.51041666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F171" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
       <c r="H171" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="I171" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
-        <v>45988.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B172" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D172" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E172" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F172" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="G172" t="s">
         <v>11</v>
       </c>
       <c r="H172" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I172" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
-        <v>45992.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B173" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D173" s="2">
-        <v>0.40625</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E173" s="2">
-        <v>0.47222222222222</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F173" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
       <c r="H173" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I173" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
-        <v>45992.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B174" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D174" s="2">
-        <v>0.58333333333333</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E174" s="2">
-        <v>0.61458333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F174" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G174" t="s">
         <v>11</v>
       </c>
       <c r="H174" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I174" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
-        <v>45992.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B175" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D175" s="2">
-        <v>0.61805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E175" s="2">
-        <v>0.64930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F175" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G175" t="s">
         <v>11</v>
       </c>
       <c r="H175" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I175" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
-        <v>45992.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B176" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D176" s="2">
-        <v>0.69097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E176" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F176" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="G176" t="s">
         <v>11</v>
       </c>
       <c r="H176" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I176" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
-        <v>45992.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B177" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D177" s="2">
-        <v>0.76041666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E177" s="2">
-        <v>0.79166666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F177" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="G177" t="s">
         <v>11</v>
       </c>
       <c r="H177" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="I177" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B178" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D178" s="2">
-        <v>0.33333333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E178" s="2">
-        <v>0.36458333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F178" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G178" t="s">
         <v>11</v>
       </c>
       <c r="H178" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="I178" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B179" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D179" s="2">
-        <v>0.36805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E179" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F179" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G179" t="s">
         <v>11</v>
       </c>
       <c r="H179" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I179" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B180" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D180" s="2">
-        <v>0.40277777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E180" s="2">
-        <v>0.43402777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F180" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G180" t="s">
         <v>11</v>
       </c>
       <c r="H180" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I180" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B181" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D181" s="2">
-        <v>0.4375</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E181" s="2">
-        <v>0.46875</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F181" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G181" t="s">
         <v>11</v>
       </c>
       <c r="H181" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I181" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B182" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D182" s="2">
-        <v>0.55208333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E182" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F182" t="s">
+        <v>39</v>
+      </c>
+      <c r="G182" t="s">
+        <v>11</v>
+      </c>
+      <c r="H182" t="s">
+        <v>68</v>
+      </c>
+      <c r="I182" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B183" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D183" s="2">
-        <v>0.58680555555556</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E183" s="2">
-        <v>0.64930555555556</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F183" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G183" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H183" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I183" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B184" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D184" s="2">
-        <v>0.65277777777778</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E184" s="2">
-        <v>0.68402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F184" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G184" t="s">
         <v>11</v>
       </c>
       <c r="H184" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="I184" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
-        <v>45993.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B185" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D185" s="2">
-        <v>0.6875</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E185" s="2">
-        <v>0.71875</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F185" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
       <c r="H185" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="I185" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
-        <v>45993.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B186" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D186" s="2">
-        <v>0.69097222222222</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E186" s="2">
-        <v>0.75347222222222</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F186" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
       <c r="H186" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="I186" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
-        <v>45993.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B187" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D187" s="2">
-        <v>0.76041666666667</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E187" s="2">
-        <v>0.82291666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F187" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G187" t="s">
         <v>11</v>
       </c>
       <c r="H187" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="I187" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
-        <v>45994.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B188" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D188" s="2">
-        <v>0.36805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E188" s="2">
-        <v>0.39930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F188" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G188" t="s">
         <v>11</v>
       </c>
       <c r="H188" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="I188" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
-        <v>45994.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B189" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D189" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E189" s="2">
-        <v>0.61805555555556</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F189" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G189" t="s">
         <v>11</v>
       </c>
       <c r="H189" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I189" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
-        <v>45994.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B190" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="D190" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E190" s="2">
-        <v>0.83333333333333</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F190" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
       <c r="H190" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="I190" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
-        <v>45995.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B191" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D191" s="2">
-        <v>0.44097222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="E191" s="2">
-        <v>0.47222222222222</v>
+        <v>0.46875</v>
       </c>
       <c r="F191" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G191" t="s">
         <v>11</v>
       </c>
       <c r="H191" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I191" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
-        <v>45995.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B192" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D192" s="2">
-        <v>0.47916666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E192" s="2">
-        <v>0.51041666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F192" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G192" t="s">
         <v>11</v>
       </c>
       <c r="H192" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="I192" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
-        <v>45995.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B193" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D193" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E193" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F193" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="G193" t="s">
         <v>11</v>
       </c>
       <c r="H193" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I193" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
-        <v>45999.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B194" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D194" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E194" s="2">
-        <v>0.47222222222222</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F194" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G194" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>43</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
-        <v>45999.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B195" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D195" s="2">
-        <v>0.58333333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E195" s="2">
-        <v>0.61458333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F195" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="G195" t="s">
         <v>11</v>
       </c>
       <c r="H195" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
       <c r="I195" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
-        <v>45999.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B196" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D196" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E196" s="2">
         <v>0.64930555555556</v>
       </c>
       <c r="F196" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G196" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H196" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="I196" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
-        <v>45999.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B197" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D197" s="2">
-        <v>0.69097222222222</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E197" s="2">
-        <v>0.75347222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F197" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I197" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
-        <v>45999.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B198" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="D198" s="2">
-        <v>0.76041666666667</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E198" s="2">
-        <v>0.79166666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F198" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I198" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B199" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D199" s="2">
-        <v>0.33333333333333</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E199" s="2">
-        <v>0.36458333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F199" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G199" t="s">
         <v>11</v>
       </c>
       <c r="H199" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="I199" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B200" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D200" s="2">
-        <v>0.36805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="E200" s="2">
-        <v>0.39930555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F200" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="G200" t="s">
         <v>11</v>
       </c>
       <c r="H200" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="I200" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B201" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D201" s="2">
-        <v>0.40277777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E201" s="2">
-        <v>0.43402777777778</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F201" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="G201" t="s">
         <v>11</v>
       </c>
       <c r="H201" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="I201" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B202" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D202" s="2">
-        <v>0.4375</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E202" s="2">
-        <v>0.46875</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F202" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G202" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="I202" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B203" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D203" s="2">
-        <v>0.55208333333333</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E203" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F203" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G203" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H203" t="s">
+        <v>37</v>
+      </c>
+      <c r="I203" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
-        <v>46000.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B204" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D204" s="2">
-        <v>0.58680555555556</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E204" s="2">
-        <v>0.64930555555556</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F204" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G204" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H204" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="I204" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
-        <v>46000.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B205" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D205" s="2">
-        <v>0.65277777777778</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E205" s="2">
-        <v>0.68402777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F205" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G205" t="s">
         <v>11</v>
       </c>
       <c r="H205" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="I205" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
-        <v>46000.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B206" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D206" s="2">
-        <v>0.6875</v>
+        <v>0.40625</v>
       </c>
       <c r="E206" s="2">
-        <v>0.71875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F206" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G206" t="s">
         <v>11</v>
       </c>
       <c r="H206" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="I206" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
-        <v>46000.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B207" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D207" s="2">
-        <v>0.69097222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E207" s="2">
-        <v>0.75347222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F207" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="G207" t="s">
         <v>11</v>
       </c>
       <c r="H207" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="I207" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
-        <v>46000.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B208" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D208" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.82291666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F208" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G208" t="s">
         <v>11</v>
       </c>
       <c r="H208" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="I208" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
-        <v>46001.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B209" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D209" s="2">
-        <v>0.36805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E209" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F209" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G209" t="s">
         <v>11</v>
       </c>
       <c r="H209" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I209" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
-        <v>46001.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B210" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D210" s="2">
-        <v>0.55208333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E210" s="2">
-        <v>0.61805555555556</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F210" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G210" t="s">
         <v>11</v>
       </c>
       <c r="H210" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I210" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
-        <v>46001.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B211" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D211" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E211" s="2">
-        <v>0.83333333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F211" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="G211" t="s">
         <v>11</v>
       </c>
       <c r="H211" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
-        <v>46002.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B212" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D212" s="2">
-        <v>0.44097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E212" s="2">
-        <v>0.47222222222222</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F212" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G212" t="s">
         <v>11</v>
       </c>
       <c r="H212" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="I212" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
-        <v>46002.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B213" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D213" s="2">
-        <v>0.47916666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E213" s="2">
-        <v>0.51041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F213" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I213" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
-        <v>46002.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B214" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D214" s="2">
-        <v>0.55208333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E214" s="2">
-        <v>0.58333333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F214" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="I214" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
-        <v>46006.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B215" t="s">
         <v>27</v>
       </c>
       <c r="D215" s="2">
-        <v>0.40625</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E215" s="2">
-        <v>0.47222222222222</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F215" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G215" t="s">
         <v>11</v>
       </c>
       <c r="H215" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="I215" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
-        <v>46006.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B216" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D216" s="2">
-        <v>0.58333333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E216" s="2">
-        <v>0.61458333333333</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F216" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G216" t="s">
         <v>11</v>
       </c>
       <c r="H216" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I216" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
-        <v>46006.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B217" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D217" s="2">
-        <v>0.61805555555556</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E217" s="2">
-        <v>0.64930555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F217" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G217" t="s">
         <v>11</v>
       </c>
       <c r="H217" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I217" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>46006.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B218" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D218" s="2">
-        <v>0.69097222222222</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E218" s="2">
-        <v>0.75347222222222</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F218" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="G218" t="s">
         <v>11</v>
       </c>
       <c r="H218" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="I218" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
-        <v>46006.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B219" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D219" s="2">
-        <v>0.76041666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E219" s="2">
-        <v>0.79166666666667</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F219" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G219" t="s">
         <v>11</v>
       </c>
       <c r="H219" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I219" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B220" t="s">
         <v>35</v>
       </c>
       <c r="D220" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E220" s="2">
-        <v>0.36458333333333</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F220" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="G220" t="s">
         <v>11</v>
       </c>
       <c r="H220" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="I220" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B221" t="s">
         <v>35</v>
       </c>
       <c r="D221" s="2">
-        <v>0.36805555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="E221" s="2">
-        <v>0.39930555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F221" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G221" t="s">
         <v>11</v>
       </c>
       <c r="H221" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I221" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B222" t="s">
         <v>35</v>
       </c>
       <c r="D222" s="2">
-        <v>0.40277777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E222" s="2">
-        <v>0.43402777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F222" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="G222" t="s">
         <v>11</v>
       </c>
       <c r="H222" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="I222" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B223" t="s">
         <v>35</v>
       </c>
       <c r="D223" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E223" s="2">
-        <v>0.46875</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F223" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="G223" t="s">
         <v>11</v>
       </c>
       <c r="H223" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I223" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B224" t="s">
         <v>35</v>
       </c>
       <c r="D224" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E224" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="F224" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G224" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B225" t="s">
         <v>35</v>
       </c>
       <c r="D225" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E225" s="2">
-        <v>0.64930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F225" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="G225" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H225" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="I225" t="s">
-        <v>46</v>
+        <v>72</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B226" t="s">
         <v>35</v>
       </c>
       <c r="D226" s="2">
-        <v>0.65277777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E226" s="2">
-        <v>0.68402777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F226" t="s">
+        <v>44</v>
+      </c>
+      <c r="G226" t="s">
+        <v>45</v>
+      </c>
+      <c r="H226" t="s">
+        <v>46</v>
+      </c>
+      <c r="I226" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B227" t="s">
         <v>35</v>
       </c>
       <c r="D227" s="2">
-        <v>0.6875</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E227" s="2">
-        <v>0.71875</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F227" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="G227" t="s">
         <v>11</v>
       </c>
       <c r="H227" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="I227" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B228" t="s">
         <v>35</v>
       </c>
       <c r="D228" s="2">
-        <v>0.69097222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E228" s="2">
-        <v>0.75347222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F228" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G228" t="s">
         <v>11</v>
       </c>
       <c r="H228" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I228" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
-        <v>46007.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B229" t="s">
         <v>35</v>
       </c>
       <c r="D229" s="2">
-        <v>0.76041666666667</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E229" s="2">
-        <v>0.82291666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F229" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G229" t="s">
         <v>11</v>
       </c>
       <c r="H229" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="I229" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
-        <v>46008.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B230" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D230" s="2">
-        <v>0.36805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="E230" s="2">
-        <v>0.39930555555556</v>
+        <v>0.71875</v>
       </c>
       <c r="F230" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G230" t="s">
         <v>11</v>
       </c>
       <c r="H230" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="I230" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
-        <v>46008.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B231" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D231" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E231" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F231" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G231" t="s">
         <v>11</v>
       </c>
       <c r="H231" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="I231" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
-        <v>46008.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B232" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D232" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E232" s="2">
-        <v>0.83333333333333</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F232" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G232" t="s">
         <v>11</v>
       </c>
       <c r="H232" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="I232" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
-        <v>46009.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B233" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D233" s="2">
-        <v>0.44097222222222</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E233" s="2">
-        <v>0.47222222222222</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F233" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G233" t="s">
         <v>11</v>
       </c>
       <c r="H233" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I233" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
-        <v>46009.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B234" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D234" s="2">
-        <v>0.47916666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E234" s="2">
-        <v>0.51041666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F234" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G234" t="s">
         <v>11</v>
       </c>
       <c r="H234" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="I234" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
-        <v>46009.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B235" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D235" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E235" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F235" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G235" t="s">
         <v>11</v>
       </c>
       <c r="H235" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I235" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
-        <v>46029.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="D236" s="2">
-        <v>0.33333333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E236" s="2">
-        <v>0.36458333333333</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F236" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G236" t="s">
         <v>11</v>
       </c>
       <c r="H236" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="I236" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
-        <v>46029.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="D237" s="2">
-        <v>0.36805555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E237" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F237" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G237" t="s">
         <v>11</v>
       </c>
       <c r="H237" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="I237" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
-        <v>46029.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="D238" s="2">
-        <v>0.40277777777778</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E238" s="2">
-        <v>0.43402777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F238" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G238" t="s">
         <v>11</v>
       </c>
       <c r="H238" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I238" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
-        <v>46029.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="D239" s="2">
-        <v>0.4375</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E239" s="2">
-        <v>0.46875</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F239" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G239" t="s">
         <v>11</v>
       </c>
       <c r="H239" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I239" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B240" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D240" s="2">
-        <v>0.55208333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E240" s="2">
-        <v>0.67708333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F240" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="G240" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H240" t="s">
+        <v>18</v>
+      </c>
+      <c r="I240" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B241" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D241" s="2">
-        <v>0.58680555555556</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E241" s="2">
-        <v>0.64930555555556</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F241" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G241" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H241" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="I241" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B242" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D242" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E242" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F242" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G242" t="s">
         <v>11</v>
       </c>
       <c r="H242" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="I242" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B243" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D243" s="2">
-        <v>0.6875</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E243" s="2">
-        <v>0.71875</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F243" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="G243" t="s">
         <v>11</v>
       </c>
       <c r="H243" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I243" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B244" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D244" s="2">
-        <v>0.69097222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E244" s="2">
-        <v>0.75347222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F244" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="G244" t="s">
         <v>11</v>
       </c>
       <c r="H244" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="I244" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
-        <v>46029.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B245" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D245" s="2">
-        <v>0.76041666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E245" s="2">
-        <v>0.82291666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F245" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="G245" t="s">
         <v>11</v>
       </c>
       <c r="H245" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="I245" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
-        <v>46030.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B246" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D246" s="2">
-        <v>0.44097222222222</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E246" s="2">
-        <v>0.47222222222222</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F246" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G246" t="s">
         <v>11</v>
       </c>
       <c r="H246" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I246" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
-        <v>46030.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B247" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D247" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E247" s="2">
-        <v>0.51041666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F247" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G247" t="s">
         <v>11</v>
       </c>
       <c r="H247" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I247" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
-        <v>46030.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B248" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="D248" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E248" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F248" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="G248" t="s">
         <v>11</v>
       </c>
       <c r="H248" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="I248" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
-        <v>46034.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B249" t="s">
         <v>27</v>
       </c>
       <c r="D249" s="2">
         <v>0.40625</v>
       </c>
       <c r="E249" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F249" t="s">
         <v>14</v>
       </c>
       <c r="G249" t="s">
         <v>11</v>
       </c>
       <c r="H249" t="s">
         <v>28</v>
       </c>
       <c r="I249" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
-        <v>46034.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B250" t="s">
         <v>27</v>
       </c>
       <c r="D250" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E250" s="2">
-        <v>0.61458333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F250" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="G250" t="s">
         <v>11</v>
       </c>
       <c r="H250" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="I250" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
-        <v>46034.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B251" t="s">
         <v>27</v>
       </c>
       <c r="D251" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E251" s="2">
-        <v>0.64930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F251" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G251" t="s">
         <v>11</v>
       </c>
       <c r="H251" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I251" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
-        <v>46034.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B252" t="s">
         <v>27</v>
       </c>
       <c r="D252" s="2">
-        <v>0.69097222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E252" s="2">
-        <v>0.75347222222222</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F252" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G252" t="s">
         <v>11</v>
       </c>
       <c r="H252" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I252" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
-        <v>46034.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B253" t="s">
         <v>27</v>
       </c>
       <c r="D253" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E253" s="2">
-        <v>0.79166666666667</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F253" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G253" t="s">
         <v>11</v>
       </c>
       <c r="H253" t="s">
         <v>30</v>
       </c>
       <c r="I253" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
-        <v>46035.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B254" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D254" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E254" s="2">
-        <v>0.36458333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F254" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G254" t="s">
         <v>11</v>
       </c>
       <c r="H254" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
-        <v>46035.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B255" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D255" s="2">
-        <v>0.36805555555556</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E255" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F255" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G255" t="s">
         <v>11</v>
       </c>
       <c r="H255" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="I255" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
-        <v>46035.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B256" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D256" s="2">
-        <v>0.40277777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E256" s="2">
-        <v>0.43402777777778</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F256" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G256" t="s">
         <v>11</v>
       </c>
       <c r="H256" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I256" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
-        <v>46035.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B257" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D257" s="2">
-        <v>0.4375</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E257" s="2">
-        <v>0.46875</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F257" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G257" t="s">
         <v>11</v>
       </c>
       <c r="H257" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="I257" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
-        <v>46035.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B258" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D258" s="2">
-        <v>0.55208333333333</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E258" s="2">
-        <v>0.67708333333333</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F258" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G258" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H258" t="s">
+        <v>66</v>
+      </c>
+      <c r="I258" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
-        <v>46035.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B259" t="s">
         <v>35</v>
       </c>
       <c r="D259" s="2">
-        <v>0.58680555555556</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E259" s="2">
-        <v>0.64930555555556</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F259" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G259" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H259" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="I259" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
-        <v>46035.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B260" t="s">
         <v>35</v>
       </c>
       <c r="D260" s="2">
-        <v>0.65277777777778</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E260" s="2">
-        <v>0.68402777777778</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F260" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="G260" t="s">
         <v>11</v>
       </c>
       <c r="H260" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I260" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
-        <v>46035.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B261" t="s">
         <v>35</v>
       </c>
       <c r="D261" s="2">
-        <v>0.6875</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E261" s="2">
-        <v>0.71875</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F261" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="G261" t="s">
         <v>11</v>
       </c>
       <c r="H261" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="I261" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
-        <v>46035.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B262" t="s">
         <v>35</v>
       </c>
       <c r="D262" s="2">
-        <v>0.69097222222222</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E262" s="2">
-        <v>0.75347222222222</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F262" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="G262" t="s">
         <v>11</v>
       </c>
       <c r="H262" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="I262" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
-        <v>46035.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B263" t="s">
         <v>35</v>
       </c>
       <c r="D263" s="2">
-        <v>0.76041666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E263" s="2">
-        <v>0.82291666666667</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F263" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="G263" t="s">
         <v>11</v>
       </c>
       <c r="H263" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="I263" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
-        <v>46036.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B264" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D264" s="2">
-        <v>0.36805555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="E264" s="2">
-        <v>0.39930555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F264" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G264" t="s">
         <v>11</v>
       </c>
       <c r="H264" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I264" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
-        <v>46036.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B265" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D265" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E265" s="2">
-        <v>0.61805555555556</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F265" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G265" t="s">
         <v>11</v>
       </c>
       <c r="H265" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="I265" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
-        <v>46036.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B266" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D266" s="2">
-        <v>0.77083333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E266" s="2">
-        <v>0.83333333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F266" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="G266" t="s">
         <v>11</v>
       </c>
       <c r="H266" t="s">
         <v>18</v>
       </c>
       <c r="I266" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
-        <v>46037.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B267" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D267" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E267" s="2">
-        <v>0.47222222222222</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F267" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G267" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>43</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
-        <v>46037.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B268" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D268" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E268" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F268" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="G268" t="s">
         <v>11</v>
       </c>
       <c r="H268" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="I268" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
-        <v>46037.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B269" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D269" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E269" s="2">
-        <v>0.58333333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F269" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="G269" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H269" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I269" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
-        <v>46041.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B270" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D270" s="2">
-        <v>0.40625</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E270" s="2">
-        <v>0.47222222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F270" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G270" t="s">
         <v>11</v>
       </c>
       <c r="H270" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="I270" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
-        <v>46041.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B271" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D271" s="2">
-        <v>0.58333333333333</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E271" s="2">
-        <v>0.61458333333333</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F271" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G271" t="s">
         <v>11</v>
       </c>
       <c r="H271" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I271" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
-        <v>46041.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B272" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D272" s="2">
-        <v>0.61805555555556</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E272" s="2">
-        <v>0.64930555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F272" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="G272" t="s">
         <v>11</v>
       </c>
       <c r="H272" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I272" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46041.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B273" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D273" s="2">
-        <v>0.69097222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E273" s="2">
-        <v>0.75347222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F273" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G273" t="s">
         <v>11</v>
       </c>
       <c r="H273" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I273" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46041.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B274" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D274" s="2">
-        <v>0.76041666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E274" s="2">
-        <v>0.79166666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F274" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="G274" t="s">
         <v>11</v>
       </c>
       <c r="H274" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="I274" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
-        <v>46042.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B275" t="s">
         <v>35</v>
       </c>
       <c r="D275" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E275" s="2">
-        <v>0.36458333333333</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F275" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G275" t="s">
         <v>11</v>
       </c>
       <c r="H275" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="I275" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
-        <v>46042.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B276" t="s">
         <v>35</v>
       </c>
       <c r="D276" s="2">
-        <v>0.36805555555556</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E276" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F276" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G276" t="s">
         <v>11</v>
       </c>
       <c r="H276" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="I276" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
-        <v>46042.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B277" t="s">
         <v>35</v>
       </c>
       <c r="D277" s="2">
-        <v>0.40277777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E277" s="2">
-        <v>0.43402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F277" t="s">
+        <v>54</v>
+      </c>
+      <c r="G277" t="s">
+        <v>11</v>
+      </c>
+      <c r="H277" t="s">
+        <v>55</v>
+      </c>
+      <c r="I277" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
-        <v>46042.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B278" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D278" s="2">
-        <v>0.4375</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E278" s="2">
-        <v>0.46875</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F278" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G278" t="s">
         <v>11</v>
       </c>
       <c r="H278" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="I278" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
-        <v>46042.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B279" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D279" s="2">
-        <v>0.55208333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E279" s="2">
-        <v>0.67708333333333</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F279" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G279" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H279" t="s">
+        <v>74</v>
+      </c>
+      <c r="I279" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
-        <v>46042.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B280" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D280" s="2">
-        <v>0.58680555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E280" s="2">
-        <v>0.64930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F280" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G280" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H280" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I280" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
-        <v>46042.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B281" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D281" s="2">
-        <v>0.65277777777778</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E281" s="2">
-        <v>0.68402777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F281" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G281" t="s">
         <v>11</v>
       </c>
       <c r="H281" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I281" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="1">
-        <v>46042.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B282" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D282" s="2">
-        <v>0.6875</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E282" s="2">
-        <v>0.71875</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F282" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G282" t="s">
         <v>11</v>
       </c>
       <c r="H282" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I282" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="1">
-        <v>46042.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B283" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D283" s="2">
-        <v>0.69097222222222</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E283" s="2">
-        <v>0.75347222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F283" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="G283" t="s">
         <v>11</v>
       </c>
       <c r="H283" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I283" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
-        <v>46042.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B284" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D284" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E284" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F284" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>11</v>
       </c>
       <c r="H284" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="I284" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
-        <v>46043.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B285" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D285" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E285" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F285" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G285" t="s">
         <v>11</v>
       </c>
       <c r="H285" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="I285" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
-        <v>46043.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B286" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D286" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E286" s="2">
-        <v>0.61805555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F286" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G286" t="s">
         <v>11</v>
       </c>
       <c r="H286" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I286" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
-        <v>46043.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B287" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D287" s="2">
-        <v>0.77083333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E287" s="2">
-        <v>0.83333333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F287" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G287" t="s">
         <v>11</v>
       </c>
       <c r="H287" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I287" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
-        <v>46044.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B288" t="s">
         <v>20</v>
       </c>
       <c r="D288" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E288" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F288" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G288" t="s">
         <v>11</v>
       </c>
       <c r="H288" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I288" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
-        <v>46044.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B289" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D289" s="2">
-        <v>0.47916666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E289" s="2">
-        <v>0.51041666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F289" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G289" t="s">
         <v>11</v>
       </c>
       <c r="H289" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I289" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
-        <v>46044.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B290" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D290" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E290" s="2">
-        <v>0.58333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F290" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G290" t="s">
         <v>11</v>
       </c>
       <c r="H290" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I290" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
-        <v>46048.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B291" t="s">
         <v>27</v>
       </c>
       <c r="D291" s="2">
-        <v>0.40625</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E291" s="2">
-        <v>0.47222222222222</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F291" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G291" t="s">
         <v>11</v>
       </c>
       <c r="H291" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I291" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
-        <v>46048.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B292" t="s">
         <v>27</v>
       </c>
       <c r="D292" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E292" s="2">
-        <v>0.61458333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F292" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="G292" t="s">
         <v>11</v>
       </c>
       <c r="H292" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I292" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
-        <v>46048.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B293" t="s">
         <v>27</v>
       </c>
       <c r="D293" s="2">
-        <v>0.61805555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E293" s="2">
-        <v>0.64930555555556</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F293" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="G293" t="s">
         <v>11</v>
       </c>
       <c r="H293" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="I293" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
-        <v>46048.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B294" t="s">
         <v>27</v>
       </c>
       <c r="D294" s="2">
-        <v>0.69097222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E294" s="2">
-        <v>0.75347222222222</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F294" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G294" t="s">
         <v>11</v>
       </c>
       <c r="H294" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I294" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
-        <v>46048.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B295" t="s">
         <v>27</v>
       </c>
       <c r="D295" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E295" s="2">
-        <v>0.79166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F295" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G295" t="s">
         <v>11</v>
       </c>
       <c r="H295" t="s">
         <v>30</v>
       </c>
       <c r="I295" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B296" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D296" s="2">
-        <v>0.33333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E296" s="2">
-        <v>0.36458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F296" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G296" t="s">
         <v>11</v>
       </c>
       <c r="H296" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I296" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B297" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D297" s="2">
-        <v>0.36805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E297" s="2">
-        <v>0.39930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F297" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G297" t="s">
         <v>11</v>
       </c>
       <c r="H297" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I297" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B298" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D298" s="2">
-        <v>0.40277777777778</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E298" s="2">
-        <v>0.43402777777778</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F298" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G298" t="s">
         <v>11</v>
       </c>
       <c r="H298" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="I298" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B299" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D299" s="2">
-        <v>0.4375</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E299" s="2">
-        <v>0.46875</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F299" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G299" t="s">
         <v>11</v>
       </c>
       <c r="H299" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I299" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B300" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D300" s="2">
-        <v>0.55208333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E300" s="2">
-        <v>0.67708333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F300" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="G300" t="s">
-        <v>42</v>
+        <v>11</v>
+      </c>
+      <c r="H300" t="s">
+        <v>66</v>
+      </c>
+      <c r="I300" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
-        <v>46049.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B301" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D301" s="2">
-        <v>0.58680555555556</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E301" s="2">
-        <v>0.64930555555556</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F301" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G301" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H301" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="I301" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
-        <v>46049.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B302" t="s">
         <v>35</v>
       </c>
       <c r="D302" s="2">
-        <v>0.65277777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E302" s="2">
-        <v>0.68402777777778</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F302" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="G302" t="s">
         <v>11</v>
       </c>
       <c r="H302" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="I302" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
-        <v>46049.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B303" t="s">
         <v>35</v>
       </c>
       <c r="D303" s="2">
-        <v>0.6875</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E303" s="2">
-        <v>0.71875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F303" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="G303" t="s">
         <v>11</v>
       </c>
       <c r="H303" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I303" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
-        <v>46049.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B304" t="s">
         <v>35</v>
       </c>
       <c r="D304" s="2">
-        <v>0.69097222222222</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E304" s="2">
-        <v>0.75347222222222</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F304" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="G304" t="s">
         <v>11</v>
       </c>
       <c r="H304" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="I304" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
-        <v>46049.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B305" t="s">
         <v>35</v>
       </c>
       <c r="D305" s="2">
-        <v>0.76041666666667</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E305" s="2">
-        <v>0.82291666666667</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F305" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G305" t="s">
         <v>11</v>
       </c>
       <c r="H305" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="I305" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
-        <v>46050.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B306" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D306" s="2">
-        <v>0.36805555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E306" s="2">
-        <v>0.39930555555556</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F306" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G306" t="s">
         <v>11</v>
       </c>
       <c r="H306" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="I306" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
-        <v>46050.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B307" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D307" s="2">
-        <v>0.55208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E307" s="2">
-        <v>0.61805555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F307" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G307" t="s">
         <v>11</v>
       </c>
       <c r="H307" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I307" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
-        <v>46050.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B308" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="D308" s="2">
-        <v>0.77083333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E308" s="2">
-        <v>0.83333333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F308" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="G308" t="s">
         <v>11</v>
       </c>
       <c r="H308" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="I308" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
-        <v>46051.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B309" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D309" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E309" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F309" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="G309" t="s">
         <v>11</v>
       </c>
       <c r="H309" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I309" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
-        <v>46051.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B310" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D310" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E310" s="2">
-        <v>0.51041666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F310" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G310" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>43</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
-        <v>46051.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B311" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D311" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E311" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F311" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="G311" t="s">
         <v>11</v>
       </c>
       <c r="H311" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I311" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
-        <v>46055.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B312" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D312" s="2">
-        <v>0.40625</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E312" s="2">
-        <v>0.47222222222222</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F312" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="G312" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H312" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="I312" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
-        <v>46055.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B313" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D313" s="2">
-        <v>0.58333333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E313" s="2">
-        <v>0.61458333333333</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F313" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G313" t="s">
         <v>11</v>
       </c>
       <c r="H313" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="I313" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
-        <v>46055.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B314" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D314" s="2">
-        <v>0.61805555555556</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E314" s="2">
-        <v>0.64930555555556</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F314" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G314" t="s">
         <v>11</v>
       </c>
       <c r="H314" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I314" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
-        <v>46055.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B315" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D315" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E315" s="2">
         <v>0.69097222222222</v>
       </c>
-      <c r="E315" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F315" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="G315" t="s">
         <v>11</v>
       </c>
       <c r="H315" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="I315" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
-        <v>46055.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B316" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D316" s="2">
-        <v>0.76041666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E316" s="2">
-        <v>0.79166666666667</v>
+        <v>0.71875</v>
       </c>
       <c r="F316" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="G316" t="s">
         <v>11</v>
       </c>
       <c r="H316" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I316" t="s">
         <v>31</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10">
+      <c r="A317" s="1">
+        <v>45993.0</v>
+      </c>
+      <c r="B317" t="s">
+        <v>35</v>
+      </c>
+      <c r="D317" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E317" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F317" t="s">
+        <v>51</v>
+      </c>
+      <c r="G317" t="s">
+        <v>11</v>
+      </c>
+      <c r="H317" t="s">
+        <v>52</v>
+      </c>
+      <c r="I317" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" s="1">
+        <v>45993.0</v>
+      </c>
+      <c r="B318" t="s">
+        <v>35</v>
+      </c>
+      <c r="D318" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E318" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F318" t="s">
+        <v>53</v>
+      </c>
+      <c r="G318" t="s">
+        <v>11</v>
+      </c>
+      <c r="H318" t="s">
+        <v>66</v>
+      </c>
+      <c r="I318" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" s="1">
+        <v>45993.0</v>
+      </c>
+      <c r="B319" t="s">
+        <v>35</v>
+      </c>
+      <c r="D319" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E319" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F319" t="s">
+        <v>53</v>
+      </c>
+      <c r="G319" t="s">
+        <v>11</v>
+      </c>
+      <c r="H319" t="s">
+        <v>37</v>
+      </c>
+      <c r="I319" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10">
+      <c r="A320" s="1">
+        <v>45993.0</v>
+      </c>
+      <c r="B320" t="s">
+        <v>35</v>
+      </c>
+      <c r="D320" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E320" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F320" t="s">
+        <v>54</v>
+      </c>
+      <c r="G320" t="s">
+        <v>11</v>
+      </c>
+      <c r="H320" t="s">
+        <v>55</v>
+      </c>
+      <c r="I320" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10">
+      <c r="A321" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="D321" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E321" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F321" t="s">
+        <v>10</v>
+      </c>
+      <c r="G321" t="s">
+        <v>11</v>
+      </c>
+      <c r="H321" t="s">
+        <v>12</v>
+      </c>
+      <c r="I321" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10">
+      <c r="A322" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="D322" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E322" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F322" t="s">
+        <v>53</v>
+      </c>
+      <c r="G322" t="s">
+        <v>11</v>
+      </c>
+      <c r="H322" t="s">
+        <v>74</v>
+      </c>
+      <c r="I322" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10">
+      <c r="A323" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="D323" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E323" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F323" t="s">
+        <v>14</v>
+      </c>
+      <c r="G323" t="s">
+        <v>11</v>
+      </c>
+      <c r="H323" t="s">
+        <v>15</v>
+      </c>
+      <c r="I323" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10">
+      <c r="A324" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="D324" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E324" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F324" t="s">
+        <v>17</v>
+      </c>
+      <c r="G324" t="s">
+        <v>11</v>
+      </c>
+      <c r="H324" t="s">
+        <v>18</v>
+      </c>
+      <c r="I324" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10">
+      <c r="A325" s="1">
+        <v>45994.0</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="D325" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E325" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F325" t="s">
+        <v>53</v>
+      </c>
+      <c r="G325" t="s">
+        <v>11</v>
+      </c>
+      <c r="H325" t="s">
+        <v>18</v>
+      </c>
+      <c r="I325" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10">
+      <c r="A326" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B326" t="s">
+        <v>20</v>
+      </c>
+      <c r="D326" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E326" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F326" t="s">
+        <v>73</v>
+      </c>
+      <c r="G326" t="s">
+        <v>11</v>
+      </c>
+      <c r="H326" t="s">
+        <v>18</v>
+      </c>
+      <c r="I326" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10">
+      <c r="A327" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B327" t="s">
+        <v>20</v>
+      </c>
+      <c r="D327" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E327" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F327" t="s">
+        <v>21</v>
+      </c>
+      <c r="G327" t="s">
+        <v>11</v>
+      </c>
+      <c r="H327" t="s">
+        <v>22</v>
+      </c>
+      <c r="I327" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10">
+      <c r="A328" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B328" t="s">
+        <v>20</v>
+      </c>
+      <c r="D328" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E328" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F328" t="s">
+        <v>53</v>
+      </c>
+      <c r="G328" t="s">
+        <v>11</v>
+      </c>
+      <c r="H328" t="s">
+        <v>74</v>
+      </c>
+      <c r="I328" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10">
+      <c r="A329" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B329" t="s">
+        <v>20</v>
+      </c>
+      <c r="D329" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E329" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F329" t="s">
+        <v>73</v>
+      </c>
+      <c r="G329" t="s">
+        <v>11</v>
+      </c>
+      <c r="H329" t="s">
+        <v>18</v>
+      </c>
+      <c r="I329" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10">
+      <c r="A330" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B330" t="s">
+        <v>20</v>
+      </c>
+      <c r="D330" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E330" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F330" t="s">
+        <v>21</v>
+      </c>
+      <c r="G330" t="s">
+        <v>11</v>
+      </c>
+      <c r="H330" t="s">
+        <v>22</v>
+      </c>
+      <c r="I330" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10">
+      <c r="A331" s="1">
+        <v>45995.0</v>
+      </c>
+      <c r="B331" t="s">
+        <v>20</v>
+      </c>
+      <c r="D331" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E331" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F331" t="s">
+        <v>24</v>
+      </c>
+      <c r="G331" t="s">
+        <v>11</v>
+      </c>
+      <c r="H331" t="s">
+        <v>25</v>
+      </c>
+      <c r="I331" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10">
+      <c r="A332" s="1">
+        <v>45996.0</v>
+      </c>
+      <c r="B332" t="s">
+        <v>56</v>
+      </c>
+      <c r="D332" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E332" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F332" t="s">
+        <v>57</v>
+      </c>
+      <c r="G332" t="s">
+        <v>11</v>
+      </c>
+      <c r="H332" t="s">
+        <v>58</v>
+      </c>
+      <c r="I332" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10">
+      <c r="A333" s="1">
+        <v>45996.0</v>
+      </c>
+      <c r="B333" t="s">
+        <v>56</v>
+      </c>
+      <c r="D333" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E333" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F333" t="s">
+        <v>60</v>
+      </c>
+      <c r="G333" t="s">
+        <v>11</v>
+      </c>
+      <c r="H333" t="s">
+        <v>58</v>
+      </c>
+      <c r="I333" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10">
+      <c r="A334" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B334" t="s">
+        <v>27</v>
+      </c>
+      <c r="D334" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E334" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F334" t="s">
+        <v>53</v>
+      </c>
+      <c r="G334" t="s">
+        <v>11</v>
+      </c>
+      <c r="H334" t="s">
+        <v>62</v>
+      </c>
+      <c r="I334" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10">
+      <c r="A335" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B335" t="s">
+        <v>27</v>
+      </c>
+      <c r="D335" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E335" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F335" t="s">
+        <v>14</v>
+      </c>
+      <c r="G335" t="s">
+        <v>11</v>
+      </c>
+      <c r="H335" t="s">
+        <v>28</v>
+      </c>
+      <c r="I335" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10">
+      <c r="A336" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B336" t="s">
+        <v>27</v>
+      </c>
+      <c r="D336" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E336" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F336" t="s">
+        <v>64</v>
+      </c>
+      <c r="G336" t="s">
+        <v>11</v>
+      </c>
+      <c r="H336" t="s">
+        <v>65</v>
+      </c>
+      <c r="I336" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10">
+      <c r="A337" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B337" t="s">
+        <v>27</v>
+      </c>
+      <c r="D337" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E337" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F337" t="s">
+        <v>39</v>
+      </c>
+      <c r="G337" t="s">
+        <v>11</v>
+      </c>
+      <c r="H337" t="s">
+        <v>68</v>
+      </c>
+      <c r="I337" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10">
+      <c r="A338" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B338" t="s">
+        <v>27</v>
+      </c>
+      <c r="D338" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E338" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F338" t="s">
+        <v>29</v>
+      </c>
+      <c r="G338" t="s">
+        <v>11</v>
+      </c>
+      <c r="H338" t="s">
+        <v>30</v>
+      </c>
+      <c r="I338" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10">
+      <c r="A339" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B339" t="s">
+        <v>27</v>
+      </c>
+      <c r="D339" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E339" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F339" t="s">
+        <v>29</v>
+      </c>
+      <c r="G339" t="s">
+        <v>11</v>
+      </c>
+      <c r="H339" t="s">
+        <v>30</v>
+      </c>
+      <c r="I339" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10">
+      <c r="A340" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B340" t="s">
+        <v>27</v>
+      </c>
+      <c r="D340" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E340" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F340" t="s">
+        <v>32</v>
+      </c>
+      <c r="G340" t="s">
+        <v>11</v>
+      </c>
+      <c r="H340" t="s">
+        <v>33</v>
+      </c>
+      <c r="I340" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10">
+      <c r="A341" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B341" t="s">
+        <v>27</v>
+      </c>
+      <c r="D341" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E341" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F341" t="s">
+        <v>39</v>
+      </c>
+      <c r="G341" t="s">
+        <v>11</v>
+      </c>
+      <c r="H341" t="s">
+        <v>68</v>
+      </c>
+      <c r="I341" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10">
+      <c r="A342" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B342" t="s">
+        <v>27</v>
+      </c>
+      <c r="D342" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E342" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F342" t="s">
+        <v>34</v>
+      </c>
+      <c r="G342" t="s">
+        <v>11</v>
+      </c>
+      <c r="H342" t="s">
+        <v>30</v>
+      </c>
+      <c r="I342" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10">
+      <c r="A343" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B343" t="s">
+        <v>27</v>
+      </c>
+      <c r="D343" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E343" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F343" t="s">
+        <v>53</v>
+      </c>
+      <c r="G343" t="s">
+        <v>11</v>
+      </c>
+      <c r="H343" t="s">
+        <v>66</v>
+      </c>
+      <c r="I343" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10">
+      <c r="A344" s="1">
+        <v>45999.0</v>
+      </c>
+      <c r="B344" t="s">
+        <v>27</v>
+      </c>
+      <c r="D344" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E344" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F344" t="s">
+        <v>53</v>
+      </c>
+      <c r="G344" t="s">
+        <v>11</v>
+      </c>
+      <c r="H344" t="s">
+        <v>66</v>
+      </c>
+      <c r="I344" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10">
+      <c r="A345" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B345" t="s">
+        <v>35</v>
+      </c>
+      <c r="D345" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E345" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F345" t="s">
+        <v>36</v>
+      </c>
+      <c r="G345" t="s">
+        <v>11</v>
+      </c>
+      <c r="H345" t="s">
+        <v>37</v>
+      </c>
+      <c r="I345" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10">
+      <c r="A346" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B346" t="s">
+        <v>35</v>
+      </c>
+      <c r="D346" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E346" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F346" t="s">
+        <v>39</v>
+      </c>
+      <c r="G346" t="s">
+        <v>11</v>
+      </c>
+      <c r="H346" t="s">
+        <v>40</v>
+      </c>
+      <c r="I346" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10">
+      <c r="A347" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B347" t="s">
+        <v>35</v>
+      </c>
+      <c r="D347" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E347" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F347" t="s">
+        <v>67</v>
+      </c>
+      <c r="G347" t="s">
+        <v>11</v>
+      </c>
+      <c r="H347" t="s">
+        <v>58</v>
+      </c>
+      <c r="I347" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10">
+      <c r="A348" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B348" t="s">
+        <v>35</v>
+      </c>
+      <c r="D348" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E348" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F348" t="s">
+        <v>39</v>
+      </c>
+      <c r="G348" t="s">
+        <v>11</v>
+      </c>
+      <c r="H348" t="s">
+        <v>40</v>
+      </c>
+      <c r="I348" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10">
+      <c r="A349" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B349" t="s">
+        <v>35</v>
+      </c>
+      <c r="D349" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E349" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F349" t="s">
+        <v>70</v>
+      </c>
+      <c r="G349" t="s">
+        <v>11</v>
+      </c>
+      <c r="H349" t="s">
+        <v>71</v>
+      </c>
+      <c r="I349" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10">
+      <c r="A350" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B350" t="s">
+        <v>35</v>
+      </c>
+      <c r="D350" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E350" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F350" t="s">
+        <v>39</v>
+      </c>
+      <c r="G350" t="s">
+        <v>11</v>
+      </c>
+      <c r="H350" t="s">
+        <v>40</v>
+      </c>
+      <c r="I350" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10">
+      <c r="A351" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B351" t="s">
+        <v>35</v>
+      </c>
+      <c r="D351" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E351" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F351" t="s">
+        <v>64</v>
+      </c>
+      <c r="G351" t="s">
+        <v>11</v>
+      </c>
+      <c r="H351" t="s">
+        <v>65</v>
+      </c>
+      <c r="I351" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10">
+      <c r="A352" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B352" t="s">
+        <v>35</v>
+      </c>
+      <c r="D352" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E352" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F352" t="s">
+        <v>73</v>
+      </c>
+      <c r="G352" t="s">
+        <v>11</v>
+      </c>
+      <c r="H352" t="s">
+        <v>18</v>
+      </c>
+      <c r="I352" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10">
+      <c r="A353" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B353" t="s">
+        <v>35</v>
+      </c>
+      <c r="D353" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E353" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F353" t="s">
+        <v>42</v>
+      </c>
+      <c r="G353" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10">
+      <c r="A354" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B354" t="s">
+        <v>35</v>
+      </c>
+      <c r="D354" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E354" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F354" t="s">
+        <v>70</v>
+      </c>
+      <c r="G354" t="s">
+        <v>11</v>
+      </c>
+      <c r="H354" t="s">
+        <v>71</v>
+      </c>
+      <c r="I354" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10">
+      <c r="A355" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B355" t="s">
+        <v>35</v>
+      </c>
+      <c r="D355" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E355" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F355" t="s">
+        <v>44</v>
+      </c>
+      <c r="G355" t="s">
+        <v>45</v>
+      </c>
+      <c r="H355" t="s">
+        <v>46</v>
+      </c>
+      <c r="I355" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10">
+      <c r="A356" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B356" t="s">
+        <v>35</v>
+      </c>
+      <c r="D356" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E356" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F356" t="s">
+        <v>39</v>
+      </c>
+      <c r="G356" t="s">
+        <v>11</v>
+      </c>
+      <c r="H356" t="s">
+        <v>68</v>
+      </c>
+      <c r="I356" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10">
+      <c r="A357" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B357" t="s">
+        <v>35</v>
+      </c>
+      <c r="D357" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E357" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F357" t="s">
+        <v>48</v>
+      </c>
+      <c r="G357" t="s">
+        <v>11</v>
+      </c>
+      <c r="H357" t="s">
+        <v>49</v>
+      </c>
+      <c r="I357" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10">
+      <c r="A358" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B358" t="s">
+        <v>35</v>
+      </c>
+      <c r="D358" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E358" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F358" t="s">
+        <v>53</v>
+      </c>
+      <c r="G358" t="s">
+        <v>11</v>
+      </c>
+      <c r="H358" t="s">
+        <v>66</v>
+      </c>
+      <c r="I358" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10">
+      <c r="A359" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B359" t="s">
+        <v>35</v>
+      </c>
+      <c r="D359" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E359" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F359" t="s">
+        <v>50</v>
+      </c>
+      <c r="G359" t="s">
+        <v>11</v>
+      </c>
+      <c r="H359" t="s">
+        <v>49</v>
+      </c>
+      <c r="I359" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10">
+      <c r="A360" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B360" t="s">
+        <v>35</v>
+      </c>
+      <c r="D360" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E360" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F360" t="s">
+        <v>51</v>
+      </c>
+      <c r="G360" t="s">
+        <v>11</v>
+      </c>
+      <c r="H360" t="s">
+        <v>52</v>
+      </c>
+      <c r="I360" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10">
+      <c r="A361" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B361" t="s">
+        <v>35</v>
+      </c>
+      <c r="D361" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E361" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F361" t="s">
+        <v>53</v>
+      </c>
+      <c r="G361" t="s">
+        <v>11</v>
+      </c>
+      <c r="H361" t="s">
+        <v>66</v>
+      </c>
+      <c r="I361" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10">
+      <c r="A362" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B362" t="s">
+        <v>35</v>
+      </c>
+      <c r="D362" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E362" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F362" t="s">
+        <v>53</v>
+      </c>
+      <c r="G362" t="s">
+        <v>11</v>
+      </c>
+      <c r="H362" t="s">
+        <v>37</v>
+      </c>
+      <c r="I362" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10">
+      <c r="A363" s="1">
+        <v>46000.0</v>
+      </c>
+      <c r="B363" t="s">
+        <v>35</v>
+      </c>
+      <c r="D363" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E363" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F363" t="s">
+        <v>54</v>
+      </c>
+      <c r="G363" t="s">
+        <v>11</v>
+      </c>
+      <c r="H363" t="s">
+        <v>55</v>
+      </c>
+      <c r="I363" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10">
+      <c r="A364" s="1">
+        <v>46001.0</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="D364" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E364" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F364" t="s">
+        <v>10</v>
+      </c>
+      <c r="G364" t="s">
+        <v>11</v>
+      </c>
+      <c r="H364" t="s">
+        <v>12</v>
+      </c>
+      <c r="I364" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10">
+      <c r="A365" s="1">
+        <v>46001.0</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="D365" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E365" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F365" t="s">
+        <v>53</v>
+      </c>
+      <c r="G365" t="s">
+        <v>11</v>
+      </c>
+      <c r="H365" t="s">
+        <v>74</v>
+      </c>
+      <c r="I365" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10">
+      <c r="A366" s="1">
+        <v>46001.0</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="D366" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E366" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F366" t="s">
+        <v>14</v>
+      </c>
+      <c r="G366" t="s">
+        <v>11</v>
+      </c>
+      <c r="H366" t="s">
+        <v>15</v>
+      </c>
+      <c r="I366" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10">
+      <c r="A367" s="1">
+        <v>46001.0</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="D367" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E367" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F367" t="s">
+        <v>17</v>
+      </c>
+      <c r="G367" t="s">
+        <v>11</v>
+      </c>
+      <c r="H367" t="s">
+        <v>18</v>
+      </c>
+      <c r="I367" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10">
+      <c r="A368" s="1">
+        <v>46001.0</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="D368" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E368" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F368" t="s">
+        <v>53</v>
+      </c>
+      <c r="G368" t="s">
+        <v>11</v>
+      </c>
+      <c r="H368" t="s">
+        <v>18</v>
+      </c>
+      <c r="I368" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10">
+      <c r="A369" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B369" t="s">
+        <v>20</v>
+      </c>
+      <c r="D369" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E369" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F369" t="s">
+        <v>73</v>
+      </c>
+      <c r="G369" t="s">
+        <v>11</v>
+      </c>
+      <c r="H369" t="s">
+        <v>18</v>
+      </c>
+      <c r="I369" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B370" t="s">
+        <v>20</v>
+      </c>
+      <c r="D370" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E370" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F370" t="s">
+        <v>21</v>
+      </c>
+      <c r="G370" t="s">
+        <v>11</v>
+      </c>
+      <c r="H370" t="s">
+        <v>22</v>
+      </c>
+      <c r="I370" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B371" t="s">
+        <v>20</v>
+      </c>
+      <c r="D371" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E371" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F371" t="s">
+        <v>53</v>
+      </c>
+      <c r="G371" t="s">
+        <v>11</v>
+      </c>
+      <c r="H371" t="s">
+        <v>74</v>
+      </c>
+      <c r="I371" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10">
+      <c r="A372" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B372" t="s">
+        <v>20</v>
+      </c>
+      <c r="D372" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E372" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F372" t="s">
+        <v>73</v>
+      </c>
+      <c r="G372" t="s">
+        <v>11</v>
+      </c>
+      <c r="H372" t="s">
+        <v>18</v>
+      </c>
+      <c r="I372" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10">
+      <c r="A373" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B373" t="s">
+        <v>20</v>
+      </c>
+      <c r="D373" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E373" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F373" t="s">
+        <v>21</v>
+      </c>
+      <c r="G373" t="s">
+        <v>11</v>
+      </c>
+      <c r="H373" t="s">
+        <v>22</v>
+      </c>
+      <c r="I373" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10">
+      <c r="A374" s="1">
+        <v>46002.0</v>
+      </c>
+      <c r="B374" t="s">
+        <v>20</v>
+      </c>
+      <c r="D374" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E374" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F374" t="s">
+        <v>24</v>
+      </c>
+      <c r="G374" t="s">
+        <v>11</v>
+      </c>
+      <c r="H374" t="s">
+        <v>25</v>
+      </c>
+      <c r="I374" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" s="1">
+        <v>46003.0</v>
+      </c>
+      <c r="B375" t="s">
+        <v>56</v>
+      </c>
+      <c r="D375" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E375" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F375" t="s">
+        <v>57</v>
+      </c>
+      <c r="G375" t="s">
+        <v>11</v>
+      </c>
+      <c r="H375" t="s">
+        <v>58</v>
+      </c>
+      <c r="I375" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" s="1">
+        <v>46003.0</v>
+      </c>
+      <c r="B376" t="s">
+        <v>56</v>
+      </c>
+      <c r="D376" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E376" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F376" t="s">
+        <v>60</v>
+      </c>
+      <c r="G376" t="s">
+        <v>11</v>
+      </c>
+      <c r="H376" t="s">
+        <v>58</v>
+      </c>
+      <c r="I376" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B377" t="s">
+        <v>27</v>
+      </c>
+      <c r="D377" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E377" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F377" t="s">
+        <v>53</v>
+      </c>
+      <c r="G377" t="s">
+        <v>11</v>
+      </c>
+      <c r="H377" t="s">
+        <v>62</v>
+      </c>
+      <c r="I377" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10">
+      <c r="A378" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B378" t="s">
+        <v>27</v>
+      </c>
+      <c r="D378" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E378" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F378" t="s">
+        <v>14</v>
+      </c>
+      <c r="G378" t="s">
+        <v>11</v>
+      </c>
+      <c r="H378" t="s">
+        <v>28</v>
+      </c>
+      <c r="I378" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10">
+      <c r="A379" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B379" t="s">
+        <v>27</v>
+      </c>
+      <c r="D379" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E379" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F379" t="s">
+        <v>64</v>
+      </c>
+      <c r="G379" t="s">
+        <v>11</v>
+      </c>
+      <c r="H379" t="s">
+        <v>65</v>
+      </c>
+      <c r="I379" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10">
+      <c r="A380" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B380" t="s">
+        <v>27</v>
+      </c>
+      <c r="D380" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E380" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F380" t="s">
+        <v>39</v>
+      </c>
+      <c r="G380" t="s">
+        <v>11</v>
+      </c>
+      <c r="H380" t="s">
+        <v>68</v>
+      </c>
+      <c r="I380" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10">
+      <c r="A381" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B381" t="s">
+        <v>27</v>
+      </c>
+      <c r="D381" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E381" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F381" t="s">
+        <v>29</v>
+      </c>
+      <c r="G381" t="s">
+        <v>11</v>
+      </c>
+      <c r="H381" t="s">
+        <v>30</v>
+      </c>
+      <c r="I381" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10">
+      <c r="A382" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B382" t="s">
+        <v>27</v>
+      </c>
+      <c r="D382" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E382" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F382" t="s">
+        <v>29</v>
+      </c>
+      <c r="G382" t="s">
+        <v>11</v>
+      </c>
+      <c r="H382" t="s">
+        <v>30</v>
+      </c>
+      <c r="I382" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10">
+      <c r="A383" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B383" t="s">
+        <v>27</v>
+      </c>
+      <c r="D383" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E383" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F383" t="s">
+        <v>32</v>
+      </c>
+      <c r="G383" t="s">
+        <v>11</v>
+      </c>
+      <c r="H383" t="s">
+        <v>33</v>
+      </c>
+      <c r="I383" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10">
+      <c r="A384" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B384" t="s">
+        <v>27</v>
+      </c>
+      <c r="D384" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E384" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F384" t="s">
+        <v>39</v>
+      </c>
+      <c r="G384" t="s">
+        <v>11</v>
+      </c>
+      <c r="H384" t="s">
+        <v>68</v>
+      </c>
+      <c r="I384" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10">
+      <c r="A385" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B385" t="s">
+        <v>27</v>
+      </c>
+      <c r="D385" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E385" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F385" t="s">
+        <v>34</v>
+      </c>
+      <c r="G385" t="s">
+        <v>11</v>
+      </c>
+      <c r="H385" t="s">
+        <v>30</v>
+      </c>
+      <c r="I385" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10">
+      <c r="A386" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B386" t="s">
+        <v>27</v>
+      </c>
+      <c r="D386" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E386" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F386" t="s">
+        <v>53</v>
+      </c>
+      <c r="G386" t="s">
+        <v>11</v>
+      </c>
+      <c r="H386" t="s">
+        <v>66</v>
+      </c>
+      <c r="I386" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10">
+      <c r="A387" s="1">
+        <v>46006.0</v>
+      </c>
+      <c r="B387" t="s">
+        <v>27</v>
+      </c>
+      <c r="D387" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E387" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F387" t="s">
+        <v>53</v>
+      </c>
+      <c r="G387" t="s">
+        <v>11</v>
+      </c>
+      <c r="H387" t="s">
+        <v>66</v>
+      </c>
+      <c r="I387" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10">
+      <c r="A388" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B388" t="s">
+        <v>35</v>
+      </c>
+      <c r="D388" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E388" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F388" t="s">
+        <v>36</v>
+      </c>
+      <c r="G388" t="s">
+        <v>11</v>
+      </c>
+      <c r="H388" t="s">
+        <v>37</v>
+      </c>
+      <c r="I388" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10">
+      <c r="A389" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B389" t="s">
+        <v>35</v>
+      </c>
+      <c r="D389" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E389" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F389" t="s">
+        <v>39</v>
+      </c>
+      <c r="G389" t="s">
+        <v>11</v>
+      </c>
+      <c r="H389" t="s">
+        <v>40</v>
+      </c>
+      <c r="I389" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10">
+      <c r="A390" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B390" t="s">
+        <v>35</v>
+      </c>
+      <c r="D390" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E390" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F390" t="s">
+        <v>67</v>
+      </c>
+      <c r="G390" t="s">
+        <v>11</v>
+      </c>
+      <c r="H390" t="s">
+        <v>58</v>
+      </c>
+      <c r="I390" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10">
+      <c r="A391" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B391" t="s">
+        <v>35</v>
+      </c>
+      <c r="D391" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E391" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F391" t="s">
+        <v>39</v>
+      </c>
+      <c r="G391" t="s">
+        <v>11</v>
+      </c>
+      <c r="H391" t="s">
+        <v>40</v>
+      </c>
+      <c r="I391" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10">
+      <c r="A392" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B392" t="s">
+        <v>35</v>
+      </c>
+      <c r="D392" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E392" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F392" t="s">
+        <v>70</v>
+      </c>
+      <c r="G392" t="s">
+        <v>11</v>
+      </c>
+      <c r="H392" t="s">
+        <v>71</v>
+      </c>
+      <c r="I392" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10">
+      <c r="A393" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B393" t="s">
+        <v>35</v>
+      </c>
+      <c r="D393" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E393" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F393" t="s">
+        <v>39</v>
+      </c>
+      <c r="G393" t="s">
+        <v>11</v>
+      </c>
+      <c r="H393" t="s">
+        <v>40</v>
+      </c>
+      <c r="I393" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10">
+      <c r="A394" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B394" t="s">
+        <v>35</v>
+      </c>
+      <c r="D394" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E394" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F394" t="s">
+        <v>64</v>
+      </c>
+      <c r="G394" t="s">
+        <v>11</v>
+      </c>
+      <c r="H394" t="s">
+        <v>65</v>
+      </c>
+      <c r="I394" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10">
+      <c r="A395" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B395" t="s">
+        <v>35</v>
+      </c>
+      <c r="D395" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E395" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F395" t="s">
+        <v>73</v>
+      </c>
+      <c r="G395" t="s">
+        <v>11</v>
+      </c>
+      <c r="H395" t="s">
+        <v>18</v>
+      </c>
+      <c r="I395" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10">
+      <c r="A396" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B396" t="s">
+        <v>35</v>
+      </c>
+      <c r="D396" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E396" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F396" t="s">
+        <v>42</v>
+      </c>
+      <c r="G396" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10">
+      <c r="A397" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B397" t="s">
+        <v>35</v>
+      </c>
+      <c r="D397" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E397" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F397" t="s">
+        <v>70</v>
+      </c>
+      <c r="G397" t="s">
+        <v>11</v>
+      </c>
+      <c r="H397" t="s">
+        <v>71</v>
+      </c>
+      <c r="I397" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10">
+      <c r="A398" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B398" t="s">
+        <v>35</v>
+      </c>
+      <c r="D398" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E398" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F398" t="s">
+        <v>44</v>
+      </c>
+      <c r="G398" t="s">
+        <v>45</v>
+      </c>
+      <c r="H398" t="s">
+        <v>46</v>
+      </c>
+      <c r="I398" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10">
+      <c r="A399" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B399" t="s">
+        <v>35</v>
+      </c>
+      <c r="D399" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E399" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F399" t="s">
+        <v>39</v>
+      </c>
+      <c r="G399" t="s">
+        <v>11</v>
+      </c>
+      <c r="H399" t="s">
+        <v>68</v>
+      </c>
+      <c r="I399" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10">
+      <c r="A400" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B400" t="s">
+        <v>35</v>
+      </c>
+      <c r="D400" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E400" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F400" t="s">
+        <v>48</v>
+      </c>
+      <c r="G400" t="s">
+        <v>11</v>
+      </c>
+      <c r="H400" t="s">
+        <v>49</v>
+      </c>
+      <c r="I400" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10">
+      <c r="A401" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B401" t="s">
+        <v>35</v>
+      </c>
+      <c r="D401" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E401" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F401" t="s">
+        <v>53</v>
+      </c>
+      <c r="G401" t="s">
+        <v>11</v>
+      </c>
+      <c r="H401" t="s">
+        <v>66</v>
+      </c>
+      <c r="I401" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10">
+      <c r="A402" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B402" t="s">
+        <v>35</v>
+      </c>
+      <c r="D402" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E402" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F402" t="s">
+        <v>50</v>
+      </c>
+      <c r="G402" t="s">
+        <v>11</v>
+      </c>
+      <c r="H402" t="s">
+        <v>49</v>
+      </c>
+      <c r="I402" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10">
+      <c r="A403" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B403" t="s">
+        <v>35</v>
+      </c>
+      <c r="D403" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E403" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F403" t="s">
+        <v>51</v>
+      </c>
+      <c r="G403" t="s">
+        <v>11</v>
+      </c>
+      <c r="H403" t="s">
+        <v>52</v>
+      </c>
+      <c r="I403" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10">
+      <c r="A404" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B404" t="s">
+        <v>35</v>
+      </c>
+      <c r="D404" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E404" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F404" t="s">
+        <v>53</v>
+      </c>
+      <c r="G404" t="s">
+        <v>11</v>
+      </c>
+      <c r="H404" t="s">
+        <v>66</v>
+      </c>
+      <c r="I404" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10">
+      <c r="A405" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B405" t="s">
+        <v>35</v>
+      </c>
+      <c r="D405" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E405" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F405" t="s">
+        <v>53</v>
+      </c>
+      <c r="G405" t="s">
+        <v>11</v>
+      </c>
+      <c r="H405" t="s">
+        <v>37</v>
+      </c>
+      <c r="I405" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10">
+      <c r="A406" s="1">
+        <v>46007.0</v>
+      </c>
+      <c r="B406" t="s">
+        <v>35</v>
+      </c>
+      <c r="D406" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E406" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F406" t="s">
+        <v>54</v>
+      </c>
+      <c r="G406" t="s">
+        <v>11</v>
+      </c>
+      <c r="H406" t="s">
+        <v>55</v>
+      </c>
+      <c r="I406" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" s="1">
+        <v>46008.0</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="D407" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E407" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F407" t="s">
+        <v>10</v>
+      </c>
+      <c r="G407" t="s">
+        <v>11</v>
+      </c>
+      <c r="H407" t="s">
+        <v>12</v>
+      </c>
+      <c r="I407" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" s="1">
+        <v>46008.0</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="D408" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E408" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F408" t="s">
+        <v>53</v>
+      </c>
+      <c r="G408" t="s">
+        <v>11</v>
+      </c>
+      <c r="H408" t="s">
+        <v>74</v>
+      </c>
+      <c r="I408" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" s="1">
+        <v>46008.0</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="D409" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E409" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F409" t="s">
+        <v>14</v>
+      </c>
+      <c r="G409" t="s">
+        <v>11</v>
+      </c>
+      <c r="H409" t="s">
+        <v>15</v>
+      </c>
+      <c r="I409" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" s="1">
+        <v>46008.0</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="D410" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E410" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F410" t="s">
+        <v>17</v>
+      </c>
+      <c r="G410" t="s">
+        <v>11</v>
+      </c>
+      <c r="H410" t="s">
+        <v>18</v>
+      </c>
+      <c r="I410" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10">
+      <c r="A411" s="1">
+        <v>46008.0</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="D411" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E411" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F411" t="s">
+        <v>53</v>
+      </c>
+      <c r="G411" t="s">
+        <v>11</v>
+      </c>
+      <c r="H411" t="s">
+        <v>18</v>
+      </c>
+      <c r="I411" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10">
+      <c r="A412" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B412" t="s">
+        <v>20</v>
+      </c>
+      <c r="D412" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E412" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F412" t="s">
+        <v>73</v>
+      </c>
+      <c r="G412" t="s">
+        <v>11</v>
+      </c>
+      <c r="H412" t="s">
+        <v>18</v>
+      </c>
+      <c r="I412" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10">
+      <c r="A413" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B413" t="s">
+        <v>20</v>
+      </c>
+      <c r="D413" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E413" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F413" t="s">
+        <v>21</v>
+      </c>
+      <c r="G413" t="s">
+        <v>11</v>
+      </c>
+      <c r="H413" t="s">
+        <v>22</v>
+      </c>
+      <c r="I413" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10">
+      <c r="A414" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B414" t="s">
+        <v>20</v>
+      </c>
+      <c r="D414" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E414" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F414" t="s">
+        <v>53</v>
+      </c>
+      <c r="G414" t="s">
+        <v>11</v>
+      </c>
+      <c r="H414" t="s">
+        <v>74</v>
+      </c>
+      <c r="I414" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10">
+      <c r="A415" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B415" t="s">
+        <v>20</v>
+      </c>
+      <c r="D415" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E415" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F415" t="s">
+        <v>73</v>
+      </c>
+      <c r="G415" t="s">
+        <v>11</v>
+      </c>
+      <c r="H415" t="s">
+        <v>18</v>
+      </c>
+      <c r="I415" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10">
+      <c r="A416" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B416" t="s">
+        <v>20</v>
+      </c>
+      <c r="D416" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E416" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>11</v>
+      </c>
+      <c r="H416" t="s">
+        <v>22</v>
+      </c>
+      <c r="I416" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10">
+      <c r="A417" s="1">
+        <v>46009.0</v>
+      </c>
+      <c r="B417" t="s">
+        <v>20</v>
+      </c>
+      <c r="D417" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E417" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F417" t="s">
+        <v>24</v>
+      </c>
+      <c r="G417" t="s">
+        <v>11</v>
+      </c>
+      <c r="H417" t="s">
+        <v>25</v>
+      </c>
+      <c r="I417" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10">
+      <c r="A418" s="1">
+        <v>46010.0</v>
+      </c>
+      <c r="B418" t="s">
+        <v>56</v>
+      </c>
+      <c r="D418" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E418" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F418" t="s">
+        <v>57</v>
+      </c>
+      <c r="G418" t="s">
+        <v>11</v>
+      </c>
+      <c r="H418" t="s">
+        <v>58</v>
+      </c>
+      <c r="I418" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10">
+      <c r="A419" s="1">
+        <v>46010.0</v>
+      </c>
+      <c r="B419" t="s">
+        <v>56</v>
+      </c>
+      <c r="D419" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E419" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F419" t="s">
+        <v>60</v>
+      </c>
+      <c r="G419" t="s">
+        <v>11</v>
+      </c>
+      <c r="H419" t="s">
+        <v>58</v>
+      </c>
+      <c r="I419" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10">
+      <c r="A420" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="D420" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E420" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F420" t="s">
+        <v>36</v>
+      </c>
+      <c r="G420" t="s">
+        <v>11</v>
+      </c>
+      <c r="H420" t="s">
+        <v>37</v>
+      </c>
+      <c r="I420" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10">
+      <c r="A421" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="D421" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E421" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F421" t="s">
+        <v>39</v>
+      </c>
+      <c r="G421" t="s">
+        <v>11</v>
+      </c>
+      <c r="H421" t="s">
+        <v>40</v>
+      </c>
+      <c r="I421" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10">
+      <c r="A422" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="D422" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E422" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F422" t="s">
+        <v>67</v>
+      </c>
+      <c r="G422" t="s">
+        <v>11</v>
+      </c>
+      <c r="H422" t="s">
+        <v>58</v>
+      </c>
+      <c r="I422" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10">
+      <c r="A423" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="D423" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E423" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F423" t="s">
+        <v>39</v>
+      </c>
+      <c r="G423" t="s">
+        <v>11</v>
+      </c>
+      <c r="H423" t="s">
+        <v>40</v>
+      </c>
+      <c r="I423" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10">
+      <c r="A424" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="D424" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E424" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F424" t="s">
+        <v>70</v>
+      </c>
+      <c r="G424" t="s">
+        <v>11</v>
+      </c>
+      <c r="H424" t="s">
+        <v>71</v>
+      </c>
+      <c r="I424" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10">
+      <c r="A425" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="D425" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E425" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F425" t="s">
+        <v>39</v>
+      </c>
+      <c r="G425" t="s">
+        <v>11</v>
+      </c>
+      <c r="H425" t="s">
+        <v>40</v>
+      </c>
+      <c r="I425" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10">
+      <c r="A426" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="D426" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E426" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F426" t="s">
+        <v>64</v>
+      </c>
+      <c r="G426" t="s">
+        <v>11</v>
+      </c>
+      <c r="H426" t="s">
+        <v>65</v>
+      </c>
+      <c r="I426" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10">
+      <c r="A427" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="D427" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E427" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F427" t="s">
+        <v>73</v>
+      </c>
+      <c r="G427" t="s">
+        <v>11</v>
+      </c>
+      <c r="H427" t="s">
+        <v>18</v>
+      </c>
+      <c r="I427" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10">
+      <c r="A428" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="D428" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E428" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F428" t="s">
+        <v>42</v>
+      </c>
+      <c r="G428" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10">
+      <c r="A429" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="D429" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E429" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F429" t="s">
+        <v>70</v>
+      </c>
+      <c r="G429" t="s">
+        <v>11</v>
+      </c>
+      <c r="H429" t="s">
+        <v>71</v>
+      </c>
+      <c r="I429" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10">
+      <c r="A430" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="D430" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E430" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F430" t="s">
+        <v>44</v>
+      </c>
+      <c r="G430" t="s">
+        <v>45</v>
+      </c>
+      <c r="H430" t="s">
+        <v>46</v>
+      </c>
+      <c r="I430" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10">
+      <c r="A431" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="D431" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E431" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F431" t="s">
+        <v>39</v>
+      </c>
+      <c r="G431" t="s">
+        <v>11</v>
+      </c>
+      <c r="H431" t="s">
+        <v>68</v>
+      </c>
+      <c r="I431" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10">
+      <c r="A432" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="D432" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E432" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F432" t="s">
+        <v>48</v>
+      </c>
+      <c r="G432" t="s">
+        <v>11</v>
+      </c>
+      <c r="H432" t="s">
+        <v>49</v>
+      </c>
+      <c r="I432" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10">
+      <c r="A433" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="D433" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E433" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F433" t="s">
+        <v>53</v>
+      </c>
+      <c r="G433" t="s">
+        <v>11</v>
+      </c>
+      <c r="H433" t="s">
+        <v>66</v>
+      </c>
+      <c r="I433" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10">
+      <c r="A434" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="D434" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E434" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F434" t="s">
+        <v>50</v>
+      </c>
+      <c r="G434" t="s">
+        <v>11</v>
+      </c>
+      <c r="H434" t="s">
+        <v>49</v>
+      </c>
+      <c r="I434" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10">
+      <c r="A435" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="D435" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E435" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F435" t="s">
+        <v>51</v>
+      </c>
+      <c r="G435" t="s">
+        <v>11</v>
+      </c>
+      <c r="H435" t="s">
+        <v>52</v>
+      </c>
+      <c r="I435" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10">
+      <c r="A436" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="D436" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E436" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F436" t="s">
+        <v>53</v>
+      </c>
+      <c r="G436" t="s">
+        <v>11</v>
+      </c>
+      <c r="H436" t="s">
+        <v>66</v>
+      </c>
+      <c r="I436" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10">
+      <c r="A437" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="D437" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E437" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F437" t="s">
+        <v>53</v>
+      </c>
+      <c r="G437" t="s">
+        <v>11</v>
+      </c>
+      <c r="H437" t="s">
+        <v>37</v>
+      </c>
+      <c r="I437" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10">
+      <c r="A438" s="1">
+        <v>46029.0</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="D438" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E438" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F438" t="s">
+        <v>54</v>
+      </c>
+      <c r="G438" t="s">
+        <v>11</v>
+      </c>
+      <c r="H438" t="s">
+        <v>55</v>
+      </c>
+      <c r="I438" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10">
+      <c r="A439" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B439" t="s">
+        <v>20</v>
+      </c>
+      <c r="D439" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E439" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F439" t="s">
+        <v>73</v>
+      </c>
+      <c r="G439" t="s">
+        <v>11</v>
+      </c>
+      <c r="H439" t="s">
+        <v>18</v>
+      </c>
+      <c r="I439" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10">
+      <c r="A440" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B440" t="s">
+        <v>20</v>
+      </c>
+      <c r="D440" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E440" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F440" t="s">
+        <v>21</v>
+      </c>
+      <c r="G440" t="s">
+        <v>11</v>
+      </c>
+      <c r="H440" t="s">
+        <v>22</v>
+      </c>
+      <c r="I440" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10">
+      <c r="A441" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B441" t="s">
+        <v>20</v>
+      </c>
+      <c r="D441" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E441" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F441" t="s">
+        <v>53</v>
+      </c>
+      <c r="G441" t="s">
+        <v>11</v>
+      </c>
+      <c r="H441" t="s">
+        <v>74</v>
+      </c>
+      <c r="I441" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10">
+      <c r="A442" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B442" t="s">
+        <v>20</v>
+      </c>
+      <c r="D442" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E442" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F442" t="s">
+        <v>73</v>
+      </c>
+      <c r="G442" t="s">
+        <v>11</v>
+      </c>
+      <c r="H442" t="s">
+        <v>18</v>
+      </c>
+      <c r="I442" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10">
+      <c r="A443" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B443" t="s">
+        <v>20</v>
+      </c>
+      <c r="D443" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E443" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F443" t="s">
+        <v>21</v>
+      </c>
+      <c r="G443" t="s">
+        <v>11</v>
+      </c>
+      <c r="H443" t="s">
+        <v>22</v>
+      </c>
+      <c r="I443" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10">
+      <c r="A444" s="1">
+        <v>46030.0</v>
+      </c>
+      <c r="B444" t="s">
+        <v>20</v>
+      </c>
+      <c r="D444" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E444" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F444" t="s">
+        <v>24</v>
+      </c>
+      <c r="G444" t="s">
+        <v>11</v>
+      </c>
+      <c r="H444" t="s">
+        <v>25</v>
+      </c>
+      <c r="I444" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10">
+      <c r="A445" s="1">
+        <v>46031.0</v>
+      </c>
+      <c r="B445" t="s">
+        <v>56</v>
+      </c>
+      <c r="D445" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E445" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F445" t="s">
+        <v>57</v>
+      </c>
+      <c r="G445" t="s">
+        <v>11</v>
+      </c>
+      <c r="H445" t="s">
+        <v>58</v>
+      </c>
+      <c r="I445" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10">
+      <c r="A446" s="1">
+        <v>46031.0</v>
+      </c>
+      <c r="B446" t="s">
+        <v>56</v>
+      </c>
+      <c r="D446" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E446" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F446" t="s">
+        <v>60</v>
+      </c>
+      <c r="G446" t="s">
+        <v>11</v>
+      </c>
+      <c r="H446" t="s">
+        <v>58</v>
+      </c>
+      <c r="I446" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10">
+      <c r="A447" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B447" t="s">
+        <v>27</v>
+      </c>
+      <c r="D447" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E447" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F447" t="s">
+        <v>53</v>
+      </c>
+      <c r="G447" t="s">
+        <v>11</v>
+      </c>
+      <c r="H447" t="s">
+        <v>62</v>
+      </c>
+      <c r="I447" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10">
+      <c r="A448" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B448" t="s">
+        <v>27</v>
+      </c>
+      <c r="D448" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E448" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F448" t="s">
+        <v>14</v>
+      </c>
+      <c r="G448" t="s">
+        <v>11</v>
+      </c>
+      <c r="H448" t="s">
+        <v>28</v>
+      </c>
+      <c r="I448" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10">
+      <c r="A449" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B449" t="s">
+        <v>27</v>
+      </c>
+      <c r="D449" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E449" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F449" t="s">
+        <v>64</v>
+      </c>
+      <c r="G449" t="s">
+        <v>11</v>
+      </c>
+      <c r="H449" t="s">
+        <v>65</v>
+      </c>
+      <c r="I449" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10">
+      <c r="A450" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B450" t="s">
+        <v>27</v>
+      </c>
+      <c r="D450" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E450" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F450" t="s">
+        <v>39</v>
+      </c>
+      <c r="G450" t="s">
+        <v>11</v>
+      </c>
+      <c r="H450" t="s">
+        <v>68</v>
+      </c>
+      <c r="I450" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10">
+      <c r="A451" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B451" t="s">
+        <v>27</v>
+      </c>
+      <c r="D451" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E451" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F451" t="s">
+        <v>29</v>
+      </c>
+      <c r="G451" t="s">
+        <v>11</v>
+      </c>
+      <c r="H451" t="s">
+        <v>30</v>
+      </c>
+      <c r="I451" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10">
+      <c r="A452" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B452" t="s">
+        <v>27</v>
+      </c>
+      <c r="D452" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E452" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F452" t="s">
+        <v>29</v>
+      </c>
+      <c r="G452" t="s">
+        <v>11</v>
+      </c>
+      <c r="H452" t="s">
+        <v>30</v>
+      </c>
+      <c r="I452" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10">
+      <c r="A453" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B453" t="s">
+        <v>27</v>
+      </c>
+      <c r="D453" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E453" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F453" t="s">
+        <v>32</v>
+      </c>
+      <c r="G453" t="s">
+        <v>11</v>
+      </c>
+      <c r="H453" t="s">
+        <v>33</v>
+      </c>
+      <c r="I453" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10">
+      <c r="A454" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B454" t="s">
+        <v>27</v>
+      </c>
+      <c r="D454" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E454" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F454" t="s">
+        <v>39</v>
+      </c>
+      <c r="G454" t="s">
+        <v>11</v>
+      </c>
+      <c r="H454" t="s">
+        <v>68</v>
+      </c>
+      <c r="I454" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10">
+      <c r="A455" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B455" t="s">
+        <v>27</v>
+      </c>
+      <c r="D455" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E455" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F455" t="s">
+        <v>34</v>
+      </c>
+      <c r="G455" t="s">
+        <v>11</v>
+      </c>
+      <c r="H455" t="s">
+        <v>30</v>
+      </c>
+      <c r="I455" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10">
+      <c r="A456" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B456" t="s">
+        <v>27</v>
+      </c>
+      <c r="D456" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E456" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F456" t="s">
+        <v>53</v>
+      </c>
+      <c r="G456" t="s">
+        <v>11</v>
+      </c>
+      <c r="H456" t="s">
+        <v>66</v>
+      </c>
+      <c r="I456" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10">
+      <c r="A457" s="1">
+        <v>46034.0</v>
+      </c>
+      <c r="B457" t="s">
+        <v>27</v>
+      </c>
+      <c r="D457" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E457" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F457" t="s">
+        <v>53</v>
+      </c>
+      <c r="G457" t="s">
+        <v>11</v>
+      </c>
+      <c r="H457" t="s">
+        <v>66</v>
+      </c>
+      <c r="I457" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10">
+      <c r="A458" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B458" t="s">
+        <v>35</v>
+      </c>
+      <c r="D458" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E458" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F458" t="s">
+        <v>36</v>
+      </c>
+      <c r="G458" t="s">
+        <v>11</v>
+      </c>
+      <c r="H458" t="s">
+        <v>37</v>
+      </c>
+      <c r="I458" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10">
+      <c r="A459" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B459" t="s">
+        <v>35</v>
+      </c>
+      <c r="D459" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E459" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F459" t="s">
+        <v>39</v>
+      </c>
+      <c r="G459" t="s">
+        <v>11</v>
+      </c>
+      <c r="H459" t="s">
+        <v>40</v>
+      </c>
+      <c r="I459" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10">
+      <c r="A460" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B460" t="s">
+        <v>35</v>
+      </c>
+      <c r="D460" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E460" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F460" t="s">
+        <v>67</v>
+      </c>
+      <c r="G460" t="s">
+        <v>11</v>
+      </c>
+      <c r="H460" t="s">
+        <v>58</v>
+      </c>
+      <c r="I460" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10">
+      <c r="A461" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B461" t="s">
+        <v>35</v>
+      </c>
+      <c r="D461" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E461" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F461" t="s">
+        <v>39</v>
+      </c>
+      <c r="G461" t="s">
+        <v>11</v>
+      </c>
+      <c r="H461" t="s">
+        <v>40</v>
+      </c>
+      <c r="I461" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10">
+      <c r="A462" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B462" t="s">
+        <v>35</v>
+      </c>
+      <c r="D462" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E462" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F462" t="s">
+        <v>70</v>
+      </c>
+      <c r="G462" t="s">
+        <v>11</v>
+      </c>
+      <c r="H462" t="s">
+        <v>71</v>
+      </c>
+      <c r="I462" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10">
+      <c r="A463" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B463" t="s">
+        <v>35</v>
+      </c>
+      <c r="D463" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E463" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F463" t="s">
+        <v>39</v>
+      </c>
+      <c r="G463" t="s">
+        <v>11</v>
+      </c>
+      <c r="H463" t="s">
+        <v>40</v>
+      </c>
+      <c r="I463" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10">
+      <c r="A464" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B464" t="s">
+        <v>35</v>
+      </c>
+      <c r="D464" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E464" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F464" t="s">
+        <v>64</v>
+      </c>
+      <c r="G464" t="s">
+        <v>11</v>
+      </c>
+      <c r="H464" t="s">
+        <v>65</v>
+      </c>
+      <c r="I464" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10">
+      <c r="A465" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B465" t="s">
+        <v>35</v>
+      </c>
+      <c r="D465" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E465" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F465" t="s">
+        <v>73</v>
+      </c>
+      <c r="G465" t="s">
+        <v>11</v>
+      </c>
+      <c r="H465" t="s">
+        <v>18</v>
+      </c>
+      <c r="I465" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10">
+      <c r="A466" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B466" t="s">
+        <v>35</v>
+      </c>
+      <c r="D466" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E466" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F466" t="s">
+        <v>42</v>
+      </c>
+      <c r="G466" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10">
+      <c r="A467" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B467" t="s">
+        <v>35</v>
+      </c>
+      <c r="D467" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E467" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F467" t="s">
+        <v>70</v>
+      </c>
+      <c r="G467" t="s">
+        <v>11</v>
+      </c>
+      <c r="H467" t="s">
+        <v>71</v>
+      </c>
+      <c r="I467" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10">
+      <c r="A468" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B468" t="s">
+        <v>35</v>
+      </c>
+      <c r="D468" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E468" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F468" t="s">
+        <v>44</v>
+      </c>
+      <c r="G468" t="s">
+        <v>45</v>
+      </c>
+      <c r="H468" t="s">
+        <v>46</v>
+      </c>
+      <c r="I468" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10">
+      <c r="A469" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B469" t="s">
+        <v>35</v>
+      </c>
+      <c r="D469" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E469" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F469" t="s">
+        <v>39</v>
+      </c>
+      <c r="G469" t="s">
+        <v>11</v>
+      </c>
+      <c r="H469" t="s">
+        <v>68</v>
+      </c>
+      <c r="I469" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10">
+      <c r="A470" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B470" t="s">
+        <v>35</v>
+      </c>
+      <c r="D470" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E470" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F470" t="s">
+        <v>48</v>
+      </c>
+      <c r="G470" t="s">
+        <v>11</v>
+      </c>
+      <c r="H470" t="s">
+        <v>49</v>
+      </c>
+      <c r="I470" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10">
+      <c r="A471" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B471" t="s">
+        <v>35</v>
+      </c>
+      <c r="D471" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E471" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F471" t="s">
+        <v>53</v>
+      </c>
+      <c r="G471" t="s">
+        <v>11</v>
+      </c>
+      <c r="H471" t="s">
+        <v>66</v>
+      </c>
+      <c r="I471" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10">
+      <c r="A472" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B472" t="s">
+        <v>35</v>
+      </c>
+      <c r="D472" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E472" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F472" t="s">
+        <v>50</v>
+      </c>
+      <c r="G472" t="s">
+        <v>11</v>
+      </c>
+      <c r="H472" t="s">
+        <v>49</v>
+      </c>
+      <c r="I472" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10">
+      <c r="A473" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B473" t="s">
+        <v>35</v>
+      </c>
+      <c r="D473" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E473" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F473" t="s">
+        <v>51</v>
+      </c>
+      <c r="G473" t="s">
+        <v>11</v>
+      </c>
+      <c r="H473" t="s">
+        <v>52</v>
+      </c>
+      <c r="I473" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10">
+      <c r="A474" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B474" t="s">
+        <v>35</v>
+      </c>
+      <c r="D474" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E474" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F474" t="s">
+        <v>53</v>
+      </c>
+      <c r="G474" t="s">
+        <v>11</v>
+      </c>
+      <c r="H474" t="s">
+        <v>66</v>
+      </c>
+      <c r="I474" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10">
+      <c r="A475" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B475" t="s">
+        <v>35</v>
+      </c>
+      <c r="D475" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E475" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F475" t="s">
+        <v>53</v>
+      </c>
+      <c r="G475" t="s">
+        <v>11</v>
+      </c>
+      <c r="H475" t="s">
+        <v>37</v>
+      </c>
+      <c r="I475" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10">
+      <c r="A476" s="1">
+        <v>46035.0</v>
+      </c>
+      <c r="B476" t="s">
+        <v>35</v>
+      </c>
+      <c r="D476" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E476" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F476" t="s">
+        <v>54</v>
+      </c>
+      <c r="G476" t="s">
+        <v>11</v>
+      </c>
+      <c r="H476" t="s">
+        <v>55</v>
+      </c>
+      <c r="I476" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10">
+      <c r="A477" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="D477" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E477" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F477" t="s">
+        <v>10</v>
+      </c>
+      <c r="G477" t="s">
+        <v>11</v>
+      </c>
+      <c r="H477" t="s">
+        <v>12</v>
+      </c>
+      <c r="I477" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10">
+      <c r="A478" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="D478" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E478" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F478" t="s">
+        <v>53</v>
+      </c>
+      <c r="G478" t="s">
+        <v>11</v>
+      </c>
+      <c r="H478" t="s">
+        <v>74</v>
+      </c>
+      <c r="I478" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10">
+      <c r="A479" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="D479" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E479" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F479" t="s">
+        <v>14</v>
+      </c>
+      <c r="G479" t="s">
+        <v>11</v>
+      </c>
+      <c r="H479" t="s">
+        <v>15</v>
+      </c>
+      <c r="I479" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10">
+      <c r="A480" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="D480" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E480" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F480" t="s">
+        <v>17</v>
+      </c>
+      <c r="G480" t="s">
+        <v>11</v>
+      </c>
+      <c r="H480" t="s">
+        <v>18</v>
+      </c>
+      <c r="I480" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10">
+      <c r="A481" s="1">
+        <v>46036.0</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="D481" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E481" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F481" t="s">
+        <v>53</v>
+      </c>
+      <c r="G481" t="s">
+        <v>11</v>
+      </c>
+      <c r="H481" t="s">
+        <v>18</v>
+      </c>
+      <c r="I481" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10">
+      <c r="A482" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B482" t="s">
+        <v>20</v>
+      </c>
+      <c r="D482" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E482" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F482" t="s">
+        <v>73</v>
+      </c>
+      <c r="G482" t="s">
+        <v>11</v>
+      </c>
+      <c r="H482" t="s">
+        <v>18</v>
+      </c>
+      <c r="I482" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10">
+      <c r="A483" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B483" t="s">
+        <v>20</v>
+      </c>
+      <c r="D483" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E483" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F483" t="s">
+        <v>21</v>
+      </c>
+      <c r="G483" t="s">
+        <v>11</v>
+      </c>
+      <c r="H483" t="s">
+        <v>22</v>
+      </c>
+      <c r="I483" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10">
+      <c r="A484" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B484" t="s">
+        <v>20</v>
+      </c>
+      <c r="D484" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E484" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F484" t="s">
+        <v>53</v>
+      </c>
+      <c r="G484" t="s">
+        <v>11</v>
+      </c>
+      <c r="H484" t="s">
+        <v>74</v>
+      </c>
+      <c r="I484" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10">
+      <c r="A485" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B485" t="s">
+        <v>20</v>
+      </c>
+      <c r="D485" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E485" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F485" t="s">
+        <v>73</v>
+      </c>
+      <c r="G485" t="s">
+        <v>11</v>
+      </c>
+      <c r="H485" t="s">
+        <v>18</v>
+      </c>
+      <c r="I485" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10">
+      <c r="A486" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B486" t="s">
+        <v>20</v>
+      </c>
+      <c r="D486" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E486" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F486" t="s">
+        <v>21</v>
+      </c>
+      <c r="G486" t="s">
+        <v>11</v>
+      </c>
+      <c r="H486" t="s">
+        <v>22</v>
+      </c>
+      <c r="I486" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10">
+      <c r="A487" s="1">
+        <v>46037.0</v>
+      </c>
+      <c r="B487" t="s">
+        <v>20</v>
+      </c>
+      <c r="D487" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E487" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F487" t="s">
+        <v>24</v>
+      </c>
+      <c r="G487" t="s">
+        <v>11</v>
+      </c>
+      <c r="H487" t="s">
+        <v>25</v>
+      </c>
+      <c r="I487" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10">
+      <c r="A488" s="1">
+        <v>46038.0</v>
+      </c>
+      <c r="B488" t="s">
+        <v>56</v>
+      </c>
+      <c r="D488" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E488" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F488" t="s">
+        <v>57</v>
+      </c>
+      <c r="G488" t="s">
+        <v>11</v>
+      </c>
+      <c r="H488" t="s">
+        <v>58</v>
+      </c>
+      <c r="I488" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10">
+      <c r="A489" s="1">
+        <v>46038.0</v>
+      </c>
+      <c r="B489" t="s">
+        <v>56</v>
+      </c>
+      <c r="D489" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E489" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F489" t="s">
+        <v>60</v>
+      </c>
+      <c r="G489" t="s">
+        <v>11</v>
+      </c>
+      <c r="H489" t="s">
+        <v>58</v>
+      </c>
+      <c r="I489" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10">
+      <c r="A490" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B490" t="s">
+        <v>27</v>
+      </c>
+      <c r="D490" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E490" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F490" t="s">
+        <v>53</v>
+      </c>
+      <c r="G490" t="s">
+        <v>11</v>
+      </c>
+      <c r="H490" t="s">
+        <v>62</v>
+      </c>
+      <c r="I490" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10">
+      <c r="A491" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B491" t="s">
+        <v>27</v>
+      </c>
+      <c r="D491" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E491" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F491" t="s">
+        <v>14</v>
+      </c>
+      <c r="G491" t="s">
+        <v>11</v>
+      </c>
+      <c r="H491" t="s">
+        <v>28</v>
+      </c>
+      <c r="I491" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10">
+      <c r="A492" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B492" t="s">
+        <v>27</v>
+      </c>
+      <c r="D492" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E492" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F492" t="s">
+        <v>64</v>
+      </c>
+      <c r="G492" t="s">
+        <v>11</v>
+      </c>
+      <c r="H492" t="s">
+        <v>65</v>
+      </c>
+      <c r="I492" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10">
+      <c r="A493" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B493" t="s">
+        <v>27</v>
+      </c>
+      <c r="D493" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E493" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F493" t="s">
+        <v>39</v>
+      </c>
+      <c r="G493" t="s">
+        <v>11</v>
+      </c>
+      <c r="H493" t="s">
+        <v>68</v>
+      </c>
+      <c r="I493" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10">
+      <c r="A494" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B494" t="s">
+        <v>27</v>
+      </c>
+      <c r="D494" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E494" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F494" t="s">
+        <v>29</v>
+      </c>
+      <c r="G494" t="s">
+        <v>11</v>
+      </c>
+      <c r="H494" t="s">
+        <v>30</v>
+      </c>
+      <c r="I494" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10">
+      <c r="A495" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B495" t="s">
+        <v>27</v>
+      </c>
+      <c r="D495" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E495" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F495" t="s">
+        <v>29</v>
+      </c>
+      <c r="G495" t="s">
+        <v>11</v>
+      </c>
+      <c r="H495" t="s">
+        <v>30</v>
+      </c>
+      <c r="I495" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10">
+      <c r="A496" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B496" t="s">
+        <v>27</v>
+      </c>
+      <c r="D496" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E496" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F496" t="s">
+        <v>32</v>
+      </c>
+      <c r="G496" t="s">
+        <v>11</v>
+      </c>
+      <c r="H496" t="s">
+        <v>33</v>
+      </c>
+      <c r="I496" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="497" spans="1:10">
+      <c r="A497" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B497" t="s">
+        <v>27</v>
+      </c>
+      <c r="D497" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E497" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F497" t="s">
+        <v>39</v>
+      </c>
+      <c r="G497" t="s">
+        <v>11</v>
+      </c>
+      <c r="H497" t="s">
+        <v>68</v>
+      </c>
+      <c r="I497" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10">
+      <c r="A498" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B498" t="s">
+        <v>27</v>
+      </c>
+      <c r="D498" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E498" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F498" t="s">
+        <v>34</v>
+      </c>
+      <c r="G498" t="s">
+        <v>11</v>
+      </c>
+      <c r="H498" t="s">
+        <v>30</v>
+      </c>
+      <c r="I498" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="499" spans="1:10">
+      <c r="A499" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B499" t="s">
+        <v>27</v>
+      </c>
+      <c r="D499" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E499" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F499" t="s">
+        <v>53</v>
+      </c>
+      <c r="G499" t="s">
+        <v>11</v>
+      </c>
+      <c r="H499" t="s">
+        <v>66</v>
+      </c>
+      <c r="I499" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="500" spans="1:10">
+      <c r="A500" s="1">
+        <v>46041.0</v>
+      </c>
+      <c r="B500" t="s">
+        <v>27</v>
+      </c>
+      <c r="D500" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E500" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F500" t="s">
+        <v>53</v>
+      </c>
+      <c r="G500" t="s">
+        <v>11</v>
+      </c>
+      <c r="H500" t="s">
+        <v>66</v>
+      </c>
+      <c r="I500" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="501" spans="1:10">
+      <c r="A501" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B501" t="s">
+        <v>35</v>
+      </c>
+      <c r="D501" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E501" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F501" t="s">
+        <v>36</v>
+      </c>
+      <c r="G501" t="s">
+        <v>11</v>
+      </c>
+      <c r="H501" t="s">
+        <v>37</v>
+      </c>
+      <c r="I501" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="502" spans="1:10">
+      <c r="A502" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B502" t="s">
+        <v>35</v>
+      </c>
+      <c r="D502" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E502" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F502" t="s">
+        <v>39</v>
+      </c>
+      <c r="G502" t="s">
+        <v>11</v>
+      </c>
+      <c r="H502" t="s">
+        <v>40</v>
+      </c>
+      <c r="I502" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="503" spans="1:10">
+      <c r="A503" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B503" t="s">
+        <v>35</v>
+      </c>
+      <c r="D503" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E503" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F503" t="s">
+        <v>67</v>
+      </c>
+      <c r="G503" t="s">
+        <v>11</v>
+      </c>
+      <c r="H503" t="s">
+        <v>58</v>
+      </c>
+      <c r="I503" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="504" spans="1:10">
+      <c r="A504" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B504" t="s">
+        <v>35</v>
+      </c>
+      <c r="D504" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E504" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F504" t="s">
+        <v>39</v>
+      </c>
+      <c r="G504" t="s">
+        <v>11</v>
+      </c>
+      <c r="H504" t="s">
+        <v>40</v>
+      </c>
+      <c r="I504" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="505" spans="1:10">
+      <c r="A505" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B505" t="s">
+        <v>35</v>
+      </c>
+      <c r="D505" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E505" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F505" t="s">
+        <v>70</v>
+      </c>
+      <c r="G505" t="s">
+        <v>11</v>
+      </c>
+      <c r="H505" t="s">
+        <v>71</v>
+      </c>
+      <c r="I505" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="506" spans="1:10">
+      <c r="A506" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B506" t="s">
+        <v>35</v>
+      </c>
+      <c r="D506" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E506" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F506" t="s">
+        <v>39</v>
+      </c>
+      <c r="G506" t="s">
+        <v>11</v>
+      </c>
+      <c r="H506" t="s">
+        <v>40</v>
+      </c>
+      <c r="I506" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="507" spans="1:10">
+      <c r="A507" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B507" t="s">
+        <v>35</v>
+      </c>
+      <c r="D507" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E507" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F507" t="s">
+        <v>64</v>
+      </c>
+      <c r="G507" t="s">
+        <v>11</v>
+      </c>
+      <c r="H507" t="s">
+        <v>65</v>
+      </c>
+      <c r="I507" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="508" spans="1:10">
+      <c r="A508" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B508" t="s">
+        <v>35</v>
+      </c>
+      <c r="D508" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E508" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F508" t="s">
+        <v>73</v>
+      </c>
+      <c r="G508" t="s">
+        <v>11</v>
+      </c>
+      <c r="H508" t="s">
+        <v>18</v>
+      </c>
+      <c r="I508" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="509" spans="1:10">
+      <c r="A509" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B509" t="s">
+        <v>35</v>
+      </c>
+      <c r="D509" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E509" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F509" t="s">
+        <v>42</v>
+      </c>
+      <c r="G509" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B510" t="s">
+        <v>35</v>
+      </c>
+      <c r="D510" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E510" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F510" t="s">
+        <v>70</v>
+      </c>
+      <c r="G510" t="s">
+        <v>11</v>
+      </c>
+      <c r="H510" t="s">
+        <v>71</v>
+      </c>
+      <c r="I510" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B511" t="s">
+        <v>35</v>
+      </c>
+      <c r="D511" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E511" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F511" t="s">
+        <v>44</v>
+      </c>
+      <c r="G511" t="s">
+        <v>45</v>
+      </c>
+      <c r="H511" t="s">
+        <v>46</v>
+      </c>
+      <c r="I511" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B512" t="s">
+        <v>35</v>
+      </c>
+      <c r="D512" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E512" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F512" t="s">
+        <v>39</v>
+      </c>
+      <c r="G512" t="s">
+        <v>11</v>
+      </c>
+      <c r="H512" t="s">
+        <v>68</v>
+      </c>
+      <c r="I512" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B513" t="s">
+        <v>35</v>
+      </c>
+      <c r="D513" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E513" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F513" t="s">
+        <v>48</v>
+      </c>
+      <c r="G513" t="s">
+        <v>11</v>
+      </c>
+      <c r="H513" t="s">
+        <v>49</v>
+      </c>
+      <c r="I513" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B514" t="s">
+        <v>35</v>
+      </c>
+      <c r="D514" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E514" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F514" t="s">
+        <v>53</v>
+      </c>
+      <c r="G514" t="s">
+        <v>11</v>
+      </c>
+      <c r="H514" t="s">
+        <v>66</v>
+      </c>
+      <c r="I514" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B515" t="s">
+        <v>35</v>
+      </c>
+      <c r="D515" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E515" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F515" t="s">
+        <v>50</v>
+      </c>
+      <c r="G515" t="s">
+        <v>11</v>
+      </c>
+      <c r="H515" t="s">
+        <v>49</v>
+      </c>
+      <c r="I515" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B516" t="s">
+        <v>35</v>
+      </c>
+      <c r="D516" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E516" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F516" t="s">
+        <v>51</v>
+      </c>
+      <c r="G516" t="s">
+        <v>11</v>
+      </c>
+      <c r="H516" t="s">
+        <v>52</v>
+      </c>
+      <c r="I516" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="517" spans="1:10">
+      <c r="A517" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B517" t="s">
+        <v>35</v>
+      </c>
+      <c r="D517" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E517" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F517" t="s">
+        <v>53</v>
+      </c>
+      <c r="G517" t="s">
+        <v>11</v>
+      </c>
+      <c r="H517" t="s">
+        <v>66</v>
+      </c>
+      <c r="I517" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="518" spans="1:10">
+      <c r="A518" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B518" t="s">
+        <v>35</v>
+      </c>
+      <c r="D518" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E518" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F518" t="s">
+        <v>53</v>
+      </c>
+      <c r="G518" t="s">
+        <v>11</v>
+      </c>
+      <c r="H518" t="s">
+        <v>37</v>
+      </c>
+      <c r="I518" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="519" spans="1:10">
+      <c r="A519" s="1">
+        <v>46042.0</v>
+      </c>
+      <c r="B519" t="s">
+        <v>35</v>
+      </c>
+      <c r="D519" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E519" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F519" t="s">
+        <v>54</v>
+      </c>
+      <c r="G519" t="s">
+        <v>11</v>
+      </c>
+      <c r="H519" t="s">
+        <v>55</v>
+      </c>
+      <c r="I519" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="520" spans="1:10">
+      <c r="A520" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="D520" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E520" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F520" t="s">
+        <v>10</v>
+      </c>
+      <c r="G520" t="s">
+        <v>11</v>
+      </c>
+      <c r="H520" t="s">
+        <v>12</v>
+      </c>
+      <c r="I520" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="521" spans="1:10">
+      <c r="A521" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="D521" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E521" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F521" t="s">
+        <v>53</v>
+      </c>
+      <c r="G521" t="s">
+        <v>11</v>
+      </c>
+      <c r="H521" t="s">
+        <v>74</v>
+      </c>
+      <c r="I521" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="522" spans="1:10">
+      <c r="A522" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="D522" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E522" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F522" t="s">
+        <v>14</v>
+      </c>
+      <c r="G522" t="s">
+        <v>11</v>
+      </c>
+      <c r="H522" t="s">
+        <v>15</v>
+      </c>
+      <c r="I522" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="523" spans="1:10">
+      <c r="A523" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="D523" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E523" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F523" t="s">
+        <v>17</v>
+      </c>
+      <c r="G523" t="s">
+        <v>11</v>
+      </c>
+      <c r="H523" t="s">
+        <v>18</v>
+      </c>
+      <c r="I523" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="524" spans="1:10">
+      <c r="A524" s="1">
+        <v>46043.0</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="D524" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E524" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F524" t="s">
+        <v>53</v>
+      </c>
+      <c r="G524" t="s">
+        <v>11</v>
+      </c>
+      <c r="H524" t="s">
+        <v>18</v>
+      </c>
+      <c r="I524" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="525" spans="1:10">
+      <c r="A525" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B525" t="s">
+        <v>20</v>
+      </c>
+      <c r="D525" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E525" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F525" t="s">
+        <v>73</v>
+      </c>
+      <c r="G525" t="s">
+        <v>11</v>
+      </c>
+      <c r="H525" t="s">
+        <v>18</v>
+      </c>
+      <c r="I525" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="526" spans="1:10">
+      <c r="A526" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B526" t="s">
+        <v>20</v>
+      </c>
+      <c r="D526" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E526" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F526" t="s">
+        <v>21</v>
+      </c>
+      <c r="G526" t="s">
+        <v>11</v>
+      </c>
+      <c r="H526" t="s">
+        <v>22</v>
+      </c>
+      <c r="I526" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="527" spans="1:10">
+      <c r="A527" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B527" t="s">
+        <v>20</v>
+      </c>
+      <c r="D527" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E527" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F527" t="s">
+        <v>53</v>
+      </c>
+      <c r="G527" t="s">
+        <v>11</v>
+      </c>
+      <c r="H527" t="s">
+        <v>74</v>
+      </c>
+      <c r="I527" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="528" spans="1:10">
+      <c r="A528" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B528" t="s">
+        <v>20</v>
+      </c>
+      <c r="D528" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E528" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F528" t="s">
+        <v>73</v>
+      </c>
+      <c r="G528" t="s">
+        <v>11</v>
+      </c>
+      <c r="H528" t="s">
+        <v>18</v>
+      </c>
+      <c r="I528" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="529" spans="1:10">
+      <c r="A529" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B529" t="s">
+        <v>20</v>
+      </c>
+      <c r="D529" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E529" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F529" t="s">
+        <v>21</v>
+      </c>
+      <c r="G529" t="s">
+        <v>11</v>
+      </c>
+      <c r="H529" t="s">
+        <v>22</v>
+      </c>
+      <c r="I529" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="530" spans="1:10">
+      <c r="A530" s="1">
+        <v>46044.0</v>
+      </c>
+      <c r="B530" t="s">
+        <v>20</v>
+      </c>
+      <c r="D530" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E530" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F530" t="s">
+        <v>24</v>
+      </c>
+      <c r="G530" t="s">
+        <v>11</v>
+      </c>
+      <c r="H530" t="s">
+        <v>25</v>
+      </c>
+      <c r="I530" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="531" spans="1:10">
+      <c r="A531" s="1">
+        <v>46045.0</v>
+      </c>
+      <c r="B531" t="s">
+        <v>56</v>
+      </c>
+      <c r="D531" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E531" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F531" t="s">
+        <v>57</v>
+      </c>
+      <c r="G531" t="s">
+        <v>11</v>
+      </c>
+      <c r="H531" t="s">
+        <v>58</v>
+      </c>
+      <c r="I531" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="532" spans="1:10">
+      <c r="A532" s="1">
+        <v>46045.0</v>
+      </c>
+      <c r="B532" t="s">
+        <v>56</v>
+      </c>
+      <c r="D532" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E532" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F532" t="s">
+        <v>60</v>
+      </c>
+      <c r="G532" t="s">
+        <v>11</v>
+      </c>
+      <c r="H532" t="s">
+        <v>58</v>
+      </c>
+      <c r="I532" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="533" spans="1:10">
+      <c r="A533" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B533" t="s">
+        <v>27</v>
+      </c>
+      <c r="D533" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E533" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F533" t="s">
+        <v>53</v>
+      </c>
+      <c r="G533" t="s">
+        <v>11</v>
+      </c>
+      <c r="H533" t="s">
+        <v>62</v>
+      </c>
+      <c r="I533" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="534" spans="1:10">
+      <c r="A534" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B534" t="s">
+        <v>27</v>
+      </c>
+      <c r="D534" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E534" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F534" t="s">
+        <v>14</v>
+      </c>
+      <c r="G534" t="s">
+        <v>11</v>
+      </c>
+      <c r="H534" t="s">
+        <v>28</v>
+      </c>
+      <c r="I534" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="535" spans="1:10">
+      <c r="A535" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B535" t="s">
+        <v>27</v>
+      </c>
+      <c r="D535" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E535" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F535" t="s">
+        <v>64</v>
+      </c>
+      <c r="G535" t="s">
+        <v>11</v>
+      </c>
+      <c r="H535" t="s">
+        <v>65</v>
+      </c>
+      <c r="I535" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="536" spans="1:10">
+      <c r="A536" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B536" t="s">
+        <v>27</v>
+      </c>
+      <c r="D536" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E536" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F536" t="s">
+        <v>39</v>
+      </c>
+      <c r="G536" t="s">
+        <v>11</v>
+      </c>
+      <c r="H536" t="s">
+        <v>68</v>
+      </c>
+      <c r="I536" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="537" spans="1:10">
+      <c r="A537" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B537" t="s">
+        <v>27</v>
+      </c>
+      <c r="D537" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E537" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F537" t="s">
+        <v>29</v>
+      </c>
+      <c r="G537" t="s">
+        <v>11</v>
+      </c>
+      <c r="H537" t="s">
+        <v>30</v>
+      </c>
+      <c r="I537" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="538" spans="1:10">
+      <c r="A538" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B538" t="s">
+        <v>27</v>
+      </c>
+      <c r="D538" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E538" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F538" t="s">
+        <v>29</v>
+      </c>
+      <c r="G538" t="s">
+        <v>11</v>
+      </c>
+      <c r="H538" t="s">
+        <v>30</v>
+      </c>
+      <c r="I538" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="539" spans="1:10">
+      <c r="A539" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B539" t="s">
+        <v>27</v>
+      </c>
+      <c r="D539" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E539" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F539" t="s">
+        <v>32</v>
+      </c>
+      <c r="G539" t="s">
+        <v>11</v>
+      </c>
+      <c r="H539" t="s">
+        <v>33</v>
+      </c>
+      <c r="I539" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="540" spans="1:10">
+      <c r="A540" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B540" t="s">
+        <v>27</v>
+      </c>
+      <c r="D540" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E540" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F540" t="s">
+        <v>39</v>
+      </c>
+      <c r="G540" t="s">
+        <v>11</v>
+      </c>
+      <c r="H540" t="s">
+        <v>68</v>
+      </c>
+      <c r="I540" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10">
+      <c r="A541" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B541" t="s">
+        <v>27</v>
+      </c>
+      <c r="D541" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E541" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F541" t="s">
+        <v>34</v>
+      </c>
+      <c r="G541" t="s">
+        <v>11</v>
+      </c>
+      <c r="H541" t="s">
+        <v>30</v>
+      </c>
+      <c r="I541" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="542" spans="1:10">
+      <c r="A542" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B542" t="s">
+        <v>27</v>
+      </c>
+      <c r="D542" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E542" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F542" t="s">
+        <v>53</v>
+      </c>
+      <c r="G542" t="s">
+        <v>11</v>
+      </c>
+      <c r="H542" t="s">
+        <v>66</v>
+      </c>
+      <c r="I542" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="543" spans="1:10">
+      <c r="A543" s="1">
+        <v>46048.0</v>
+      </c>
+      <c r="B543" t="s">
+        <v>27</v>
+      </c>
+      <c r="D543" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E543" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F543" t="s">
+        <v>53</v>
+      </c>
+      <c r="G543" t="s">
+        <v>11</v>
+      </c>
+      <c r="H543" t="s">
+        <v>66</v>
+      </c>
+      <c r="I543" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="544" spans="1:10">
+      <c r="A544" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B544" t="s">
+        <v>35</v>
+      </c>
+      <c r="D544" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E544" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F544" t="s">
+        <v>36</v>
+      </c>
+      <c r="G544" t="s">
+        <v>11</v>
+      </c>
+      <c r="H544" t="s">
+        <v>37</v>
+      </c>
+      <c r="I544" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="545" spans="1:10">
+      <c r="A545" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B545" t="s">
+        <v>35</v>
+      </c>
+      <c r="D545" s="2">
+        <v>0.36805555555556</v>
+      </c>
+      <c r="E545" s="2">
+        <v>0.39930555555556</v>
+      </c>
+      <c r="F545" t="s">
+        <v>39</v>
+      </c>
+      <c r="G545" t="s">
+        <v>11</v>
+      </c>
+      <c r="H545" t="s">
+        <v>40</v>
+      </c>
+      <c r="I545" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="546" spans="1:10">
+      <c r="A546" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B546" t="s">
+        <v>35</v>
+      </c>
+      <c r="D546" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E546" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F546" t="s">
+        <v>67</v>
+      </c>
+      <c r="G546" t="s">
+        <v>11</v>
+      </c>
+      <c r="H546" t="s">
+        <v>58</v>
+      </c>
+      <c r="I546" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="547" spans="1:10">
+      <c r="A547" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B547" t="s">
+        <v>35</v>
+      </c>
+      <c r="D547" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E547" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F547" t="s">
+        <v>39</v>
+      </c>
+      <c r="G547" t="s">
+        <v>11</v>
+      </c>
+      <c r="H547" t="s">
+        <v>40</v>
+      </c>
+      <c r="I547" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="548" spans="1:10">
+      <c r="A548" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B548" t="s">
+        <v>35</v>
+      </c>
+      <c r="D548" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="E548" s="2">
+        <v>0.43402777777778</v>
+      </c>
+      <c r="F548" t="s">
+        <v>70</v>
+      </c>
+      <c r="G548" t="s">
+        <v>11</v>
+      </c>
+      <c r="H548" t="s">
+        <v>71</v>
+      </c>
+      <c r="I548" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="549" spans="1:10">
+      <c r="A549" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B549" t="s">
+        <v>35</v>
+      </c>
+      <c r="D549" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E549" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="F549" t="s">
+        <v>39</v>
+      </c>
+      <c r="G549" t="s">
+        <v>11</v>
+      </c>
+      <c r="H549" t="s">
+        <v>40</v>
+      </c>
+      <c r="I549" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="550" spans="1:10">
+      <c r="A550" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B550" t="s">
+        <v>35</v>
+      </c>
+      <c r="D550" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E550" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F550" t="s">
+        <v>64</v>
+      </c>
+      <c r="G550" t="s">
+        <v>11</v>
+      </c>
+      <c r="H550" t="s">
+        <v>65</v>
+      </c>
+      <c r="I550" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="551" spans="1:10">
+      <c r="A551" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B551" t="s">
+        <v>35</v>
+      </c>
+      <c r="D551" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E551" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F551" t="s">
+        <v>73</v>
+      </c>
+      <c r="G551" t="s">
+        <v>11</v>
+      </c>
+      <c r="H551" t="s">
+        <v>18</v>
+      </c>
+      <c r="I551" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="552" spans="1:10">
+      <c r="A552" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B552" t="s">
+        <v>35</v>
+      </c>
+      <c r="D552" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E552" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F552" t="s">
+        <v>42</v>
+      </c>
+      <c r="G552" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="553" spans="1:10">
+      <c r="A553" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B553" t="s">
+        <v>35</v>
+      </c>
+      <c r="D553" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E553" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F553" t="s">
+        <v>70</v>
+      </c>
+      <c r="G553" t="s">
+        <v>11</v>
+      </c>
+      <c r="H553" t="s">
+        <v>71</v>
+      </c>
+      <c r="I553" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="554" spans="1:10">
+      <c r="A554" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B554" t="s">
+        <v>35</v>
+      </c>
+      <c r="D554" s="2">
+        <v>0.58680555555556</v>
+      </c>
+      <c r="E554" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F554" t="s">
+        <v>44</v>
+      </c>
+      <c r="G554" t="s">
+        <v>45</v>
+      </c>
+      <c r="H554" t="s">
+        <v>46</v>
+      </c>
+      <c r="I554" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="555" spans="1:10">
+      <c r="A555" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B555" t="s">
+        <v>35</v>
+      </c>
+      <c r="D555" s="2">
+        <v>0.62152777777778</v>
+      </c>
+      <c r="E555" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="F555" t="s">
+        <v>39</v>
+      </c>
+      <c r="G555" t="s">
+        <v>11</v>
+      </c>
+      <c r="H555" t="s">
+        <v>68</v>
+      </c>
+      <c r="I555" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="556" spans="1:10">
+      <c r="A556" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B556" t="s">
+        <v>35</v>
+      </c>
+      <c r="D556" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E556" s="2">
+        <v>0.68402777777778</v>
+      </c>
+      <c r="F556" t="s">
+        <v>48</v>
+      </c>
+      <c r="G556" t="s">
+        <v>11</v>
+      </c>
+      <c r="H556" t="s">
+        <v>49</v>
+      </c>
+      <c r="I556" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="557" spans="1:10">
+      <c r="A557" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B557" t="s">
+        <v>35</v>
+      </c>
+      <c r="D557" s="2">
+        <v>0.65972222222222</v>
+      </c>
+      <c r="E557" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="F557" t="s">
+        <v>53</v>
+      </c>
+      <c r="G557" t="s">
+        <v>11</v>
+      </c>
+      <c r="H557" t="s">
+        <v>66</v>
+      </c>
+      <c r="I557" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="558" spans="1:10">
+      <c r="A558" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B558" t="s">
+        <v>35</v>
+      </c>
+      <c r="D558" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E558" s="2">
+        <v>0.71875</v>
+      </c>
+      <c r="F558" t="s">
+        <v>50</v>
+      </c>
+      <c r="G558" t="s">
+        <v>11</v>
+      </c>
+      <c r="H558" t="s">
+        <v>49</v>
+      </c>
+      <c r="I558" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="559" spans="1:10">
+      <c r="A559" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B559" t="s">
+        <v>35</v>
+      </c>
+      <c r="D559" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E559" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F559" t="s">
+        <v>51</v>
+      </c>
+      <c r="G559" t="s">
+        <v>11</v>
+      </c>
+      <c r="H559" t="s">
+        <v>52</v>
+      </c>
+      <c r="I559" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="560" spans="1:10">
+      <c r="A560" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B560" t="s">
+        <v>35</v>
+      </c>
+      <c r="D560" s="2">
+        <v>0.69444444444444</v>
+      </c>
+      <c r="E560" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="F560" t="s">
+        <v>53</v>
+      </c>
+      <c r="G560" t="s">
+        <v>11</v>
+      </c>
+      <c r="H560" t="s">
+        <v>66</v>
+      </c>
+      <c r="I560" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="561" spans="1:10">
+      <c r="A561" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B561" t="s">
+        <v>35</v>
+      </c>
+      <c r="D561" s="2">
+        <v>0.72569444444444</v>
+      </c>
+      <c r="E561" s="2">
+        <v>0.75694444444444</v>
+      </c>
+      <c r="F561" t="s">
+        <v>53</v>
+      </c>
+      <c r="G561" t="s">
+        <v>11</v>
+      </c>
+      <c r="H561" t="s">
+        <v>37</v>
+      </c>
+      <c r="I561" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="562" spans="1:10">
+      <c r="A562" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B562" t="s">
+        <v>35</v>
+      </c>
+      <c r="D562" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E562" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F562" t="s">
+        <v>54</v>
+      </c>
+      <c r="G562" t="s">
+        <v>11</v>
+      </c>
+      <c r="H562" t="s">
+        <v>55</v>
+      </c>
+      <c r="I562" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="563" spans="1:10">
+      <c r="A563" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="D563" s="2">
+        <v>0.44444444444444</v>
+      </c>
+      <c r="E563" s="2">
+        <v>0.47569444444444</v>
+      </c>
+      <c r="F563" t="s">
+        <v>10</v>
+      </c>
+      <c r="G563" t="s">
+        <v>11</v>
+      </c>
+      <c r="H563" t="s">
+        <v>12</v>
+      </c>
+      <c r="I563" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="564" spans="1:10">
+      <c r="A564" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="D564" s="2">
+        <v>0.51388888888889</v>
+      </c>
+      <c r="E564" s="2">
+        <v>0.54513888888889</v>
+      </c>
+      <c r="F564" t="s">
+        <v>53</v>
+      </c>
+      <c r="G564" t="s">
+        <v>11</v>
+      </c>
+      <c r="H564" t="s">
+        <v>74</v>
+      </c>
+      <c r="I564" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="565" spans="1:10">
+      <c r="A565" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="D565" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E565" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="F565" t="s">
+        <v>14</v>
+      </c>
+      <c r="G565" t="s">
+        <v>11</v>
+      </c>
+      <c r="H565" t="s">
+        <v>15</v>
+      </c>
+      <c r="I565" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566" spans="1:10">
+      <c r="A566" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="D566" s="2">
+        <v>0.77083333333333</v>
+      </c>
+      <c r="E566" s="2">
+        <v>0.83333333333333</v>
+      </c>
+      <c r="F566" t="s">
+        <v>17</v>
+      </c>
+      <c r="G566" t="s">
+        <v>11</v>
+      </c>
+      <c r="H566" t="s">
+        <v>18</v>
+      </c>
+      <c r="I566" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="567" spans="1:10">
+      <c r="A567" s="1">
+        <v>46050.0</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="D567" s="2">
+        <v>0.83680555555556</v>
+      </c>
+      <c r="E567" s="2">
+        <v>0.86805555555556</v>
+      </c>
+      <c r="F567" t="s">
+        <v>53</v>
+      </c>
+      <c r="G567" t="s">
+        <v>11</v>
+      </c>
+      <c r="H567" t="s">
+        <v>18</v>
+      </c>
+      <c r="I567" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="568" spans="1:10">
+      <c r="A568" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B568" t="s">
+        <v>20</v>
+      </c>
+      <c r="D568" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E568" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F568" t="s">
+        <v>73</v>
+      </c>
+      <c r="G568" t="s">
+        <v>11</v>
+      </c>
+      <c r="H568" t="s">
+        <v>18</v>
+      </c>
+      <c r="I568" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="569" spans="1:10">
+      <c r="A569" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B569" t="s">
+        <v>20</v>
+      </c>
+      <c r="D569" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E569" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F569" t="s">
+        <v>21</v>
+      </c>
+      <c r="G569" t="s">
+        <v>11</v>
+      </c>
+      <c r="H569" t="s">
+        <v>22</v>
+      </c>
+      <c r="I569" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="570" spans="1:10">
+      <c r="A570" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B570" t="s">
+        <v>20</v>
+      </c>
+      <c r="D570" s="2">
+        <v>0.44097222222222</v>
+      </c>
+      <c r="E570" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F570" t="s">
+        <v>53</v>
+      </c>
+      <c r="G570" t="s">
+        <v>11</v>
+      </c>
+      <c r="H570" t="s">
+        <v>74</v>
+      </c>
+      <c r="I570" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="571" spans="1:10">
+      <c r="A571" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B571" t="s">
+        <v>20</v>
+      </c>
+      <c r="D571" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E571" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F571" t="s">
+        <v>73</v>
+      </c>
+      <c r="G571" t="s">
+        <v>11</v>
+      </c>
+      <c r="H571" t="s">
+        <v>18</v>
+      </c>
+      <c r="I571" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="572" spans="1:10">
+      <c r="A572" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B572" t="s">
+        <v>20</v>
+      </c>
+      <c r="D572" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E572" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F572" t="s">
+        <v>21</v>
+      </c>
+      <c r="G572" t="s">
+        <v>11</v>
+      </c>
+      <c r="H572" t="s">
+        <v>22</v>
+      </c>
+      <c r="I572" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="573" spans="1:10">
+      <c r="A573" s="1">
+        <v>46051.0</v>
+      </c>
+      <c r="B573" t="s">
+        <v>20</v>
+      </c>
+      <c r="D573" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E573" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F573" t="s">
+        <v>24</v>
+      </c>
+      <c r="G573" t="s">
+        <v>11</v>
+      </c>
+      <c r="H573" t="s">
+        <v>25</v>
+      </c>
+      <c r="I573" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="574" spans="1:10">
+      <c r="A574" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B574" t="s">
+        <v>56</v>
+      </c>
+      <c r="D574" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E574" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F574" t="s">
+        <v>57</v>
+      </c>
+      <c r="G574" t="s">
+        <v>11</v>
+      </c>
+      <c r="H574" t="s">
+        <v>58</v>
+      </c>
+      <c r="I574" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="575" spans="1:10">
+      <c r="A575" s="1">
+        <v>46052.0</v>
+      </c>
+      <c r="B575" t="s">
+        <v>56</v>
+      </c>
+      <c r="D575" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E575" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F575" t="s">
+        <v>60</v>
+      </c>
+      <c r="G575" t="s">
+        <v>11</v>
+      </c>
+      <c r="H575" t="s">
+        <v>58</v>
+      </c>
+      <c r="I575" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="576" spans="1:10">
+      <c r="A576" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B576" t="s">
+        <v>27</v>
+      </c>
+      <c r="D576" s="2">
+        <v>0.37152777777778</v>
+      </c>
+      <c r="E576" s="2">
+        <v>0.40277777777778</v>
+      </c>
+      <c r="F576" t="s">
+        <v>53</v>
+      </c>
+      <c r="G576" t="s">
+        <v>11</v>
+      </c>
+      <c r="H576" t="s">
+        <v>62</v>
+      </c>
+      <c r="I576" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="577" spans="1:10">
+      <c r="A577" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B577" t="s">
+        <v>27</v>
+      </c>
+      <c r="D577" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="E577" s="2">
+        <v>0.47222222222222</v>
+      </c>
+      <c r="F577" t="s">
+        <v>14</v>
+      </c>
+      <c r="G577" t="s">
+        <v>11</v>
+      </c>
+      <c r="H577" t="s">
+        <v>28</v>
+      </c>
+      <c r="I577" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="578" spans="1:10">
+      <c r="A578" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B578" t="s">
+        <v>27</v>
+      </c>
+      <c r="D578" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E578" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="F578" t="s">
+        <v>64</v>
+      </c>
+      <c r="G578" t="s">
+        <v>11</v>
+      </c>
+      <c r="H578" t="s">
+        <v>65</v>
+      </c>
+      <c r="I578" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="579" spans="1:10">
+      <c r="A579" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B579" t="s">
+        <v>27</v>
+      </c>
+      <c r="D579" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E579" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F579" t="s">
+        <v>39</v>
+      </c>
+      <c r="G579" t="s">
+        <v>11</v>
+      </c>
+      <c r="H579" t="s">
+        <v>68</v>
+      </c>
+      <c r="I579" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="580" spans="1:10">
+      <c r="A580" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B580" t="s">
+        <v>27</v>
+      </c>
+      <c r="D580" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E580" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F580" t="s">
+        <v>29</v>
+      </c>
+      <c r="G580" t="s">
+        <v>11</v>
+      </c>
+      <c r="H580" t="s">
+        <v>30</v>
+      </c>
+      <c r="I580" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="581" spans="1:10">
+      <c r="A581" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B581" t="s">
+        <v>27</v>
+      </c>
+      <c r="D581" s="2">
+        <v>0.61805555555556</v>
+      </c>
+      <c r="E581" s="2">
+        <v>0.64930555555556</v>
+      </c>
+      <c r="F581" t="s">
+        <v>29</v>
+      </c>
+      <c r="G581" t="s">
+        <v>11</v>
+      </c>
+      <c r="H581" t="s">
+        <v>30</v>
+      </c>
+      <c r="I581" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="582" spans="1:10">
+      <c r="A582" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B582" t="s">
+        <v>27</v>
+      </c>
+      <c r="D582" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E582" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F582" t="s">
+        <v>32</v>
+      </c>
+      <c r="G582" t="s">
+        <v>11</v>
+      </c>
+      <c r="H582" t="s">
+        <v>33</v>
+      </c>
+      <c r="I582" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="583" spans="1:10">
+      <c r="A583" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B583" t="s">
+        <v>27</v>
+      </c>
+      <c r="D583" s="2">
+        <v>0.72222222222222</v>
+      </c>
+      <c r="E583" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F583" t="s">
+        <v>39</v>
+      </c>
+      <c r="G583" t="s">
+        <v>11</v>
+      </c>
+      <c r="H583" t="s">
+        <v>68</v>
+      </c>
+      <c r="I583" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="584" spans="1:10">
+      <c r="A584" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B584" t="s">
+        <v>27</v>
+      </c>
+      <c r="D584" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="E584" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="F584" t="s">
+        <v>34</v>
+      </c>
+      <c r="G584" t="s">
+        <v>11</v>
+      </c>
+      <c r="H584" t="s">
+        <v>30</v>
+      </c>
+      <c r="I584" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="585" spans="1:10">
+      <c r="A585" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B585" t="s">
+        <v>27</v>
+      </c>
+      <c r="D585" s="2">
+        <v>0.79166666666667</v>
+      </c>
+      <c r="E585" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="F585" t="s">
+        <v>53</v>
+      </c>
+      <c r="G585" t="s">
+        <v>11</v>
+      </c>
+      <c r="H585" t="s">
+        <v>66</v>
+      </c>
+      <c r="I585" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="586" spans="1:10">
+      <c r="A586" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B586" t="s">
+        <v>27</v>
+      </c>
+      <c r="D586" s="2">
+        <v>0.82638888888889</v>
+      </c>
+      <c r="E586" s="2">
+        <v>0.85763888888889</v>
+      </c>
+      <c r="F586" t="s">
+        <v>53</v>
+      </c>
+      <c r="G586" t="s">
+        <v>11</v>
+      </c>
+      <c r="H586" t="s">
+        <v>66</v>
+      </c>
+      <c r="I586" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>