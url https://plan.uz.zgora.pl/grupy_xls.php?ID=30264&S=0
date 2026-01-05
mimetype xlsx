--- v1 (2025-11-18)
+++ v2 (2026-01-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -240,50 +240,53 @@
     <t>Propedeutyka kompozycji/Dyrygowanie (Ć)</t>
   </si>
   <si>
     <t>dr Monika Hanus -Kobus</t>
   </si>
   <si>
     <t>106 A-15</t>
   </si>
   <si>
     <t>Fortrepian (Ć)</t>
   </si>
   <si>
     <t>mgr Kamil Wrona</t>
   </si>
   <si>
     <t>101 A-15</t>
   </si>
   <si>
     <t>Śpiew lub instrument II MJ (Ć)</t>
   </si>
   <si>
     <t>dr hab. Marzanna Rudnicka - Pogłud, prof. UZ</t>
   </si>
   <si>
     <t>3 A-15</t>
+  </si>
+  <si>
+    <t>05a A-15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -591,54 +594,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J586"/>
+  <dimension ref="A1:J585"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E586" sqref="E586"/>
+      <selection activeCell="E585" sqref="E585"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7744,150 +7747,150 @@
       </c>
       <c r="B276" t="s">
         <v>35</v>
       </c>
       <c r="D276" s="2">
         <v>0.72569444444444</v>
       </c>
       <c r="E276" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F276" t="s">
         <v>53</v>
       </c>
       <c r="G276" t="s">
         <v>11</v>
       </c>
       <c r="H276" t="s">
         <v>37</v>
       </c>
       <c r="I276" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B277" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D277" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E277" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F277" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G277" t="s">
         <v>11</v>
       </c>
       <c r="H277" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="I277" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
         <v>45987.0</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="D278" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E278" s="2">
-        <v>0.47569444444444</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F278" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G278" t="s">
         <v>11</v>
       </c>
       <c r="H278" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="I278" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
         <v>45987.0</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="2">
-        <v>0.51388888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E279" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F279" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G279" t="s">
         <v>11</v>
       </c>
       <c r="H279" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="I279" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
         <v>45987.0</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="D280" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E280" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F280" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G280" t="s">
         <v>11</v>
       </c>
       <c r="H280" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I280" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
         <v>45987.0</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="D281" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E281" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F281" t="s">
         <v>17</v>
       </c>
       <c r="G281" t="s">
         <v>11</v>
       </c>
       <c r="H281" t="s">
         <v>18</v>
       </c>
       <c r="I281" t="s">
@@ -7947,51 +7950,51 @@
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
         <v>45988.0</v>
       </c>
       <c r="B284" t="s">
         <v>20</v>
       </c>
       <c r="D284" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E284" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>11</v>
       </c>
       <c r="H284" t="s">
         <v>22</v>
       </c>
       <c r="I284" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
         <v>45988.0</v>
       </c>
       <c r="B285" t="s">
         <v>20</v>
       </c>
       <c r="D285" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E285" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F285" t="s">
         <v>53</v>
       </c>
       <c r="G285" t="s">
         <v>11</v>
       </c>
       <c r="H285" t="s">
         <v>74</v>
       </c>
       <c r="I285" t="s">
@@ -8025,51 +8028,51 @@
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
         <v>45988.0</v>
       </c>
       <c r="B287" t="s">
         <v>20</v>
       </c>
       <c r="D287" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E287" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287" t="s">
         <v>11</v>
       </c>
       <c r="H287" t="s">
         <v>22</v>
       </c>
       <c r="I287" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
         <v>45988.0</v>
       </c>
       <c r="B288" t="s">
         <v>20</v>
       </c>
       <c r="D288" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E288" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F288" t="s">
         <v>24</v>
       </c>
       <c r="G288" t="s">
         <v>11</v>
       </c>
       <c r="H288" t="s">
         <v>25</v>
       </c>
       <c r="I288" t="s">
@@ -8856,150 +8859,150 @@
       </c>
       <c r="B319" t="s">
         <v>35</v>
       </c>
       <c r="D319" s="2">
         <v>0.72569444444444</v>
       </c>
       <c r="E319" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F319" t="s">
         <v>53</v>
       </c>
       <c r="G319" t="s">
         <v>11</v>
       </c>
       <c r="H319" t="s">
         <v>37</v>
       </c>
       <c r="I319" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B320" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D320" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E320" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F320" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G320" t="s">
         <v>11</v>
       </c>
       <c r="H320" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="I320" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
         <v>45994.0</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="D321" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E321" s="2">
-        <v>0.47569444444444</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F321" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G321" t="s">
         <v>11</v>
       </c>
       <c r="H321" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="I321" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="1">
         <v>45994.0</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="D322" s="2">
-        <v>0.51388888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E322" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F322" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G322" t="s">
         <v>11</v>
       </c>
       <c r="H322" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="I322" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
         <v>45994.0</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="D323" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E323" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F323" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G323" t="s">
         <v>11</v>
       </c>
       <c r="H323" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I323" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
         <v>45994.0</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="D324" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E324" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F324" t="s">
         <v>17</v>
       </c>
       <c r="G324" t="s">
         <v>11</v>
       </c>
       <c r="H324" t="s">
         <v>18</v>
       </c>
       <c r="I324" t="s">
@@ -9059,51 +9062,51 @@
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="1">
         <v>45995.0</v>
       </c>
       <c r="B327" t="s">
         <v>20</v>
       </c>
       <c r="D327" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E327" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F327" t="s">
         <v>21</v>
       </c>
       <c r="G327" t="s">
         <v>11</v>
       </c>
       <c r="H327" t="s">
         <v>22</v>
       </c>
       <c r="I327" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="1">
         <v>45995.0</v>
       </c>
       <c r="B328" t="s">
         <v>20</v>
       </c>
       <c r="D328" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E328" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F328" t="s">
         <v>53</v>
       </c>
       <c r="G328" t="s">
         <v>11</v>
       </c>
       <c r="H328" t="s">
         <v>74</v>
       </c>
       <c r="I328" t="s">
@@ -9137,51 +9140,51 @@
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
         <v>45995.0</v>
       </c>
       <c r="B330" t="s">
         <v>20</v>
       </c>
       <c r="D330" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E330" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F330" t="s">
         <v>21</v>
       </c>
       <c r="G330" t="s">
         <v>11</v>
       </c>
       <c r="H330" t="s">
         <v>22</v>
       </c>
       <c r="I330" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
         <v>45995.0</v>
       </c>
       <c r="B331" t="s">
         <v>20</v>
       </c>
       <c r="D331" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E331" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F331" t="s">
         <v>24</v>
       </c>
       <c r="G331" t="s">
         <v>11</v>
       </c>
       <c r="H331" t="s">
         <v>25</v>
       </c>
       <c r="I331" t="s">
@@ -9968,150 +9971,150 @@
       </c>
       <c r="B362" t="s">
         <v>35</v>
       </c>
       <c r="D362" s="2">
         <v>0.72569444444444</v>
       </c>
       <c r="E362" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F362" t="s">
         <v>53</v>
       </c>
       <c r="G362" t="s">
         <v>11</v>
       </c>
       <c r="H362" t="s">
         <v>37</v>
       </c>
       <c r="I362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B363" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D363" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E363" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F363" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G363" t="s">
         <v>11</v>
       </c>
       <c r="H363" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="I363" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
         <v>46001.0</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="D364" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E364" s="2">
-        <v>0.47569444444444</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F364" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G364" t="s">
         <v>11</v>
       </c>
       <c r="H364" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="I364" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
         <v>46001.0</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="D365" s="2">
-        <v>0.51388888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E365" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F365" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G365" t="s">
         <v>11</v>
       </c>
       <c r="H365" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="I365" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>46001.0</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="D366" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E366" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F366" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G366" t="s">
         <v>11</v>
       </c>
       <c r="H366" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I366" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>46001.0</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="D367" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E367" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F367" t="s">
         <v>17</v>
       </c>
       <c r="G367" t="s">
         <v>11</v>
       </c>
       <c r="H367" t="s">
         <v>18</v>
       </c>
       <c r="I367" t="s">
@@ -10171,51 +10174,51 @@
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
         <v>46002.0</v>
       </c>
       <c r="B370" t="s">
         <v>20</v>
       </c>
       <c r="D370" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E370" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F370" t="s">
         <v>21</v>
       </c>
       <c r="G370" t="s">
         <v>11</v>
       </c>
       <c r="H370" t="s">
         <v>22</v>
       </c>
       <c r="I370" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
         <v>46002.0</v>
       </c>
       <c r="B371" t="s">
         <v>20</v>
       </c>
       <c r="D371" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E371" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F371" t="s">
         <v>53</v>
       </c>
       <c r="G371" t="s">
         <v>11</v>
       </c>
       <c r="H371" t="s">
         <v>74</v>
       </c>
       <c r="I371" t="s">
@@ -10249,51 +10252,51 @@
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>46002.0</v>
       </c>
       <c r="B373" t="s">
         <v>20</v>
       </c>
       <c r="D373" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E373" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F373" t="s">
         <v>21</v>
       </c>
       <c r="G373" t="s">
         <v>11</v>
       </c>
       <c r="H373" t="s">
         <v>22</v>
       </c>
       <c r="I373" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
         <v>46002.0</v>
       </c>
       <c r="B374" t="s">
         <v>20</v>
       </c>
       <c r="D374" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E374" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F374" t="s">
         <v>24</v>
       </c>
       <c r="G374" t="s">
         <v>11</v>
       </c>
       <c r="H374" t="s">
         <v>25</v>
       </c>
       <c r="I374" t="s">
@@ -11080,150 +11083,150 @@
       </c>
       <c r="B405" t="s">
         <v>35</v>
       </c>
       <c r="D405" s="2">
         <v>0.72569444444444</v>
       </c>
       <c r="E405" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F405" t="s">
         <v>53</v>
       </c>
       <c r="G405" t="s">
         <v>11</v>
       </c>
       <c r="H405" t="s">
         <v>37</v>
       </c>
       <c r="I405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B406" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D406" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E406" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F406" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G406" t="s">
         <v>11</v>
       </c>
       <c r="H406" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="I406" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="1">
         <v>46008.0</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="D407" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E407" s="2">
-        <v>0.47569444444444</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F407" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G407" t="s">
         <v>11</v>
       </c>
       <c r="H407" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="I407" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="1">
         <v>46008.0</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="D408" s="2">
-        <v>0.51388888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E408" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F408" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G408" t="s">
         <v>11</v>
       </c>
       <c r="H408" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="I408" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="1">
         <v>46008.0</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="D409" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E409" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F409" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G409" t="s">
         <v>11</v>
       </c>
       <c r="H409" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="I409" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="1">
         <v>46008.0</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="D410" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E410" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F410" t="s">
         <v>17</v>
       </c>
       <c r="G410" t="s">
         <v>11</v>
       </c>
       <c r="H410" t="s">
         <v>18</v>
       </c>
       <c r="I410" t="s">
@@ -11283,51 +11286,51 @@
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="1">
         <v>46009.0</v>
       </c>
       <c r="B413" t="s">
         <v>20</v>
       </c>
       <c r="D413" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E413" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F413" t="s">
         <v>21</v>
       </c>
       <c r="G413" t="s">
         <v>11</v>
       </c>
       <c r="H413" t="s">
         <v>22</v>
       </c>
       <c r="I413" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="1">
         <v>46009.0</v>
       </c>
       <c r="B414" t="s">
         <v>20</v>
       </c>
       <c r="D414" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E414" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F414" t="s">
         <v>53</v>
       </c>
       <c r="G414" t="s">
         <v>11</v>
       </c>
       <c r="H414" t="s">
         <v>74</v>
       </c>
       <c r="I414" t="s">
@@ -11361,51 +11364,51 @@
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="1">
         <v>46009.0</v>
       </c>
       <c r="B416" t="s">
         <v>20</v>
       </c>
       <c r="D416" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E416" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F416" t="s">
         <v>21</v>
       </c>
       <c r="G416" t="s">
         <v>11</v>
       </c>
       <c r="H416" t="s">
         <v>22</v>
       </c>
       <c r="I416" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="1">
         <v>46009.0</v>
       </c>
       <c r="B417" t="s">
         <v>20</v>
       </c>
       <c r="D417" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E417" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F417" t="s">
         <v>24</v>
       </c>
       <c r="G417" t="s">
         <v>11</v>
       </c>
       <c r="H417" t="s">
         <v>25</v>
       </c>
       <c r="I417" t="s">
@@ -11906,3901 +11909,3875 @@
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="D437" s="2">
         <v>0.72569444444444</v>
       </c>
       <c r="E437" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F437" t="s">
         <v>53</v>
       </c>
       <c r="G437" t="s">
         <v>11</v>
       </c>
       <c r="H437" t="s">
         <v>37</v>
       </c>
       <c r="I437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B438" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D438" s="2">
-        <v>0.76041666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E438" s="2">
-        <v>0.82291666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F438" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="G438" t="s">
         <v>11</v>
       </c>
       <c r="H438" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="I438" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="1">
         <v>46030.0</v>
       </c>
       <c r="B439" t="s">
         <v>20</v>
       </c>
       <c r="D439" s="2">
-        <v>0.41666666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E439" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F439" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G439" t="s">
         <v>11</v>
       </c>
       <c r="H439" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I439" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="1">
         <v>46030.0</v>
       </c>
       <c r="B440" t="s">
         <v>20</v>
       </c>
       <c r="D440" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E440" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F440" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G440" t="s">
         <v>11</v>
       </c>
       <c r="H440" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="I440" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="1">
         <v>46030.0</v>
       </c>
       <c r="B441" t="s">
         <v>20</v>
       </c>
       <c r="D441" s="2">
-        <v>0.44097222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E441" s="2">
-        <v>0.47222222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F441" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G441" t="s">
         <v>11</v>
       </c>
       <c r="H441" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="I441" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="1">
         <v>46030.0</v>
       </c>
       <c r="B442" t="s">
         <v>20</v>
       </c>
       <c r="D442" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E442" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F442" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G442" t="s">
         <v>11</v>
       </c>
       <c r="H442" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I442" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="1">
         <v>46030.0</v>
       </c>
       <c r="B443" t="s">
         <v>20</v>
       </c>
       <c r="D443" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E443" s="2">
-        <v>0.51041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F443" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G443" t="s">
         <v>11</v>
       </c>
       <c r="H443" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I443" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B444" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D444" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E444" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F444" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G444" t="s">
         <v>11</v>
       </c>
       <c r="H444" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I444" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="1">
         <v>46031.0</v>
       </c>
       <c r="B445" t="s">
         <v>56</v>
       </c>
       <c r="D445" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E445" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F445" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G445" t="s">
         <v>11</v>
       </c>
       <c r="H445" t="s">
         <v>58</v>
       </c>
       <c r="I445" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B446" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D446" s="2">
-        <v>0.40625</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E446" s="2">
-        <v>0.4375</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F446" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="G446" t="s">
         <v>11</v>
       </c>
       <c r="H446" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I446" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="1">
         <v>46034.0</v>
       </c>
       <c r="B447" t="s">
         <v>27</v>
       </c>
       <c r="D447" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E447" s="2">
-        <v>0.40277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F447" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G447" t="s">
         <v>11</v>
       </c>
       <c r="H447" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="I447" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="1">
         <v>46034.0</v>
       </c>
       <c r="B448" t="s">
         <v>27</v>
       </c>
       <c r="D448" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E448" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F448" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G448" t="s">
         <v>11</v>
       </c>
       <c r="H448" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I448" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="1">
         <v>46034.0</v>
       </c>
       <c r="B449" t="s">
         <v>27</v>
       </c>
       <c r="D449" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E449" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F449" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="G449" t="s">
         <v>11</v>
       </c>
       <c r="H449" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I449" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="1">
         <v>46034.0</v>
       </c>
       <c r="B450" t="s">
         <v>27</v>
       </c>
       <c r="D450" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E450" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F450" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G450" t="s">
         <v>11</v>
       </c>
       <c r="H450" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I450" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="1">
         <v>46034.0</v>
       </c>
       <c r="B451" t="s">
         <v>27</v>
       </c>
       <c r="D451" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E451" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F451" t="s">
         <v>29</v>
       </c>
       <c r="G451" t="s">
         <v>11</v>
       </c>
       <c r="H451" t="s">
         <v>30</v>
       </c>
       <c r="I451" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="1">
         <v>46034.0</v>
       </c>
       <c r="B452" t="s">
         <v>27</v>
       </c>
       <c r="D452" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E452" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F452" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G452" t="s">
         <v>11</v>
       </c>
       <c r="H452" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I452" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="1">
         <v>46034.0</v>
       </c>
       <c r="B453" t="s">
         <v>27</v>
       </c>
       <c r="D453" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E453" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F453" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G453" t="s">
         <v>11</v>
       </c>
       <c r="H453" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I453" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="1">
         <v>46034.0</v>
       </c>
       <c r="B454" t="s">
         <v>27</v>
       </c>
       <c r="D454" s="2">
-        <v>0.72222222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E454" s="2">
-        <v>0.75347222222222</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F454" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G454" t="s">
         <v>11</v>
       </c>
       <c r="H454" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I454" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="1">
         <v>46034.0</v>
       </c>
       <c r="B455" t="s">
         <v>27</v>
       </c>
       <c r="D455" s="2">
-        <v>0.76041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E455" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F455" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G455" t="s">
         <v>11</v>
       </c>
       <c r="H455" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I455" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="1">
         <v>46034.0</v>
       </c>
       <c r="B456" t="s">
         <v>27</v>
       </c>
       <c r="D456" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E456" s="2">
-        <v>0.82291666666667</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F456" t="s">
         <v>53</v>
       </c>
       <c r="G456" t="s">
         <v>11</v>
       </c>
       <c r="H456" t="s">
         <v>66</v>
       </c>
       <c r="I456" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B457" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D457" s="2">
-        <v>0.82638888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E457" s="2">
-        <v>0.85763888888889</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F457" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="G457" t="s">
         <v>11</v>
       </c>
       <c r="H457" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I457" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="1">
         <v>46035.0</v>
       </c>
       <c r="B458" t="s">
         <v>35</v>
       </c>
       <c r="D458" s="2">
-        <v>0.33333333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E458" s="2">
-        <v>0.36458333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F458" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G458" t="s">
         <v>11</v>
       </c>
       <c r="H458" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I458" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="1">
         <v>46035.0</v>
       </c>
       <c r="B459" t="s">
         <v>35</v>
       </c>
       <c r="D459" s="2">
-        <v>0.36805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E459" s="2">
-        <v>0.39930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F459" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G459" t="s">
         <v>11</v>
       </c>
       <c r="H459" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I459" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="1">
         <v>46035.0</v>
       </c>
       <c r="B460" t="s">
         <v>35</v>
       </c>
       <c r="D460" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E460" s="2">
-        <v>0.40277777777778</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F460" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G460" t="s">
         <v>11</v>
       </c>
       <c r="H460" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="I460" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="1">
         <v>46035.0</v>
       </c>
       <c r="B461" t="s">
         <v>35</v>
       </c>
       <c r="D461" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="E461" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="F461" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="G461" t="s">
         <v>11</v>
       </c>
       <c r="H461" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="I461" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="1">
         <v>46035.0</v>
       </c>
       <c r="B462" t="s">
         <v>35</v>
       </c>
       <c r="D462" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="E462" s="2">
-        <v>0.43402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F462" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G462" t="s">
         <v>11</v>
       </c>
       <c r="H462" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="I462" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="1">
         <v>46035.0</v>
       </c>
       <c r="B463" t="s">
         <v>35</v>
       </c>
       <c r="D463" s="2">
-        <v>0.4375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E463" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F463" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="G463" t="s">
         <v>11</v>
       </c>
       <c r="H463" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="I463" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="1">
         <v>46035.0</v>
       </c>
       <c r="B464" t="s">
         <v>35</v>
       </c>
       <c r="D464" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E464" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F464" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="G464" t="s">
         <v>11</v>
       </c>
       <c r="H464" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I464" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="1">
         <v>46035.0</v>
       </c>
       <c r="B465" t="s">
         <v>35</v>
       </c>
       <c r="D465" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E465" s="2">
-        <v>0.58333333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F465" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G465" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="1">
         <v>46035.0</v>
       </c>
       <c r="B466" t="s">
         <v>35</v>
       </c>
       <c r="D466" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E466" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F466" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="G466" t="s">
-        <v>43</v>
+        <v>11</v>
+      </c>
+      <c r="H466" t="s">
+        <v>71</v>
+      </c>
+      <c r="I466" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="1">
         <v>46035.0</v>
       </c>
       <c r="B467" t="s">
         <v>35</v>
       </c>
       <c r="D467" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E467" s="2">
-        <v>0.61805555555556</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F467" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G467" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H467" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="I467" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="1">
         <v>46035.0</v>
       </c>
       <c r="B468" t="s">
         <v>35</v>
       </c>
       <c r="D468" s="2">
-        <v>0.58680555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E468" s="2">
-        <v>0.64930555555556</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F468" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G468" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H468" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="I468" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="1">
         <v>46035.0</v>
       </c>
       <c r="B469" t="s">
         <v>35</v>
       </c>
       <c r="D469" s="2">
-        <v>0.62152777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E469" s="2">
-        <v>0.65277777777778</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F469" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G469" t="s">
         <v>11</v>
       </c>
       <c r="H469" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="I469" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="1">
         <v>46035.0</v>
       </c>
       <c r="B470" t="s">
         <v>35</v>
       </c>
       <c r="D470" s="2">
-        <v>0.65277777777778</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E470" s="2">
-        <v>0.68402777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F470" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G470" t="s">
         <v>11</v>
       </c>
       <c r="H470" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="I470" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="1">
         <v>46035.0</v>
       </c>
       <c r="B471" t="s">
         <v>35</v>
       </c>
       <c r="D471" s="2">
-        <v>0.65972222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E471" s="2">
-        <v>0.69097222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F471" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G471" t="s">
         <v>11</v>
       </c>
       <c r="H471" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="I471" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="1">
         <v>46035.0</v>
       </c>
       <c r="B472" t="s">
         <v>35</v>
       </c>
       <c r="D472" s="2">
-        <v>0.6875</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E472" s="2">
-        <v>0.71875</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F472" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G472" t="s">
         <v>11</v>
       </c>
       <c r="H472" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I472" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="1">
         <v>46035.0</v>
       </c>
       <c r="B473" t="s">
         <v>35</v>
       </c>
       <c r="D473" s="2">
-        <v>0.69097222222222</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E473" s="2">
-        <v>0.75347222222222</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F473" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G473" t="s">
         <v>11</v>
       </c>
       <c r="H473" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I473" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="1">
         <v>46035.0</v>
       </c>
       <c r="B474" t="s">
         <v>35</v>
       </c>
       <c r="D474" s="2">
-        <v>0.69444444444444</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E474" s="2">
-        <v>0.72569444444444</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F474" t="s">
         <v>53</v>
       </c>
       <c r="G474" t="s">
         <v>11</v>
       </c>
       <c r="H474" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I474" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B475" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D475" s="2">
-        <v>0.72569444444444</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E475" s="2">
-        <v>0.75694444444444</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F475" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="G475" t="s">
         <v>11</v>
       </c>
       <c r="H475" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I475" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B476" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D476" s="2">
-        <v>0.76041666666667</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E476" s="2">
-        <v>0.82291666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F476" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G476" t="s">
         <v>11</v>
       </c>
       <c r="H476" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="I476" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="1">
         <v>46036.0</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="D477" s="2">
-        <v>0.44444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E477" s="2">
-        <v>0.47569444444444</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F477" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G477" t="s">
         <v>11</v>
       </c>
       <c r="H477" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I477" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="1">
         <v>46036.0</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="D478" s="2">
-        <v>0.51388888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E478" s="2">
-        <v>0.54513888888889</v>
+        <v>0.6875</v>
       </c>
       <c r="F478" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G478" t="s">
         <v>11</v>
       </c>
       <c r="H478" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="I478" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="1">
         <v>46036.0</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="D479" s="2">
-        <v>0.55208333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E479" s="2">
-        <v>0.61805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F479" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G479" t="s">
         <v>11</v>
       </c>
       <c r="H479" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I479" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="1">
         <v>46036.0</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="D480" s="2">
-        <v>0.77083333333333</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E480" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F480" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G480" t="s">
         <v>11</v>
       </c>
       <c r="H480" t="s">
         <v>18</v>
       </c>
       <c r="I480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B481" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D481" s="2">
-        <v>0.83680555555556</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E481" s="2">
-        <v>0.86805555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F481" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G481" t="s">
         <v>11</v>
       </c>
       <c r="H481" t="s">
         <v>18</v>
       </c>
       <c r="I481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="1">
         <v>46037.0</v>
       </c>
       <c r="B482" t="s">
         <v>20</v>
       </c>
       <c r="D482" s="2">
-        <v>0.41666666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E482" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F482" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G482" t="s">
         <v>11</v>
       </c>
       <c r="H482" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I482" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="1">
         <v>46037.0</v>
       </c>
       <c r="B483" t="s">
         <v>20</v>
       </c>
       <c r="D483" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E483" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F483" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G483" t="s">
         <v>11</v>
       </c>
       <c r="H483" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="I483" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="1">
         <v>46037.0</v>
       </c>
       <c r="B484" t="s">
         <v>20</v>
       </c>
       <c r="D484" s="2">
-        <v>0.44097222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E484" s="2">
-        <v>0.47222222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F484" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G484" t="s">
         <v>11</v>
       </c>
       <c r="H484" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="I484" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="1">
         <v>46037.0</v>
       </c>
       <c r="B485" t="s">
         <v>20</v>
       </c>
       <c r="D485" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E485" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F485" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G485" t="s">
         <v>11</v>
       </c>
       <c r="H485" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I485" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="1">
         <v>46037.0</v>
       </c>
       <c r="B486" t="s">
         <v>20</v>
       </c>
       <c r="D486" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E486" s="2">
-        <v>0.51041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F486" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G486" t="s">
         <v>11</v>
       </c>
       <c r="H486" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I486" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B487" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D487" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E487" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F487" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G487" t="s">
         <v>11</v>
       </c>
       <c r="H487" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I487" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="1">
         <v>46038.0</v>
       </c>
       <c r="B488" t="s">
         <v>56</v>
       </c>
       <c r="D488" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E488" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F488" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G488" t="s">
         <v>11</v>
       </c>
       <c r="H488" t="s">
         <v>58</v>
       </c>
       <c r="I488" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B489" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D489" s="2">
-        <v>0.40625</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E489" s="2">
-        <v>0.4375</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F489" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="G489" t="s">
         <v>11</v>
       </c>
       <c r="H489" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I489" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="1">
         <v>46041.0</v>
       </c>
       <c r="B490" t="s">
         <v>27</v>
       </c>
       <c r="D490" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E490" s="2">
-        <v>0.40277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F490" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G490" t="s">
         <v>11</v>
       </c>
       <c r="H490" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="I490" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="1">
         <v>46041.0</v>
       </c>
       <c r="B491" t="s">
         <v>27</v>
       </c>
       <c r="D491" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E491" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F491" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G491" t="s">
         <v>11</v>
       </c>
       <c r="H491" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I491" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="1">
         <v>46041.0</v>
       </c>
       <c r="B492" t="s">
         <v>27</v>
       </c>
       <c r="D492" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E492" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F492" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="G492" t="s">
         <v>11</v>
       </c>
       <c r="H492" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I492" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="1">
         <v>46041.0</v>
       </c>
       <c r="B493" t="s">
         <v>27</v>
       </c>
       <c r="D493" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E493" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F493" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G493" t="s">
         <v>11</v>
       </c>
       <c r="H493" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I493" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="1">
         <v>46041.0</v>
       </c>
       <c r="B494" t="s">
         <v>27</v>
       </c>
       <c r="D494" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E494" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F494" t="s">
         <v>29</v>
       </c>
       <c r="G494" t="s">
         <v>11</v>
       </c>
       <c r="H494" t="s">
         <v>30</v>
       </c>
       <c r="I494" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="1">
         <v>46041.0</v>
       </c>
       <c r="B495" t="s">
         <v>27</v>
       </c>
       <c r="D495" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E495" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F495" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G495" t="s">
         <v>11</v>
       </c>
       <c r="H495" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I495" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="1">
         <v>46041.0</v>
       </c>
       <c r="B496" t="s">
         <v>27</v>
       </c>
       <c r="D496" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E496" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F496" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G496" t="s">
         <v>11</v>
       </c>
       <c r="H496" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I496" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="1">
         <v>46041.0</v>
       </c>
       <c r="B497" t="s">
         <v>27</v>
       </c>
       <c r="D497" s="2">
-        <v>0.72222222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E497" s="2">
-        <v>0.75347222222222</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F497" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G497" t="s">
         <v>11</v>
       </c>
       <c r="H497" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I497" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="1">
         <v>46041.0</v>
       </c>
       <c r="B498" t="s">
         <v>27</v>
       </c>
       <c r="D498" s="2">
-        <v>0.76041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E498" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F498" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G498" t="s">
         <v>11</v>
       </c>
       <c r="H498" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I498" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="1">
         <v>46041.0</v>
       </c>
       <c r="B499" t="s">
         <v>27</v>
       </c>
       <c r="D499" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E499" s="2">
-        <v>0.82291666666667</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F499" t="s">
         <v>53</v>
       </c>
       <c r="G499" t="s">
         <v>11</v>
       </c>
       <c r="H499" t="s">
         <v>66</v>
       </c>
       <c r="I499" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B500" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D500" s="2">
-        <v>0.82638888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E500" s="2">
-        <v>0.85763888888889</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F500" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="G500" t="s">
         <v>11</v>
       </c>
       <c r="H500" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I500" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="1">
         <v>46042.0</v>
       </c>
       <c r="B501" t="s">
         <v>35</v>
       </c>
       <c r="D501" s="2">
-        <v>0.33333333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E501" s="2">
-        <v>0.36458333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F501" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G501" t="s">
         <v>11</v>
       </c>
       <c r="H501" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I501" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="1">
         <v>46042.0</v>
       </c>
       <c r="B502" t="s">
         <v>35</v>
       </c>
       <c r="D502" s="2">
-        <v>0.36805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E502" s="2">
-        <v>0.39930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F502" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G502" t="s">
         <v>11</v>
       </c>
       <c r="H502" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I502" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="1">
         <v>46042.0</v>
       </c>
       <c r="B503" t="s">
         <v>35</v>
       </c>
       <c r="D503" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E503" s="2">
-        <v>0.40277777777778</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F503" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G503" t="s">
         <v>11</v>
       </c>
       <c r="H503" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="I503" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="1">
         <v>46042.0</v>
       </c>
       <c r="B504" t="s">
         <v>35</v>
       </c>
       <c r="D504" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="E504" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="F504" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="G504" t="s">
         <v>11</v>
       </c>
       <c r="H504" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="I504" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="1">
         <v>46042.0</v>
       </c>
       <c r="B505" t="s">
         <v>35</v>
       </c>
       <c r="D505" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="E505" s="2">
-        <v>0.43402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F505" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G505" t="s">
         <v>11</v>
       </c>
       <c r="H505" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="I505" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="1">
         <v>46042.0</v>
       </c>
       <c r="B506" t="s">
         <v>35</v>
       </c>
       <c r="D506" s="2">
-        <v>0.4375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E506" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F506" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="G506" t="s">
         <v>11</v>
       </c>
       <c r="H506" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="I506" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="1">
         <v>46042.0</v>
       </c>
       <c r="B507" t="s">
         <v>35</v>
       </c>
       <c r="D507" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E507" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F507" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="G507" t="s">
         <v>11</v>
       </c>
       <c r="H507" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I507" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="1">
         <v>46042.0</v>
       </c>
       <c r="B508" t="s">
         <v>35</v>
       </c>
       <c r="D508" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E508" s="2">
-        <v>0.58333333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F508" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G508" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="1">
         <v>46042.0</v>
       </c>
       <c r="B509" t="s">
         <v>35</v>
       </c>
       <c r="D509" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E509" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F509" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="G509" t="s">
-        <v>43</v>
+        <v>11</v>
+      </c>
+      <c r="H509" t="s">
+        <v>71</v>
+      </c>
+      <c r="I509" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" s="1">
         <v>46042.0</v>
       </c>
       <c r="B510" t="s">
         <v>35</v>
       </c>
       <c r="D510" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E510" s="2">
-        <v>0.61805555555556</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F510" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G510" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H510" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="I510" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" s="1">
         <v>46042.0</v>
       </c>
       <c r="B511" t="s">
         <v>35</v>
       </c>
       <c r="D511" s="2">
-        <v>0.58680555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E511" s="2">
-        <v>0.64930555555556</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F511" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G511" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H511" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="I511" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" s="1">
         <v>46042.0</v>
       </c>
       <c r="B512" t="s">
         <v>35</v>
       </c>
       <c r="D512" s="2">
-        <v>0.62152777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E512" s="2">
-        <v>0.65277777777778</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F512" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G512" t="s">
         <v>11</v>
       </c>
       <c r="H512" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="I512" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" s="1">
         <v>46042.0</v>
       </c>
       <c r="B513" t="s">
         <v>35</v>
       </c>
       <c r="D513" s="2">
-        <v>0.65277777777778</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E513" s="2">
-        <v>0.68402777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F513" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G513" t="s">
         <v>11</v>
       </c>
       <c r="H513" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="I513" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" s="1">
         <v>46042.0</v>
       </c>
       <c r="B514" t="s">
         <v>35</v>
       </c>
       <c r="D514" s="2">
-        <v>0.65972222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E514" s="2">
-        <v>0.69097222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F514" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G514" t="s">
         <v>11</v>
       </c>
       <c r="H514" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="I514" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" s="1">
         <v>46042.0</v>
       </c>
       <c r="B515" t="s">
         <v>35</v>
       </c>
       <c r="D515" s="2">
-        <v>0.6875</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E515" s="2">
-        <v>0.71875</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F515" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G515" t="s">
         <v>11</v>
       </c>
       <c r="H515" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I515" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" s="1">
         <v>46042.0</v>
       </c>
       <c r="B516" t="s">
         <v>35</v>
       </c>
       <c r="D516" s="2">
-        <v>0.69097222222222</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E516" s="2">
-        <v>0.75347222222222</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F516" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G516" t="s">
         <v>11</v>
       </c>
       <c r="H516" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I516" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" s="1">
         <v>46042.0</v>
       </c>
       <c r="B517" t="s">
         <v>35</v>
       </c>
       <c r="D517" s="2">
-        <v>0.69444444444444</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E517" s="2">
-        <v>0.72569444444444</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F517" t="s">
         <v>53</v>
       </c>
       <c r="G517" t="s">
         <v>11</v>
       </c>
       <c r="H517" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I517" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B518" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D518" s="2">
-        <v>0.72569444444444</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E518" s="2">
-        <v>0.75694444444444</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F518" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="G518" t="s">
         <v>11</v>
       </c>
       <c r="H518" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I518" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B519" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D519" s="2">
-        <v>0.76041666666667</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E519" s="2">
-        <v>0.82291666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F519" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G519" t="s">
         <v>11</v>
       </c>
       <c r="H519" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="I519" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" s="1">
         <v>46043.0</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="D520" s="2">
-        <v>0.44444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E520" s="2">
-        <v>0.47569444444444</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F520" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G520" t="s">
         <v>11</v>
       </c>
       <c r="H520" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I520" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" s="1">
         <v>46043.0</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="D521" s="2">
-        <v>0.51388888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E521" s="2">
-        <v>0.54513888888889</v>
+        <v>0.6875</v>
       </c>
       <c r="F521" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G521" t="s">
         <v>11</v>
       </c>
       <c r="H521" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="I521" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" s="1">
         <v>46043.0</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="D522" s="2">
-        <v>0.55208333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E522" s="2">
-        <v>0.61805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F522" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G522" t="s">
         <v>11</v>
       </c>
       <c r="H522" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I522" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" s="1">
         <v>46043.0</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="D523" s="2">
-        <v>0.77083333333333</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E523" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F523" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G523" t="s">
         <v>11</v>
       </c>
       <c r="H523" t="s">
         <v>18</v>
       </c>
       <c r="I523" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B524" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D524" s="2">
-        <v>0.83680555555556</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E524" s="2">
-        <v>0.86805555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F524" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G524" t="s">
         <v>11</v>
       </c>
       <c r="H524" t="s">
         <v>18</v>
       </c>
       <c r="I524" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" s="1">
         <v>46044.0</v>
       </c>
       <c r="B525" t="s">
         <v>20</v>
       </c>
       <c r="D525" s="2">
-        <v>0.41666666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E525" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F525" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G525" t="s">
         <v>11</v>
       </c>
       <c r="H525" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I525" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" s="1">
         <v>46044.0</v>
       </c>
       <c r="B526" t="s">
         <v>20</v>
       </c>
       <c r="D526" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E526" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F526" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G526" t="s">
         <v>11</v>
       </c>
       <c r="H526" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="I526" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" s="1">
         <v>46044.0</v>
       </c>
       <c r="B527" t="s">
         <v>20</v>
       </c>
       <c r="D527" s="2">
-        <v>0.44097222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E527" s="2">
-        <v>0.47222222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F527" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G527" t="s">
         <v>11</v>
       </c>
       <c r="H527" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="I527" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" s="1">
         <v>46044.0</v>
       </c>
       <c r="B528" t="s">
         <v>20</v>
       </c>
       <c r="D528" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E528" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F528" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G528" t="s">
         <v>11</v>
       </c>
       <c r="H528" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I528" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" s="1">
         <v>46044.0</v>
       </c>
       <c r="B529" t="s">
         <v>20</v>
       </c>
       <c r="D529" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E529" s="2">
-        <v>0.51041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F529" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G529" t="s">
         <v>11</v>
       </c>
       <c r="H529" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I529" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B530" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D530" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E530" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F530" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G530" t="s">
         <v>11</v>
       </c>
       <c r="H530" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I530" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" s="1">
         <v>46045.0</v>
       </c>
       <c r="B531" t="s">
         <v>56</v>
       </c>
       <c r="D531" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E531" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F531" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G531" t="s">
         <v>11</v>
       </c>
       <c r="H531" t="s">
         <v>58</v>
       </c>
       <c r="I531" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B532" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D532" s="2">
-        <v>0.40625</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E532" s="2">
-        <v>0.4375</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F532" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="G532" t="s">
         <v>11</v>
       </c>
       <c r="H532" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I532" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" s="1">
         <v>46048.0</v>
       </c>
       <c r="B533" t="s">
         <v>27</v>
       </c>
       <c r="D533" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E533" s="2">
-        <v>0.40277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F533" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G533" t="s">
         <v>11</v>
       </c>
       <c r="H533" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="I533" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" s="1">
         <v>46048.0</v>
       </c>
       <c r="B534" t="s">
         <v>27</v>
       </c>
       <c r="D534" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E534" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F534" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G534" t="s">
         <v>11</v>
       </c>
       <c r="H534" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I534" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" s="1">
         <v>46048.0</v>
       </c>
       <c r="B535" t="s">
         <v>27</v>
       </c>
       <c r="D535" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E535" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F535" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="G535" t="s">
         <v>11</v>
       </c>
       <c r="H535" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I535" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" s="1">
         <v>46048.0</v>
       </c>
       <c r="B536" t="s">
         <v>27</v>
       </c>
       <c r="D536" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E536" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F536" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G536" t="s">
         <v>11</v>
       </c>
       <c r="H536" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I536" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" s="1">
         <v>46048.0</v>
       </c>
       <c r="B537" t="s">
         <v>27</v>
       </c>
       <c r="D537" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E537" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F537" t="s">
         <v>29</v>
       </c>
       <c r="G537" t="s">
         <v>11</v>
       </c>
       <c r="H537" t="s">
         <v>30</v>
       </c>
       <c r="I537" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" s="1">
         <v>46048.0</v>
       </c>
       <c r="B538" t="s">
         <v>27</v>
       </c>
       <c r="D538" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E538" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F538" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G538" t="s">
         <v>11</v>
       </c>
       <c r="H538" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I538" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" s="1">
         <v>46048.0</v>
       </c>
       <c r="B539" t="s">
         <v>27</v>
       </c>
       <c r="D539" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E539" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F539" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G539" t="s">
         <v>11</v>
       </c>
       <c r="H539" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I539" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" s="1">
         <v>46048.0</v>
       </c>
       <c r="B540" t="s">
         <v>27</v>
       </c>
       <c r="D540" s="2">
-        <v>0.72222222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E540" s="2">
-        <v>0.75347222222222</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F540" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G540" t="s">
         <v>11</v>
       </c>
       <c r="H540" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I540" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" s="1">
         <v>46048.0</v>
       </c>
       <c r="B541" t="s">
         <v>27</v>
       </c>
       <c r="D541" s="2">
-        <v>0.76041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E541" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F541" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G541" t="s">
         <v>11</v>
       </c>
       <c r="H541" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I541" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="A542" s="1">
         <v>46048.0</v>
       </c>
       <c r="B542" t="s">
         <v>27</v>
       </c>
       <c r="D542" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E542" s="2">
-        <v>0.82291666666667</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F542" t="s">
         <v>53</v>
       </c>
       <c r="G542" t="s">
         <v>11</v>
       </c>
       <c r="H542" t="s">
         <v>66</v>
       </c>
       <c r="I542" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="A543" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B543" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D543" s="2">
-        <v>0.82638888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E543" s="2">
-        <v>0.85763888888889</v>
+        <v>0.36458333333333</v>
       </c>
       <c r="F543" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="G543" t="s">
         <v>11</v>
       </c>
       <c r="H543" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I543" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="A544" s="1">
         <v>46049.0</v>
       </c>
       <c r="B544" t="s">
         <v>35</v>
       </c>
       <c r="D544" s="2">
-        <v>0.33333333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E544" s="2">
-        <v>0.36458333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F544" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G544" t="s">
         <v>11</v>
       </c>
       <c r="H544" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I544" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="A545" s="1">
         <v>46049.0</v>
       </c>
       <c r="B545" t="s">
         <v>35</v>
       </c>
       <c r="D545" s="2">
-        <v>0.36805555555556</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E545" s="2">
-        <v>0.39930555555556</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F545" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="G545" t="s">
         <v>11</v>
       </c>
       <c r="H545" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I545" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="A546" s="1">
         <v>46049.0</v>
       </c>
       <c r="B546" t="s">
         <v>35</v>
       </c>
       <c r="D546" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E546" s="2">
-        <v>0.40277777777778</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F546" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="G546" t="s">
         <v>11</v>
       </c>
       <c r="H546" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="I546" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="A547" s="1">
         <v>46049.0</v>
       </c>
       <c r="B547" t="s">
         <v>35</v>
       </c>
       <c r="D547" s="2">
         <v>0.40277777777778</v>
       </c>
       <c r="E547" s="2">
         <v>0.43402777777778</v>
       </c>
       <c r="F547" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="G547" t="s">
         <v>11</v>
       </c>
       <c r="H547" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="I547" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="A548" s="1">
         <v>46049.0</v>
       </c>
       <c r="B548" t="s">
         <v>35</v>
       </c>
       <c r="D548" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="E548" s="2">
-        <v>0.43402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F548" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G548" t="s">
         <v>11</v>
       </c>
       <c r="H548" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="I548" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="A549" s="1">
         <v>46049.0</v>
       </c>
       <c r="B549" t="s">
         <v>35</v>
       </c>
       <c r="D549" s="2">
-        <v>0.4375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E549" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F549" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="G549" t="s">
         <v>11</v>
       </c>
       <c r="H549" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="I549" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="A550" s="1">
         <v>46049.0</v>
       </c>
       <c r="B550" t="s">
         <v>35</v>
       </c>
       <c r="D550" s="2">
-        <v>0.44097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E550" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F550" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="G550" t="s">
         <v>11</v>
       </c>
       <c r="H550" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="I550" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="A551" s="1">
         <v>46049.0</v>
       </c>
       <c r="B551" t="s">
         <v>35</v>
       </c>
       <c r="D551" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E551" s="2">
-        <v>0.58333333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F551" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G551" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="A552" s="1">
         <v>46049.0</v>
       </c>
       <c r="B552" t="s">
         <v>35</v>
       </c>
       <c r="D552" s="2">
-        <v>0.55208333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E552" s="2">
-        <v>0.67708333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F552" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="G552" t="s">
-        <v>43</v>
+        <v>11</v>
+      </c>
+      <c r="H552" t="s">
+        <v>71</v>
+      </c>
+      <c r="I552" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="A553" s="1">
         <v>46049.0</v>
       </c>
       <c r="B553" t="s">
         <v>35</v>
       </c>
       <c r="D553" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E553" s="2">
-        <v>0.61805555555556</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F553" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G553" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H553" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="I553" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="A554" s="1">
         <v>46049.0</v>
       </c>
       <c r="B554" t="s">
         <v>35</v>
       </c>
       <c r="D554" s="2">
-        <v>0.58680555555556</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E554" s="2">
-        <v>0.64930555555556</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F554" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G554" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H554" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="I554" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="A555" s="1">
         <v>46049.0</v>
       </c>
       <c r="B555" t="s">
         <v>35</v>
       </c>
       <c r="D555" s="2">
-        <v>0.62152777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E555" s="2">
-        <v>0.65277777777778</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F555" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="G555" t="s">
         <v>11</v>
       </c>
       <c r="H555" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="I555" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="A556" s="1">
         <v>46049.0</v>
       </c>
       <c r="B556" t="s">
         <v>35</v>
       </c>
       <c r="D556" s="2">
-        <v>0.65277777777778</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E556" s="2">
-        <v>0.68402777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F556" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G556" t="s">
         <v>11</v>
       </c>
       <c r="H556" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="I556" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="A557" s="1">
         <v>46049.0</v>
       </c>
       <c r="B557" t="s">
         <v>35</v>
       </c>
       <c r="D557" s="2">
-        <v>0.65972222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="E557" s="2">
-        <v>0.69097222222222</v>
+        <v>0.71875</v>
       </c>
       <c r="F557" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G557" t="s">
         <v>11</v>
       </c>
       <c r="H557" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="I557" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="A558" s="1">
         <v>46049.0</v>
       </c>
       <c r="B558" t="s">
         <v>35</v>
       </c>
       <c r="D558" s="2">
-        <v>0.6875</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E558" s="2">
-        <v>0.71875</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F558" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G558" t="s">
         <v>11</v>
       </c>
       <c r="H558" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I558" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="A559" s="1">
         <v>46049.0</v>
       </c>
       <c r="B559" t="s">
         <v>35</v>
       </c>
       <c r="D559" s="2">
-        <v>0.69097222222222</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E559" s="2">
-        <v>0.75347222222222</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="F559" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G559" t="s">
         <v>11</v>
       </c>
       <c r="H559" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="I559" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="A560" s="1">
         <v>46049.0</v>
       </c>
       <c r="B560" t="s">
         <v>35</v>
       </c>
       <c r="D560" s="2">
-        <v>0.69444444444444</v>
+        <v>0.72569444444444</v>
       </c>
       <c r="E560" s="2">
-        <v>0.72569444444444</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F560" t="s">
         <v>53</v>
       </c>
       <c r="G560" t="s">
         <v>11</v>
       </c>
       <c r="H560" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="I560" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="A561" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B561" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D561" s="2">
-        <v>0.72569444444444</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E561" s="2">
-        <v>0.75694444444444</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F561" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="G561" t="s">
         <v>11</v>
       </c>
       <c r="H561" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I561" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="A562" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B562" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D562" s="2">
-        <v>0.76041666666667</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E562" s="2">
-        <v>0.82291666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F562" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G562" t="s">
         <v>11</v>
       </c>
       <c r="H562" t="s">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="I562" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="A563" s="1">
         <v>46050.0</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="D563" s="2">
-        <v>0.44444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E563" s="2">
-        <v>0.47569444444444</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F563" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G563" t="s">
         <v>11</v>
       </c>
       <c r="H563" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I563" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="A564" s="1">
         <v>46050.0</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="D564" s="2">
-        <v>0.51388888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E564" s="2">
-        <v>0.54513888888889</v>
+        <v>0.6875</v>
       </c>
       <c r="F564" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G564" t="s">
         <v>11</v>
       </c>
       <c r="H564" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="I564" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="A565" s="1">
         <v>46050.0</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="D565" s="2">
-        <v>0.55208333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E565" s="2">
-        <v>0.61805555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F565" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G565" t="s">
         <v>11</v>
       </c>
       <c r="H565" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I565" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="A566" s="1">
         <v>46050.0</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="D566" s="2">
-        <v>0.77083333333333</v>
+        <v>0.83680555555556</v>
       </c>
       <c r="E566" s="2">
-        <v>0.83333333333333</v>
+        <v>0.86805555555556</v>
       </c>
       <c r="F566" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G566" t="s">
         <v>11</v>
       </c>
       <c r="H566" t="s">
         <v>18</v>
       </c>
       <c r="I566" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="A567" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B567" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D567" s="2">
-        <v>0.83680555555556</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E567" s="2">
-        <v>0.86805555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F567" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G567" t="s">
         <v>11</v>
       </c>
       <c r="H567" t="s">
         <v>18</v>
       </c>
       <c r="I567" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="A568" s="1">
         <v>46051.0</v>
       </c>
       <c r="B568" t="s">
         <v>20</v>
       </c>
       <c r="D568" s="2">
-        <v>0.41666666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E568" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F568" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G568" t="s">
         <v>11</v>
       </c>
       <c r="H568" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I568" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="A569" s="1">
         <v>46051.0</v>
       </c>
       <c r="B569" t="s">
         <v>20</v>
       </c>
       <c r="D569" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E569" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F569" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G569" t="s">
         <v>11</v>
       </c>
       <c r="H569" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="I569" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="A570" s="1">
         <v>46051.0</v>
       </c>
       <c r="B570" t="s">
         <v>20</v>
       </c>
       <c r="D570" s="2">
-        <v>0.44097222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E570" s="2">
-        <v>0.47222222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F570" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="G570" t="s">
         <v>11</v>
       </c>
       <c r="H570" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="I570" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="A571" s="1">
         <v>46051.0</v>
       </c>
       <c r="B571" t="s">
         <v>20</v>
       </c>
       <c r="D571" s="2">
-        <v>0.44791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E571" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F571" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G571" t="s">
         <v>11</v>
       </c>
       <c r="H571" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I571" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="A572" s="1">
         <v>46051.0</v>
       </c>
       <c r="B572" t="s">
         <v>20</v>
       </c>
       <c r="D572" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E572" s="2">
-        <v>0.51041666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F572" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G572" t="s">
         <v>11</v>
       </c>
       <c r="H572" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I572" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="A573" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B573" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D573" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E573" s="2">
-        <v>0.58333333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F573" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G573" t="s">
         <v>11</v>
       </c>
       <c r="H573" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I573" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="A574" s="1">
         <v>46052.0</v>
       </c>
       <c r="B574" t="s">
         <v>56</v>
       </c>
       <c r="D574" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E574" s="2">
-        <v>0.40277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F574" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G574" t="s">
         <v>11</v>
       </c>
       <c r="H574" t="s">
         <v>58</v>
       </c>
       <c r="I574" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="A575" s="1">
-        <v>46052.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B575" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="D575" s="2">
-        <v>0.40625</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E575" s="2">
-        <v>0.4375</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="F575" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="G575" t="s">
         <v>11</v>
       </c>
       <c r="H575" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I575" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="A576" s="1">
         <v>46055.0</v>
       </c>
       <c r="B576" t="s">
         <v>27</v>
       </c>
       <c r="D576" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E576" s="2">
-        <v>0.40277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F576" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G576" t="s">
         <v>11</v>
       </c>
       <c r="H576" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="I576" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="A577" s="1">
         <v>46055.0</v>
       </c>
       <c r="B577" t="s">
         <v>27</v>
       </c>
       <c r="D577" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E577" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F577" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="G577" t="s">
         <v>11</v>
       </c>
       <c r="H577" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="I577" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="A578" s="1">
         <v>46055.0</v>
       </c>
       <c r="B578" t="s">
         <v>27</v>
       </c>
       <c r="D578" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E578" s="2">
-        <v>0.51041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F578" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="G578" t="s">
         <v>11</v>
       </c>
       <c r="H578" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I578" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="A579" s="1">
         <v>46055.0</v>
       </c>
       <c r="B579" t="s">
         <v>27</v>
       </c>
       <c r="D579" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E579" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F579" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="G579" t="s">
         <v>11</v>
       </c>
       <c r="H579" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I579" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="A580" s="1">
         <v>46055.0</v>
       </c>
       <c r="B580" t="s">
         <v>27</v>
       </c>
       <c r="D580" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="E580" s="2">
-        <v>0.61458333333333</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F580" t="s">
         <v>29</v>
       </c>
       <c r="G580" t="s">
         <v>11</v>
       </c>
       <c r="H580" t="s">
         <v>30</v>
       </c>
       <c r="I580" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="A581" s="1">
         <v>46055.0</v>
       </c>
       <c r="B581" t="s">
         <v>27</v>
       </c>
       <c r="D581" s="2">
-        <v>0.61805555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E581" s="2">
-        <v>0.64930555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F581" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G581" t="s">
         <v>11</v>
       </c>
       <c r="H581" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I581" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="A582" s="1">
         <v>46055.0</v>
       </c>
       <c r="B582" t="s">
         <v>27</v>
       </c>
       <c r="D582" s="2">
-        <v>0.69097222222222</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E582" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F582" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G582" t="s">
         <v>11</v>
       </c>
       <c r="H582" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I582" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="A583" s="1">
         <v>46055.0</v>
       </c>
       <c r="B583" t="s">
         <v>27</v>
       </c>
       <c r="D583" s="2">
-        <v>0.72222222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E583" s="2">
-        <v>0.75347222222222</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F583" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G583" t="s">
         <v>11</v>
       </c>
       <c r="H583" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I583" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="A584" s="1">
         <v>46055.0</v>
       </c>
       <c r="B584" t="s">
         <v>27</v>
       </c>
       <c r="D584" s="2">
-        <v>0.76041666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E584" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F584" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G584" t="s">
         <v>11</v>
       </c>
       <c r="H584" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="I584" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="A585" s="1">
         <v>46055.0</v>
       </c>
       <c r="B585" t="s">
         <v>27</v>
       </c>
       <c r="D585" s="2">
-        <v>0.79166666666667</v>
+        <v>0.82638888888889</v>
       </c>
       <c r="E585" s="2">
-        <v>0.82291666666667</v>
+        <v>0.85763888888889</v>
       </c>
       <c r="F585" t="s">
         <v>53</v>
       </c>
       <c r="G585" t="s">
         <v>11</v>
       </c>
       <c r="H585" t="s">
         <v>66</v>
       </c>
       <c r="I585" t="s">
-        <v>63</v>
-[...24 lines deleted...]
-      <c r="I586" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>