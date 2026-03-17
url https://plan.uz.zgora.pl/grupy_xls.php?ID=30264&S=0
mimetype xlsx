--- v2 (2026-01-05)
+++ v3 (2026-03-17)
@@ -104,51 +104,51 @@
   <si>
     <t>inż. Zbigniew Adamczak</t>
   </si>
   <si>
     <t>05 A-15; 05a A-15</t>
   </si>
   <si>
     <t>Harmonia jazzowa/Harmonia jazzowa II MJ (Ć)</t>
   </si>
   <si>
     <t>dr Bartosz Pernal</t>
   </si>
   <si>
     <t>104 A-15</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>dr hab. Bartłomiej Stankowiak, prof. UZ; mgr Kornela Szczepańska</t>
   </si>
   <si>
     <t>Propedeutyka kompozycji i aranżacji/Dyrygowanie (Ć)</t>
   </si>
   <si>
-    <t>mgr Andrei Yakushau</t>
+    <t>dr Andrei Yakushau</t>
   </si>
   <si>
     <t>4 A-15</t>
   </si>
   <si>
     <t>Warsztaty/Zespół kameralny/Zespół wokalny (Ć)</t>
   </si>
   <si>
     <t>dr Paulina Gołębiowska</t>
   </si>
   <si>
     <t>Techniki kompozytorskie (Ć)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Techniki aktorskie (Ć)</t>
   </si>
   <si>
     <t>dr hab. Maciej Straburzyński, prof. UZ</t>
   </si>
   <si>
     <t>111 A-15</t>
   </si>